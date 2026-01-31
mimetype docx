--- v0 (2025-12-15)
+++ v1 (2026-01-31)
@@ -1,5951 +1,5062 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="75BCF485" w14:textId="77777777" w:rsidR="00054F71" w:rsidRDefault="00054F71" w:rsidP="007A2B3F">
-[...26 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="4E478B22" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B181FA" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19D41982" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E340DA" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413BE6FA" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="00961F7B" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="32"/>
-[...223 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A23BC4F" wp14:editId="27FC157E">
-[...2 lines deleted...]
-            <wp:docPr id="7" name="Picture 7" descr="The current seal of South Carolina is made up of two elliptical areas, linked by branches of the palmetto tree. The left oval is the palmetto tree with a fallen oak at the base. The right oval is the goddess SPES (Hope) walking on the beach at dawn over discarded weapons. The State’s two mottos surround the two ovals. On the left is ANIMIS OPIBUSQUE PARATI, meaning, “Prepared in Mind and Resources”. On the right, DUM SPIRO SPERO, meaning, “While I Breathe, I Hope”." title="South Carolina Department of Education Seal"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="38AC5892" wp14:editId="46CEADA2">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>1883410</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>914400</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3145790" cy="3145790"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="7" name="Picture 11">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Picture 11">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3107690" cy="3057525"/>
+                      <a:ext cx="3145790" cy="3145790"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E916372" w14:textId="77777777" w:rsidR="00B91B8E" w:rsidRDefault="00B91B8E" w:rsidP="001D1D06">
-[...60 lines deleted...]
-    <w:p w14:paraId="0DBB98EB" w14:textId="77777777" w:rsidR="00B91B8E" w:rsidRDefault="00B91B8E" w:rsidP="00B91B8E">
+    <w:p w14:paraId="3218E15C" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F8A4668" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76BC08A0" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26A3E447" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78793EE6" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E6EE5DA" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F74D667" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20521113" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0765CFB6" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67DE295E" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50E5FA73" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="00961F7B" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="01E7FC78" wp14:editId="3BCD2830">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1289050" cy="10058400"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1634484404" name="Group 9">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1289050" cy="10058400"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="12893" cy="100584"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="1294550810" name="Rectangle 1858525003">
+                          <a:extLst>
+                            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:cNvPr>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="12893" cy="100584"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="2F3D4C"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="25400">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1240193639" name="Picture 1659190129">
+                            <a:extLst>
+                              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect l="12122" t="46262" b="42627"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm rot="-5400000">
+                            <a:off x="-14467" y="73287"/>
+                            <a:ext cx="42152" cy="5303"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="482EA4A2" id="Group 9" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:0;width:101.5pt;height:11in;z-index:251660288;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin" coordsize="12893,100584" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAj4pbjWAMAAPIHAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD8&#10;3voSO02MJkXRrkWBXYpdPkCRZVuoLWmSErf7+pGSc2s3bOsCxCAtieY5PKTOLx77jmy4sULJRZSe&#10;JhHhkqlKyGYRfft6czKLiHVUVrRTki+iJ26ji+XbN+eDLnmmWtVV3BAIIm056EXUOqfLOLas5T21&#10;p0pzCYu1Mj114JomrgwdIHrfxVmSTONBmUobxbi18PY6LEZLH7+uOXOf6tpyR7pFBLk5/zT+ucJn&#10;vDynZWOobgUb06CvyKKnQsJHd6GuqaNkbcSLUL1gRllVu1Om+ljVtWDcYwA0afIMza1Ra+2xNOXQ&#10;6B1NQO0znl4dln3c3Br9Rd+bkD2Y7xV7sMBLPOimPFxHvwmbyWr4oCqoJ1075YE/1qbHEACJPHp+&#10;n3b88kdHGLxMs9k8KaAMDNbSJClmeTKWgLVQpxcHWfvu4Ojk8CBWLqZl+KxPdUwNSw9asnu67P/R&#10;9aWlmvsqWKTj3hBRIZZ5XhTJLAU4kvZAxWcQG5VNx0k6K2ZFViTJBLPEdODclmMbCCZSXbWwnV8a&#10;o4aW0wrSTD2qowPoWCjP6xn/PW201Ma6W656gsYiMgDBV5Nu3lsXGN5uweJa1YnqRnSdd0yzuuoM&#10;2VDorexmcp1fjUU52tZJ3CwVHgsR8Q1ULOAK/KxU9QQYjQoNCgMFjFaZHxEZoDkXkf2+poZHpLuT&#10;wNM8zXPsZu/kxVkGjjlcWR2uUMkg1CJizkQkOFcuzIC1NqJp4Vuphy3VJei5Fh46ZhjyGtMFTS3P&#10;tWAl/MdeBOuFuP48s+CUWyOaMPf6v4rRU/Ow1icwNjR1YiU64Z78CITMMSm5uRcM2xidQ53mSTqf&#10;TCfzrU5hG36dpNNins4TEDKWbXsqxABlCOYHwV6nVoM6kKn9qxfSPY4So3uU16oTeqsftEcGoBjP&#10;BtovSAzD8lqxdc+lC9Pf8A7IUNK2QlvQQMn7Fa9AyHeV7yWQrGHYmDj/0yzNMn8H5NNsChbcADkY&#10;Z4gfdjrDHWvRrEGreCrodbfg8ewhILrft2YQ80kBIw5+Xl7jbDwB9U7PIgJD8GySzcbPb4dknqUF&#10;5IYjspiECbKbc//csPu22yYLWkYT/l7V/mIB6+jmOvT9rv1VvfwJAAD//wMAUEsDBAoAAAAAAAAA&#10;IQCWhgzNNogEADaIBAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAAK&#10;jAAACowIBgAAAOgfRvQAAAAJcEhZcwAAimkAAIppAbFlszIAAASVaVRYdFhNTDpjb20uYWRvYmUu&#10;eG1wAAAAAAA8P3hwYWNrZXQgYmVnaW49J++7vycgaWQ9J1c1TTBNcENlaGlIenJlU3pOVGN6a2M5&#10;ZCc/Pgo8eDp4bXBtZXRhIHhtbG5zOng9J2Fkb2JlOm5zOm1ldGEvJz4KPHJkZjpSREYgeG1sbnM6&#10;cmRmPSdodHRwOi8vd3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgtbnMjJz4KCiA8cmRm&#10;OkRlc2NyaXB0aW9uIHJkZjphYm91dD0nJwogIHhtbG5zOkF0dHJpYj0naHR0cDovL25zLmF0dHJp&#10;YnV0aW9uLmNvbS9hZHMvMS4wLyc+CiAgPEF0dHJpYjpBZHM+CiAgIDxyZGY6U2VxPgogICAgPHJk&#10;ZjpsaSByZGY6cGFyc2VUeXBlPSdSZXNvdXJjZSc+CiAgICAgPEF0dHJpYjpDcmVhdGVkPjIwMjQt&#10;MTItMTg8L0F0dHJpYjpDcmVhdGVkPgogICAgIDxBdHRyaWI6RXh0SWQ+NTg2ZjZlN2YtZjQ4YS00&#10;ODRhLWIzNGUtNzY3MThlY2M5MzlhPC9BdHRyaWI6RXh0SWQ+CiAgICAgPEF0dHJpYjpGYklkPjUy&#10;NTI2NTkxNDE3OTU4MDwvQXR0cmliOkZiSWQ+CiAgICAgPEF0dHJpYjpUb3VjaFR5cGU+MjwvQXR0&#10;cmliOlRvdWNoVHlwZT4KICAgIDwvcmRmOmxpPgogICA8L3JkZjpTZXE+CiAgPC9BdHRyaWI6QWRz&#10;PgogPC9yZGY6RGVzY3JpcHRpb24+CgogPHJkZjpEZXNjcmlwdGlvbiByZGY6YWJvdXQ9JycKICB4&#10;bWxuczpkYz0naHR0cDovL3B1cmwub3JnL2RjL2VsZW1lbnRzLzEuMS8nPgogIDxkYzp0aXRsZT4K&#10;ICAgPHJkZjpBbHQ+CiAgICA8cmRmOmxpIHhtbDpsYW5nPSd4LWRlZmF1bHQnPkljb25zIC0gNTwv&#10;cmRmOmxpPgogICA8L3JkZjpBbHQ+CiAgPC9kYzp0aXRsZT4KIDwvcmRmOkRlc2NyaXB0aW9uPgoK&#10;IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0PScnCiAgeG1sbnM6cGRmPSdodHRwOi8vbnMuYWRv&#10;YmUuY29tL3BkZi8xLjMvJz4KICA8cGRmOkF1dGhvcj5OaWNvbGUgQXJuZHQ8L3BkZjpBdXRob3I+&#10;CiA8L3JkZjpEZXNjcmlwdGlvbj4KCiA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0nJwogIHht&#10;bG5zOnhtcD0naHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLyc+CiAgPHhtcDpDcmVhdG9yVG9v&#10;bD5DYW52YSAoUmVuZGVyZXIpIGRvYz1EQUdKNUhDdndzVSB1c2VyPVVBR0owMF9XMVhRPC94bXA6&#10;Q3JlYXRvclRvb2w+CiA8L3JkZjpEZXNjcmlwdGlvbj4KPC9yZGY6UkRGPgo8L3g6eG1wbWV0YT4K&#10;PD94cGFja2V0IGVuZD0ncic/PiveAWIABINHSURBVHic7NoBCQAwDMCwzb/pqTiHkiiogO4AAAAA&#10;AAAAAAAAkLa/AwAAAAAAAAAAAAB4yzAKAAAAAAAAAAAAEGcYBQAAAAAAAAAAAIgzjAIAAAAAAAAA&#10;AADEGUYBAAAAAAAAAAAA4gyjAAAAAAAAAAAAAHGGUQAAAAAAAAAAAIA4wygAAAAAAAAAAABAnGEU&#10;AAAAAAAAAAAAIM4wCgAAAAAAAAAAABBnGAUAAAAAAAAAAACIM4wCAAAAAAAAAAAAxBlGAQAAAAAA&#10;AAAAAOIMowAAAAAAAAAAAABxhlEAAAAAAAAAAACAOMMoAAAAAAAAAAAAQJxhFAAAAAAAAAAAACDO&#10;MAoAAAAAAAAAAAAQZxgFAAAAAAAAAAAAiDOMAgAAAAAAAAAAAMQZRgEAAAAAAAAAAADiDKMAAAAA&#10;AAAAAAAAcYZRAAAAAAAAAAAAgLgDAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCc&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAA&#10;wCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAXAAAA///s2oEMAAAAwCB/&#10;63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCc&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAA&#10;AAAAAAAwFwAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEM&#10;AAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMBcAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJ&#10;owAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAA&#10;AAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABz&#10;wigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA&#10;///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAXAAAA///s&#10;2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJ&#10;owAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAA&#10;AAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMCcMAoAAAAAAAAAAAAwFwAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBc&#10;AAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/r&#10;e3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJ&#10;owAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMBcAAAD//+zagQwAAADAIH/re3zF&#10;kTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAXAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADA&#10;IH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;nDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwFwAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+za&#10;gQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAA&#10;AAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;nDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMBcAAAD//+zagQwA&#10;AADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAXAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD/&#10;/+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWR&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwFwAAAP//7NqBDAAAAMAgf+t7fMWRMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMBcA&#10;AAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABz&#10;wigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAA&#10;AAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;nDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7&#10;fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMBcAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAA&#10;AAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABz&#10;wigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAA&#10;AAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;nDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAA&#10;AMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAXAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJ&#10;owAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAA&#10;AAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABz&#10;wigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAA&#10;AAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;nDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//&#10;7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwFwAAAP//7NqB&#10;DAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCc&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwFwAAAD//+zdS6ydVRnG8f97bm0pLbTllNIAxQKtCFKuRRS0FRAkEQlY&#10;LhIvCSIMnGhiQnDmiDhwokN1YGJiosGExKgYjcYQuRgbiaGERAINCIVSkNa2lJ7zOFhr0w3BOGmL&#10;u/v/S05y9vet/Z21dvaZPXleA6OSJEmSJEmSJEmSJEmSJEnHOAOjkiRJkiRJkiRJkiRJkiRJxzgD&#10;o5IkSZIkSZIkSZIkSZIkScc4A6OSJEmSJEmSJEmSJEmSJEnHuIn3ewPS+yVJJfF/QJIkSZIkSZIk&#10;SZIkSZJ0zLNhVGMlCcBEkmVVdQ6wGPgLsKuq8t/W95fzVf7LSJIkSZIkSZIkSZIkSZJGz9T7vQHp&#10;KCtgJfBF4C5gYZK7q+qhJHO0cGiA+b52MXBRf+/WJLsNjUqSJEmSJEmSJEmSJEmSRo3juDVuFiTZ&#10;XFV3JVkLLAEWAZPACmAzcB4wTQuLfgb4LnAfsB5beSVJkiRJkiRJkiRJkiRJI8jAqMbN6qq6MckZ&#10;tPDn3qraCawCvgn8GLgTWAZsBL4NXAhsAM6iBUslSZIkSZIkSZIkSZIkSRopjqQfI0kKmKEFhd8E&#10;5sdpvHqSaWBjkk3AZFUFeBbYA9wBfBU4HtgHnALcA6ylBUuPA07EkLUkSZIkSZIkSZIkSZIkaQQZ&#10;GB0TSQCWArfSQpEPAU8BB99j3SBFmmMlUNrDsiuAm6rqpKFbjwFnAFton89eYBtwJXBFkqoqkkxW&#10;1QIcSS9JkiRJkiRJkiRJkiRJGkEGRsdH0doyvwUsAdYB9yfZXlXzQ+smgJOARcCOJPsHodFBmLQ3&#10;c46a6fn5+YsmJiY2cSj0uRfYSguHru/XnwZeAz4HzA4FZjP0I0mSJEmSJEmSJEmSJEnSSHG89vgo&#10;WlB0GW20+hbgFlrb6LBlwNeSfAc4j/4dSTIJnA6cnmSkgsaDdtWJiYkttJbRgW3A68DmJAuBeeCX&#10;wGnAJcAkh8Klc8D+o7VnSZIkSZIkSZIkSZIkSZIOJwOj4yPAK8CrAEmWAd8ANiVZmIQk08ClSe6p&#10;qhuB24AT+jj3ZcB9wPdpodF3fHeSVH/OdA9o/j+ZBM4GrqIHQNM2+SfgTGBdbxJ9Hvgz8Ang5OEH&#10;VNW/gX/RQqWSJEmSJEmSJEmSJEmSJI0UA6Njoo+Rfwn4IzDXA5IrgXuBC4AZWgPprVW1oodHbwc+&#10;SRtPvxL4IHAN8GVgWQ+SDho8FwDX0ca7zxytc/0vfW8LgY8nmR1cr6odtIbRq2l7nwN+Q2tcvWKw&#10;jENj6F8AtmNgVJIkSZIkSZIkSZIkSZI0ggyMjpc9wAPAs/SSzSQXJrmTNm7+ROBSoKqKJKcAXwfW&#10;ASfQAqUztObRy4GZoTbRqSTnA3fzHg2kR0NvOZ1KMjm0rwJm+36nB0uBJ/vvl/S1LwCPAtfSwrHD&#10;zz0A/JX2uRkYlSRJkiRJkiRJkiRJkiSNHAOj4+Ut4BHg50n2AFTVgqq6Hvg0LRC6gBaoHNiY5HZg&#10;OYe+L2uAzwOn0Ue8dwVsAm4Bjn8fRtMvoZ3jfNoYemh7PhtYX1WD/e8DnqA1q66oqjngMeBN4Loe&#10;di16qLaqdgK/A3YdtZNIkiRJkiRJkiRJkiRJknQYGRgdI30M/U7gp1X1CL0tM8kq4AvAWuA5egi0&#10;t4xOVdXNwLnAwbQU6HSSzbRx9Qv741NV+2mB03uADcDU0TpbkingEuD+JDcAx/XA6gJgQ5JVQwHW&#10;F4EdtHBr0T6TR4CLgdX9cwq8/RlspbWPHuj3JEmSJEmSJEmSJEmSJEkaKQZGx8888DTwg6raDn3+&#10;fGvbvBl4PMlbfe0gHXkqLVy5j0Pto7O0JtF1fd0csBuYS7Ka1kA6m+SIJyz731gJfAU4s6pOBY7r&#10;t1fQznZ8D3/OAc/0M51O+zyeAl4FNr/H43dX1S9o7aWn9PZRSZIkSZIkSZIkSZIkSZJGiuG3MdMb&#10;MvcDvwd+BOzpzZtTwPXA0qp6ri9PXz8DXJBkrqoO9OdMAJcluQlYSgtevgEcpH2vrgY+Ciw4kqPp&#10;h1pEPwZ8qp9jCTDdl5wKnFtVk33fe4GXgIuSHJdkP/AwrV11zbueOw/8mtZAei+whUONqpIkSZIk&#10;SZIkSZIkSZIkjQwDo2OoqgK8BvwEeLCqDvZbJ9JCo/+kBT+ht4wmma2qk2hNnAOLq+oO2ij4KeAA&#10;MN9Dpqf10fCrjvRxgJVJtgDL+uslwKK+p/VJ1gytf40W+jynqiaq6hlgG7AxyZK3H9rO8ALwAHAt&#10;cAMtVDpzhM8jSZIkSZIkSZIkSZIkSdJhZ2B0TFXVPLAd+B6wdejWacApwOv9ddrymgTWJnmFNn6+&#10;3Uw+ANwFnEQLjM71ds6ZqtoEXEoLbh4p08ClVXV5H00PLSy6AFiY5GJaA+pgvzuTbEhyQj/br4BZ&#10;4MJ+xkFA9mC/dyJwW5JFtMZRSZIkSZIkSZIkSZIkSZJGjoHRMVZVc8DfgR8mebFfngBW0xpG5971&#10;lkW0cOXztLAlVVVJrgGuAnYDr/V2TpKsBj4LrDgSY+l7QHQ5cA0tsEoSklSSCWC2qj5SVRP9789V&#10;1dKqOrPaJrcDjwOf6Ofqj0iAp4AnaWHY5cBbwMu0UKwkSZIkSZIkSZIkSZIkSSPFwKj2Ag9V1YNJ&#10;9vVri5LMAPt60PLttGdVraKNpd81dG0pcDOtgfPRHrikN3ZeDVzJkRnlPpHkQ8BlSWaqiv4z30Oi&#10;5wFnJRmMmJ8H1gCTtDDsb4GTgSuG2kmpqj1V9TBwDvDhfm03LWBqYFSSJEmSJEmSJEmSJEmSNHIM&#10;jKpo4c+fVdXfetZzAlgM7KqqdwQkk0wCK4F/AG/2Rs9J4GLgAuAPVfXG0Ftmk3wJWDkcyjxMFlXV&#10;ZcDa3hhaff97+xmuYmgcPTAFTPc1LwNPADcCywetqLRw7DZgB7ApyXQPwD7bz+xYekmSJEmSJEmS&#10;JEmSJEnSyPkPAAAA///s3XuQXnV9x/H3dzfJZkNCbhhygSCBECCJhsgtoImAogYUr+Ct2mk7U6cX&#10;e3NqbattrTrTcYbWdrQCjlOnIlpvxYIGiIAXRCUgiCAqELnEYG5AAgmb7D7f/vH7PdnDuoQN2U2E&#10;fb9mMgvnOed3fufss/995vM1MDqK1QDn4ZSx6ycAX65NmkREF6UV9Pv0j6avuUwOycwngAciIuux&#10;5wGvBDYBP2jcJiJiBfBihr9l9BDgdGBi87GAbcDEiHhpY89B+b5HRCRwN3A0jXbRGiTtAVYDC4Dn&#10;18bSHuCHGBiVJEmSJEmSJEmSJEmSJD1LGRgd3cZQWjg/BPw9JfT5eaC3hicPBR4BbsnMFv2j6bsi&#10;Yjrw48x8vNFKeirwAuBySstn28TMfAswc7haRjOzgxL4XFLXjLq/XkpgdAEwv+5t4LWt+mxvq89C&#10;HVufwHXAZmAZ0FUv2QBcXd/FAVUbXcnMGOzZJEmSJEmSJEmSJEmSJEkajIHR0a2T0tI5FpgMvIMS&#10;ilwDtGoocTlwa0TcS39gNIC5wGPAbUCd2s4k4PXAeuD29vk1jLkUOA3oGqag43hKa+mMxjh5IuIJ&#10;4JHMPBkY32gXbZ7TCcwHpg9Ycy3wRWAFcFg9lsANwM8oAdsDpr63LmAOcDwwwdCoJEmSJEmSJEmS&#10;JEmSJGkoDIyObu1GznbqcCbwJuDuiFhXw5ZTKOHKGzNzazugmJkTKaHFayNiQ7ulk9Iwugy4EdgB&#10;0B5Zn5kvp7SY7lPLaG0UnUYJdo4ZsN42YGdELNlDm+nu8fS7D0RsA75ECZEuBzrq82wG/g84DlhE&#10;CdmOuBrW7cjMsZnZWfcykfLM/wR8DHjh/tqPJEmSJEmSJEmSJEmSJOnZzcDo6NYHrM3MRxvH5lKC&#10;kXcA22vYcxHweETcFREtgCgfHB8RXZRAZW8NjY6ntIxuAO5rrDsuIk6ta+3+3rXHq+/lvjuAo4BF&#10;jYbNLMvlJkrT6eGDtYs+hRYl4HoL8ObMnFKfsUUJka4HLgAWMsIBzRoUHQ/MAE4EXgcspTzTGZn5&#10;z8DbKO2q8/BvWJIkSZIkSZIkSZIkSZI0BIbNRrGI6AVujojVmdmqhzuABfX/19ZA5jRKw+YPqa2h&#10;AJk5AVgJfAv4aV0T4MjMPA64IzN3NW45DzgDmFSDoh3AbODQ+t9DNQ44GZjaHEdPCX4+UNecMoR1&#10;2mnTh4BvUMKsSxuf3wN8jtLkuQIYvxd73Cv1fXQBRwJvBy4FVgEXU97xSzPzo8BJ9bxHgbVAKzPH&#10;ZebUzJydmZNqM+lIbVWSJEmSJEmSJEmSJEmS9CxkYFQPZeb/UMKRCZCZ3RGxODPvjIiHawBxMaWR&#10;dE37vBrWPBZYTAk3bqvXd0TEicCWiNhcw4tBCXq+khI+7QDGAq8F3gPMGkrTaF1rEnAKv/n97YmI&#10;B4H5mTl2KGvVQOt1wIbMPI/d5ak8Xt/LTuCNwGSgi6E1lu6V+tyTgXMz85OZ+THgTGBsZl5Nea8f&#10;iohjIoKIeAK4DLg/Mxdk5juB/wS+CrwbOHi49yhJkiRJkiRJkiRJkiRJenYzMKpdEfF94MrM3A67&#10;g6BzIuIwYHVE7ASmUsagfxfY0rh+DCUEeh/wE6BVr58LTAcejIikv81zASUkejAlMDoTeGs9NmkI&#10;zZgd9Zpj6/8H/UHXtZRQ6xE19bmncGfWfd4LfB04KSLm1XValGDs9cBZmfmip1nrGavNqlOBNwDv&#10;j4gzI6K7Psfq+rs5D1hYL+kFbqQ0oi6PiI8AHwHelJkvyswljGATqiRJkiRJkiRJkiRJkiTp2cnA&#10;qBLYAFwWET+G3S2eHcAS4BFgTQ1XLgaOycxb6A9pAhxNGTd/I6WZE2ACcDzwYGb2NYKgY4HzKQHI&#10;bkqz5lTgj+qxp2sG7aSMbZ8xIFzaGxHfAeYz9IbNnoj4r8zcASzPzAmZSURsBq6oz/w7dZ/DroZF&#10;pwFvAT4ALK5trklpPb0SWA6cRPl9JGUM/SrgZcCHgJURMZ0SaO2p72DbSOxXkiRJkiRJkiRJkiRJ&#10;kvTsZWB0lKuhyN6IuAP4OPBEbQSFEpQ8h9Iq+ivKSPZXR8TUzOylf3x7N/ASYF39ByXAOC8zx0TE&#10;pgG3nUsJYh5S14zMnA+8E5j2NKPpx1HaRSfUe7f9Erg7M0+gfK/32C5af14LrIqIUzJzYRQJ3Azc&#10;AKwE5kcEmdkH9DSu3SeNMfRvAv6O8k4iIjIibgIupoylfxX9jaFb656XAu8Cng+MqcHZjIhrgP8F&#10;dgx4N5IkSZIkSZIkSZIkSZKkUc7AqNqh0R3ANcCnahi03R46m9Igei2lPXQ8cGJEtJtAo4Yfjwfe&#10;DjyvEVbsioilwPoBAcbIzHMpI+676n3GZObZlEbNrsH2Wc/rBo6iv4k0KUHOa4CltW1zKNYBn6a0&#10;m54bEe19PAZ8BTgCOJfSaEpEbAceBVpDXP8p1fc1FXgj8JfAofV4H3A78GXgdcAbM7P9nDsoIdY5&#10;dV8H1WuIiF7ge5TR9D3AgjqefkZtMZUkSZIkSZIkSZIkSZIkjXKGyQRAbdbcAlwSETcArdqsCWUk&#10;+q8z83YGCUzWMOhBwAnAwMDmTMoI+d2n12tmUAKTM2uzJxExB3gDcNiAcfPNa6dk5uGZ2dk4vjMz&#10;DwHOqAHJodRr/hLYBZyfmQsaz3ErsBE4nxIabXsIeIB9DIwOEhadV49lRPwC+CZwGqV5dEzd01bg&#10;O5Sw7JnUsGjd805KkPRCoDsz/xT4JHBpfYZx+7JfSZIkSZIkSZIkSZIkSdJzw5gDvQH99oiIvsz8&#10;BaV580jgiBoanRkRx0fEt4FjMnPawMbQPSzbAUwZeCvKd++kzHw0+hcbC6wATgfuB3YOct2MiDiU&#10;/rHzmZkTI2Il0L0Xo9iPBf6WMnK++XfQDbyVEswcR7lBb0TcWff0jEfS12DoFEp76HspI+Xbj38v&#10;8G1gCXAKddR8RDxKCYR2Z+ayiBjfWHIXcD3w38DhwF8DC4GJlNDr1n3ZryRJkiRJkiRJkiRJkiTp&#10;ucPA6AFUWzIPpoT6HgP6atPngdRDabk8Gfj9zOyu4+dPAx4BbouIlzK0Fk+e5rzJETGROva9mgFc&#10;AHwzM9cNeB8dlMbSqc31Gw2nT3e/5p6mA9MGOX8J8EL6R94TEVspoc2NPMMAZg2LTgJeA3yAEvCs&#10;H+XPImIVcBZwHE8Oi66iPO9pEdHVaF5t1Ws+TwmYXkB5d5GZmyPiY8A3+M3QrSRJkiRJkiRJkiRJ&#10;kiRpFDIweoDU4N8k4C+AuZRw3y2Z+RCwnRII3O/h0YjIzNwIfBZYGhHLqKPggTcDO4brVvVn8zsY&#10;NSi5AjgD+GJmPtFoDR0DzKaEbAdba2/vP/C6HLAf6n7uBb4L9OxFg+mT1gAmAC8H3pOZh9V1dgE/&#10;re2lb6aEYclywRbgC5Qg7DKgq+4FYBvwVWA1pa10ZWZOoIy1v58ykv4zwMZnsl9JkiRJkiRJkiRJ&#10;kiRJ0nOPgdEDqwd4IDP/MCLOA9YA11HaLO/KzIcpocLcz8G/XuAO4FPAMcAh9XgHe9fk+XR+Y436&#10;nN3A7wHfA9YCrfpxFzCrfj4SL6S5Ztb9tDLzmoi4r7GPIavNol3ACuCvgGNrJWofZcT9E8BK+kOw&#10;LeCuiLgMmAOcQwkWN8Oi1wLrgT8BllL+jndGxG3ARcAVwKa93askSZIkSZIkSZIkSZIk6bnLwOgw&#10;qk2SHZSA5x7bQSOCzOwBromIUzPzHRFxJmUU/L3ATcDVwM3AQ7Vpc8QbR2vAEUqT6CpgEfDHlNDj&#10;/kytnpKZp0fEOkqoEkpL52E0xsWPpNrouT4irgQe39vQbv0+jAdOz8z3RcSJQGf9OIBplOfpalyz&#10;LSJWZeaciDi/nrP7Y8q7mAuclpmH1O/Rxoi4gtIq+iPgsQPRTitJkiRJkiRJkiRJkiRJ+u1lYHSY&#10;1KDlZOBIYEdmbgAepzSEtp4ibNgCHgT+LSKeR2manAS8MDOPi4hzgFuBrwDXZeZ6YMSCo5k5lv4A&#10;4wOUlspLMnNhRJxdTxvp0GhQgpHjI+KVwFWNsfQTKWPbO/dw/XBKSmj2Lkrr6tAv7A+LviQz/yUi&#10;FlH23X6+jsycWp+r/U4zIvqAF1OCuhPq8fY1AUzLzGlAZz33zoi4mNIqug7odQy9JEmSJEmSJEmS&#10;JEmSJGkgA6PDpwNYnJmfiIhu4Bbgu8CPMvO+zHyE0trZRx1tXoN9vZl5J/A3wM7MfFVEdEfEuMyc&#10;FRGzgLOAnwCfBVZn5v3AYwPW2Sc18Dod+AQwG/h34GvA2oj4ODAPmE9/cHFE1XbPJcDRwKbM7KME&#10;cg8d6Xs37r8RuAzYujfvuB0WbbVap0XEByPiBTz5nZWU6OBrTgNObnwWjZ9JCYq2gK3AlcB/ALdT&#10;mkc7gUmtVgtgR0QYHpUkSZIkSZIkSZIkSZIkAQZGh1MLWBcR92TmqyNiHvAaYDPwM0pT6I+Beyjt&#10;nVsysx0g7QN+DvxjRPwyM18LHBER7SbNccDSzDw+It5KGVV/HXBHXWcXpZ1yX59hKrAYmAV8gBLO&#10;/AzwQ+DSzHx3REzbw/XDpj7LDGApJXzbQwm0Tt8Pt88ayvwW5R33DfnCEhbtApZ3dHS8NzNP4Mmh&#10;z72xu3m08fMRytj5S4GrgIeBg4Al9d9RlO/i5+p5jqaXJEmSJEmSJEmSJEmSJBkYHUYJ/Aq4KCIO&#10;ogQdJ2fmLGBWZr44Ih4F1mXmPZRR4rdRxp2vpzSG/hy4MCJuAl5HGU0+k9JeSkSMB04EFgLnURpM&#10;rwLWABszc+c+jqvvo3/0+uE1IDoZuAi4HHhBvW97tPpIabdpTqKEIKcCGyjNpweP4H2hP2C5CfgG&#10;8PBQ32ltaT0IOB14H7AsIsYy9Hc18LzmfXdSmkQvB75OCR53Ai/KzJURcTalAXY88POIuJr+9yhJ&#10;kiRJkiRJkiRJkiRJGuUMjA6TiCAze4DrKQ2iy4BXRMTplKbMMZk5PSKmR8Qi4GxKW+Q6SovljZRG&#10;yAeBVcCazDwJWBkRZ1JaP9uBwu7MXBgRRwOvAL4PfBW4ITM3AbueYXB0O6URdW59phnAuygNp58E&#10;Pk1pIN0fo+kDGAscB8yhNGnOBrpH+L4ArcxcExE/AHYN5YIaFj0YeBUlLHoc5e9rX/eawK+BLwFX&#10;AHdTAsSnAi8DzoqIozPzoPo7vzUiPg7cTGkalSRJkiRJkiRJkiRJkiRpxIN3o1IdSz4WmAIsarVa&#10;r+/o6DgHOIwa0s1MBoyQbwHrM/OmiLgKuIESFBzT19d3bGdn5xvqqPvZmdk5yPj5xylh1UsoAdIt&#10;1LbQgefW/Q12fApwIfC7A9beRmkZ/RQlpPhR9k9wMzNzc0S8F/ga8GHgD6iNqyN0PyJiC/BByvNu&#10;H+RdNy+A8h4mA6/PzPcDRzSuecbvKDMzIn4FfBm4k9I2exQltHsUMLFx+nbKO/pX4CfAjj3tW5Ik&#10;SZIkSZIkSZIkSZI0upgoG0E1TDgGmADMA1YAZwCLKK2jE2iEHxsh0p2U5tGbgO8BPwU2AtMzc3lE&#10;nAUcm5lTIqKjEQBNyuj21ZTR5T+ghE53AVlbUKGMMu+kjKBvtdtIM3Mcpfn0IvobTdshyl9n5oUR&#10;cSXw58DbKePPR/I7lJnZiojLKUHIfwDOGsF7Zv13PfBnwJ0R8ZQtnY3f7+zMvCAi3gU8v7G/4WgX&#10;3UUJ/nZQQsjN70tfRGwCbgG+AFwNbIqI3n28ryRJkiRJkiRJkiRJkiTpOeb/AQAA///s3XuMpXV9&#10;x/H3dy47M3tn77uwK7DcqUpdWxPSFa0FbSvBtEYaG1NtTNNqmxRtsC0NNJHGpm2aGpNi0sSgrYEi&#10;aVLaIhop0iKlikqBirgrsMi6uwh7695mds58+8fv9+ycPczszg47t+X9Sk7mnDPPeZ7feX7nz08+&#10;XwOj0yQzu4A+YCVwGfAW4M31+VpK+LKz/TMz81BEvEBpmHwceBoYpIw83wy8CVjO8a2bLWB7Zj4Y&#10;EfdQGkd/QgmidlMCq1cA24AfUNpIhygBxeXAxyij6JdSQ6P1sQW4GdgJ3JyZV0VEN1McGgX2AvcD&#10;VzIaZD3t16nB2IPAHwK3AwfHa+msI+j7gUsz80MR8V5gddshp2ONOc61WxGxE3gUuA94kLKXR5rw&#10;ryRJkiRJkiRJkiRJkiRJ7QyMTqO28eXdwEBmro2Ii4FNmbmZEuRcFhHdnSPra9PmQWBXZm6JiO8A&#10;L1AClO/IzE0R0d9xyWFgW2Y+EBF3UQKGg5l5PfBHETGcmU9ExIOUNtLngMOUNtQbgF+jtKA2RoBv&#10;AjcCFwA31WODqW39hNK02TOF12pCsfdS2kWfG69dtIZFl1AaY38H+DlG79PpXlt7AHQE2EFpQP0y&#10;pYH2x5Q9G3EEvSRJkiRJkiRJkiRJkiRpPCbMZkhbeLSL0lS5IjMvBd4eEb8AXMzxYc12I5k5HBG7&#10;KePIHwNeB1yXmQs7gqbUEeXbgb8H7gTWAZ/KzDdRRtUPUoKHj1DG2T8NLAM+CryzrjEyMyOiRWnf&#10;/Exmvj8ifpepC0se+xrTdP7twG8ADwFDYwUwM7MbWANcTwmLnsdou+uUhEXrHu4H7gHuoOz3y5QQ&#10;bRoUlSRJkiRJkiRJkiRJkiSdjEmzKVIDoX2UMGXXiY8G2ppHgbOAjcBbgU3AucBiSrC0u/NSlIbJ&#10;7cCK+tno+H+znhbw3xFxB2Xc/G9n5tkAEdEEE49Sxte/VK91UWb2RkklZj3PixFxM/A/wC2ZeU1E&#10;dDF3f0+ZmQci4i+BT9dwZvs/odyLpcAbgd8ErgUWtTXBns7v3gRYR4A9wMPA54BvAHuBYUOikiRJ&#10;kiRJkiRJkiRJkqRTYepsCtSAYS9wJfCLwMKJfpQyRv4QsK+GEbuBBcBy4GzgQkqr5bwTnGesfW1C&#10;iJmZOyPif4H1wEXjHD/mOWtitAU8HBGfpIRi/wK4hKkdTT9VEhgC/hW4BfheRLSHbLsoYd3LKHv5&#10;K5R71gR3p2oEfQKPA1+kNItuq+s8plmnJEmSJEmSJEmSJEmSJEknM9fCfXNCDRrOA64D/gw4t753&#10;QrU1ciQzR2rTZws4mJm7I+J5SqPnCPABygj6yezfsfbKGkidzDj1zMxDEfEPlNH0m4FbImL1JM41&#10;kzIzMyKeAP4E+FpEHGlrFJ1PCee+G/hl4HJKeLQxFd8z6+MRShD3P4H9lOBqP7CoPn4C7DY0KkmS&#10;JEmSJEmSJEmSJEmaiLkS7JtzMjOA1ZRw50eAdXW0ewLRHiCtQdHmjfH2pEUJDm4FVmbm6+qY+JnY&#10;w6aB8+WIuAX4amb+XkR8GBiox8z231Zzv/dRmkW/UJ8HpRH2AkpQ9L3AeZk5MMlw7WTWtRX4feDb&#10;9fVq4KcpjbWXUNpmPwv8XUQMjXMeSZIkSZIkSZIkSZIkSZKO6ZnpBZypIiIzcxdwG/BVYFNEXA28&#10;AVhQQ6LtmkbRIWAQOFKbRZMy9n0lsJQSGByIMU4wjYISZFwOfAx4JiLupoxtfxuj49pnu2HgH4G7&#10;gcPAGsp3eBfw7szcCPRERBPqnY57npT20KsoDbXrgUuBdUBvPWYIWMvcuc+SJEmSJEmSJEmSJEmS&#10;pBk221sgzwiZ2UUJ+y0GllFaONvvfVJCokkZOd+8HqQEBS+kBBnfCPwsJdgYbZ8dqq/n1fema1+b&#10;ke4PArcC52TmTcCF0xiwnIwEWpn5QER8HNhJua/vy8x3RMRqXhnGnO57mvWaUd9sQsh7gPsi4q+A&#10;xyNiZJrWJUmSJEmSJEmSJEmSJEmaw2ZroO+MVMfQn8o9Xw/cAFwNrAKWUFsma4BwBHiWMsL8snr8&#10;qV7j1WjGug8CdwKfy8yrIuITwIJpXstENWt+CrgJ+BZwLfBbwOWMtnjCzK89O54/A3wxM++KiK2O&#10;o5ckSZIkSZIkSZIkSZIkTZQj6adRbd3Mkx0Hx4VLVwAXAL2leDKacx0CHgV2ARdm5ooZmFLfjKbv&#10;o4Qud0bEPwPnAR9g9v2+mnv/EvAF4AngPcCNwNlAFzMfEm1kDQVDaZB9CPgM8HBE7AZaM7k4SZIk&#10;SZIkSZIkSZIkSdLcMtsCfTrej4E/B3YAvxoRK4DDlKDjo7XN87rMnNcRFu0MpU5lCLIJjS4DPghs&#10;A24DNgKbp+H6E9XckyHgy8BXgLdl5q3Aknr/ZtM6iYgW5TfweeB24EcRcXSG1iVJkiRJkiRJkiRJ&#10;kiRJmsNmQ0BOJ5CZXcBCYAOwBjhACY1+ArieV+7hQUrraBdwDqOh4Kne6ybouBW4tV73D4CLmB3N&#10;nUlp7XwoIj4FrAJuzszzZ1NYtDbLHo2IXZn5HxFxB/AIsCciRmZ2eZIkSZIkSZIkSZIkSZKkuWo2&#10;hOR0EjVE2B66XA/ckZlviQjaRpe/CNyZmV+LiF7go5n59jrHfjr2OuvjaeBvKQHXD1PCmTP5W2vC&#10;rD8A/rQ+vwHYxMyGWY9rgs3MYWBbRHwDuBf4L8qeDkVEZ2usJEmSJEmSJEmSJEmSJEkT5kj6OaCG&#10;QUfgWHh0H3BvRFwAnAW0KCHN24B/iYhdlL09Uo/ZwGg4carDkZGZF0fEB4F/Ap4BVk7TtceSAJm5&#10;IyI+DewGbgSuYObCop1B0VZE/BC4LyLuBx6jtMQeBbLuvyRJkiRJkiRJkiRJkiRJk2YSbQ7KzACW&#10;ApcDlwGHgO9SwpmH2w5dBHwoM/84IlZ1nGaq9r4JQ44Ae4GB+pjJYOaBzPybiLgH+CRwdWZ2dQQx&#10;p3p9TXCVtusepoRDvwR8BXiBspetts91ceJgawsYMVQqSZIkSZIkSZIkSZIkSToRU2ZzWGZ2A931&#10;5dGxxpZn5grgGuDXgddn5pKI6MvMnojomsBlJvMbObaOtoDkdP/WmjUcAu4G/ho4H/gIJcC6mBK6&#10;XQwsYLRt93SvswmKZkQMAfuBHcC3gAeAJ4GDlIBtAPMzc3FE9NY1LQWWAf2Mhkcbw5Rm2UeA/YZG&#10;JUmSJEmSJEmSJEmSJEnjMWF2hqttpP3AGuD1lEbScyhj4geAPkpgcj7QSwkkzquvF2XmQER0t51y&#10;or+Z9vDqTLaLbgFuz8ynaghzITAIDFG+44bMvCIirgA2cPqCo9n2dy+wDfgRsJ0ybp56rYHMXBkR&#10;Cyl7cVZmLo2IAcp+zK/v91BypweA3RFxsJ7n34HPAy8aGJUkSZIkSZIkSZIkSZIkjceE2WtAZkLZ&#10;625KCLEZE98D9GbmAmBBRPQAkZm9EbGEEipdTwma/hSwjhIm7TQbf0dNYHM/sIcyuj3q+4P1vReA&#10;7wPPUoKkVwG/RAlpwqv7XgkMZ+ZzEbGVEtpdxGij6QLKveym7MPJ2l6PUJpSv17X/X/Ay8BLwD6g&#10;ZWBUkiRJkiRJkiRJkiRJkjQeE2ZnsNouOpYeyt63/z8oocV+RptGmxBjH7AaeENmvjMirgRW8MqQ&#10;42z6PeUJ/1lStCMRMUwJXD4JfJMS6nw/cFY9dFLfqY6gP0xpMu0DejKzOyaY6qwhXyKiVc9xP/Bx&#10;SkvpMGWEPZzke05ERLzqc0iSJEmSJEmSJEmSJEmSZrfZFPB7TWsCglVnkLN53dlG2YyP7+f4EGg3&#10;MD8zF9XW0C5Kc2hPHXW+gtJ02dt2zoHMXBAR6yjtl32UMOKLwFPAVuB5YH9mLgPeGhHXAJcAS2oY&#10;snPts9lYIckWsKP+PYdybyb7fRKOC36O9f+RzDxaQ6vt6xkGDgLfowRFtwK7MnNvRCyg7G1XDZ+O&#10;t77m+sfO27Y/zWdG6nVeBvYCB4CjlCDtqX9jSZIkSZIkSZIkSZIkSdKsZSpsBrQ1f3Zx/Kj4bkpQ&#10;cxEwLzMHImIZZVz6vMxcHBHLGW0B7acEP5e1vddTny+sAdC++l5XDXX2tB3XVYow42Tj0EcoYcIX&#10;gMeB71BCpIeAy4GfB96cmWsjort+Zq79tsZr2XxVgdGOcyQlDLqHci+3ZeazEbEnMwfb9mF/fcwH&#10;1gHnA6vq/i+l7G1Pvdfj7V0CrXECoz31reF6neeBLcBjwLfr8wM2j0qSJEmSJEmSJEmSJEnSmWOu&#10;hfrmnJrXa8a799bHQkoodCVl1Psq4GxgaX0so7R8DtTj+ilNon31bw/Q3dEy2bmX7a/HCv6d6t4f&#10;a6yMiP3Ac5n53Yh4CNgGXARcC2yuQdXJXONMl5QGz53A05m5JSK2Uto9DwODlL3eCPwMcCmwhhIc&#10;PVEwdIQSDm3VttKjwBFKU2rTYtp+/OiHS2C4Pcj6feAu4OsRMXRavrUkSZIkSZIkSZIkSZIkacYZ&#10;6DvNantoF6NNn4uBtcAG4GJgY2aeC6yKiEWUMGATJG0aI5vHWGZ6z7Lt7zCwD3gS+DdKa+b7gPcw&#10;doj1tS4zk4gYody7FiXc2crM4YhoUX4D8zOzf5y21iYgupvS8voU8ENK2HO4HjNIGTN/tF6jdYIF&#10;0dEk2qIEWncBQzieXpIkSZIkSZIkSZIkSZLOCP8PAAD//+zde3BcZ3nH8e+ze7QrS74kdmTnYish&#10;N9qQBjA1SUqBXJyEFkzaEAZaUi5l2unAdLgMDKFMZ9rpDO2QdjoDdBgKhbYZBjJAYKBpSJtSXKBc&#10;GhIuMdgOiR07TmJbkS+yLO3u2X36x/se6Xi9K60kW9ZKv8/Mzq52z5495z3vXqT96XmUBJuDWD00&#10;a/GdVQNdC6wHrgSuIlSJPJ9QOTTJ353249+uOuhCO15ZABJCRcvHCdVTL4y3L7TtXSiaq3wyRSiz&#10;+Yas1fxOM/sysI0QEC0QqtIOAKsI1WiLcf0G9FibB3H3OpDmgqMVYHdc907gcAy5ioiIiIiIiIiI&#10;iIiIiIiIiIiISJdSoG8O3D0htJL/DeCFwBXAZYSKov1MBvZaBQKNXHAwt4yHHz2rPpmaWYlQrTS7&#10;30KStarHzPL7sdC2c7HIh02rhFb2Rphr2akAFGZ4LLzp5wqwD/gS8FHg2aZKpCIiIiIiIiIiIiIi&#10;IiIiIiIiItJFFOqbpVi18QLgg8Ct7n4OUJqmfXcjnrJ25FVgFDhGCP6NElqLHyEE9o7G82uBlxOC&#10;gDpm0iwLcp7KuZGt8yjwduDrZlY9hesXERERERERERERERERERERERGReZRMv4hMoUQIjS43szFg&#10;mNCaPXX3iplVCOHPQ4RQaD2ePx2X64nnI4SwXz/QR6gS2Q+c6+5rzWwQBUWlvdMxN8zd3cxWAtcB&#10;D7p7dZpAtIiIiIiIiIiIiIiIiIiIiIiIiCxQSn/Ngbv3ENrP/yqhIuMhQkXQBFgeT6sI7eRXAxcC&#10;a4Bed19tZmviMr2E8GjZ3ctmlpA7Nu6TncDV7l3mkce29v8NvBV4Sm3pRURERERERERERERERERE&#10;REREupMqjM6BmdXcfR+hauilwIuAK4DBeFoDrHT3PjPrIddSvkWlRs9uywVEG2Y2Dhw2syHgfOCc&#10;07lPIi2scfdzzGwfk63qRUREREREREREREREREREREREpIsoMDpLMdRZIgRDbwW2AFe6+yozK+aX&#10;naKNd6sbHBgzs2fd/Qngl2a2n1CJ9HZCYNTb3Hc2mgOAql4qGSNUGU0IFXA1N0RERERERERERERE&#10;RERERERERLqUAqOzEMOifcAmd3+nmV0PnA0UOmwZ7y3Oxwgtv7cB24CDZtYPXALc5O7PM7O1LdbR&#10;yeO1euxMFdgX17GeMCcUDBSIcyVWuT2OqouKiIiIiIiIiIiIiIiIiIiIiIh0LQVGZ6ff3Teb2YeA&#10;FwNZRdF2FUPDhdhqPoZKndDKfjfwMPBj4AiwDtjo7m8wswuAsrsXzMzcPbvvMWA0Ltspz7YhrmMk&#10;Pu69wE7gtcBb0JyQnDhXdgH7gcaZ3RoRERERERERERERERERERERERGZLYUDZyi2577RzP4KeIFN&#10;9pvPzv3Exb1uZjVCm/ljwBDwFLAHOBCXWw/8LnAZsAYoNbWxTwkh0aeAh4CfAlcRAp6dVAP1eBo3&#10;s33Ad4H7CUHRNcAW4FZgWYfrk8XPY7h4BLgPGGmakyIiIiIiIiIiIiIiIiIiIiIiItJFFBiduSLw&#10;K8CF5MKV7p6aWUpoLT8CHAKeI4RCnyNUD02BErCaEA69iVAldAWTVUqzKqDu7mNmtsfMHgUeNrO9&#10;hIDnNcB1TB/uzMKrxwnh0G8B/0GoGHkB8HrgVcAVQDl3n7m0uGeG95eFJ2tFfwi4mzBnKmd0i0RE&#10;RERERERERERERERERERERGROFOybIXcvEAKWbwBeCvQQwqD7CG27DwCHCQG7XkIw8zLgYuB8YMDd&#10;V5hZmdbjXycETH8CfB/4OVADrgSujY+9jhA8pc06PHe+C/gaoUrkDkJY9dXuvgW40syW5+4326Do&#10;KLAb6Ac2EMKvmlunh0MIFed1UP2z3QKtAr8NQjXbzwGfAvaaWX1GWykiIiIiIiIiIiIiIiIiIiIi&#10;IiILikJ9s+DuRWB5PBUIgc5xQtDuAmAz8ApC2/i1wLLYyr4wRbCvAmwHvgl8mxDYOx+4GbjR3Qdj&#10;yLTQdL/8CvPhvzHgAeAfCeHTBvBy4E+BjUBf7r6zDYqmwMPAp4FHCFVPP0gIpWpudSZr/Z793EnV&#10;2BpwDKi7e8HMEkKAOKF9WLdVMBR3t9xjNwiVcbcSwqLfAYbMrOV9RURERERERERERERERERERERE&#10;pHuoJf0sxGqLR+IJmKj4uBz4A+CdQH+sRpq/X7Zsw8yqhNb1TwE/BP4HeIwQ+HsB8BbgZcTwZVx+&#10;P6GSZxF4EZNVRmGy8mTFzLYDnwHuBY4Cl8T1vdndz55BOLGZx/1MzWwf8CXgn4HHCUHWl9AmmCgt&#10;OdAws1Gg6O69ZpbNmZbHJoZLfwl8DNhuZg3C2CfAOcAgcFasYrvG3QfMrI8wVwxI3L1oZrX42BVg&#10;GHgS2Ak8RJiHh4FaB5VLRUREREREREREREREREREREREpAsoMHqKmBnuPg58MV71a2a2DlhBCOr1&#10;EtrXHzSz3YRW8z8hhPPGgQuB1wKvBK5y91WEQOExM3sM+EFcfj1wG5PHLt9+/jkzux/4F0LwrwHc&#10;APwJoeJpXwwAzjgomp2b2RDwLXf/gpl9F3guPs4lhAqmK2a47iXN3YfN7LNAxcw2As8HznX3/qaw&#10;Zjhw4bpBQpXYHwE7CNVk88FRi2VDSzEsmq86msRQahrv44TqtseBKqF6aUNBURERERERERERERER&#10;ERERERERkcVFqbBTKFbfLAL9hMqgA8AqQpBvOSE0updQVfQYcBawCbgJ+HXgIiZbxaeEgOg3CC3q&#10;j7v77WZ2K7CBXGt6d0/N7FFCUPS++Bhl4DXu/j4zu5IYJJzNbsXzBrAd+Cfg6/ExqvG2lcDbgPcD&#10;583ycZYiJ1SZ/QrwqXj5IuCFhGqtVwDnEuZEoem+o8D/Al8AHgSejpVvJ1fuE8Vep21zr4CoiIiI&#10;iIiIiIiIiIiIiIiIiIjI4qaU2GkQg3rG5PhmlwvxdDahGufvu/tLgTWE6qPEFuO7gc8Twp9PA893&#10;9/eb2bWEMOrE45jZceB+4BPA/xGChMuAVwMfcfcNsdrkXMKiDvwC+Bvg34AjxJChu/cCNwMfAS5r&#10;2m+ZWja+Y4SKsH8LfI8QxD2LUE32UuAFhMqj5wFrCcc3icvtBe4G/tXMjs7nxouIiIiIiIiIiIiI&#10;iIiIiIiIiEj3ULBvnrh7kRAM3QS83d1vJlSOzNqMNwjt3e8jVPF8FFju7r9tZu8hhEYtqwTpIZU6&#10;BHzWzD5NCJmmQAm41t3/Dtg4yxb0E5sdz/cAfwF8GRiJQVEIVUyvAT5GCDUqLDpz+VDuk8A/APcS&#10;gqB1QsXaHsJx7SMEScuE4LETQqPPAQebK4yKiIiIiIiIiIiIiIiIiIiIiIiIZBTumwfuXgCuBN4K&#10;vM7d12fJT3dPgQNm9kPgi4T28yPAJcAdwBuBdVlYNFYVHQEeJrQx/09g2Mzq7t4DXAXc6e6vMbNy&#10;3IS5VBcdBj5MaHc/bGbu7gb0u/s1ZvbnwG+isGiex1ODEPiEqcfGYaJi7GHgG8DnCFVHhwlB4Ox4&#10;tFqPWsqLiIiIiIiIiIiIiIiIiIiIiIjIlJQymwfuvpwQunwbky3l64R2898jtJT/NnAAWAncSAiX&#10;Xk2sQho1gF3AV4AvENrEj8cQZ0IImX4AeB2wgrlXFh0BPh5P+82sESuLLgducPd3m9nLCBUwmcPj&#10;LTZOCHo+AlwEPI9QETTTbpyy4GjdzB4H/t3dv2ZmPwWOqIKoiIiIiIiIiIiIiIiIiIiIiIiIzFZy&#10;pjdgiciCnr8gBEL3Az8AvuPuPzOzZwlhwUuBtwCvBzZwYrAwBR4EPgN8BzgI1GPV0YQQTHw/cDsh&#10;0DkVz11uF16sEiqefppQAbURK4v2AZuBD5rZi1BYtJ1RwvjtB34L+B1gbbzNaT1eRqgWWgQuj5Vo&#10;byQEir/k7o8Bx4jHXWSG5hogl85onEVEpBNz/TCn9w2R7nQqPisaeg2QM6Nlx5N53wqZb/nXHL3+&#10;iIiIiIiIiIiILAJKnc0Td+8DzgLKwBhwFBgn/KF1BfAS4M+AV7p7kgUCY7XJXcAngHuBZ4Bq1p6e&#10;EPq9DPgQoX19Vsly2hboOdZ0m7v7VuADZvYjQuDVCEHUm4C7CFUzp3ucpcqBUXf/qJn9PaGa7DXA&#10;e4CXE+ZAZspqo7nLTwOfJ8yBxwjzpzaxEgVI5UTtJsRMJ0rza4W+GDpZ85ieqsDoUhnrTr5w7OYv&#10;JRf7/s23Uz1WS+34LLX9XUimem+YzftGq2OU/UPSUj5+2f538vlaTp+lPg/h5HBV820ztZSe80v9&#10;vWoh7r+1uQwn/91iMVrM820qM/mbooiIiIiIiIiIiHQZpczmUQx4ZlUkiRU7V7v728zsXcD5TP4x&#10;ehR4HPgGISS4HRg1s0ZuXSXgKuBdwG3AsvhQ0x3XlNBufgVQzC3v8bTN3f/SzO4Hjsdl1gJbCKHW&#10;wQ4fZ6nKxvGHwPuA7wNJo9F4npm90cx+z90vjpVEYZo/xLt7FghtuPs+M9sKbAW2AXuAw4SKsHXi&#10;3JIlKf88ttx1rb7g6/TLH29z3m75xa5dZeCpLncaCm93XXZ5MX5ROZsAc7eMQ/NcmG6bT8W+LZUX&#10;/1M1D05VYKcbdLqv+XHt1n1dSKZ6z5jpezN09l7RavmlYqox7eTzTDfoptf5/OfRbh3v2WoXED0V&#10;n8nzl9uNa7ePd6fzfDHNsVa/x3XqdO97q98rT/qH4xaXu91CPianW/Mxb36uLYWQsIiIiIiIiIiI&#10;yKLXTV86LToxMHoR8DHgZfHqw8AO4LvAfxHa2B8l14Y83q8X2Ai8G3gV0E9nxzMLo/4AeIm7r2oK&#10;GD4J/DWhnfrhuM71wJuAPwIu5OQQmpwsG+ePAx8BDhGCt2cRjvVb3f0GM1sZl+8oJBDDo04I/D4O&#10;/CyeHo0/DxEq2NaAhsKjS0K7L6EN4OKLL7Y0Tc3dqdVq5u4WA+c0Gg2DMK8KhVCcuFAoeHaeJImb&#10;GeVy2ffs2eOVSgWmDl0sxi+M2n2hPzHGAwMD1tfXZ41GA3en0WhYvV63RqMBMDHeufA3ZoaZeZIk&#10;no15sVgkSRI/cOCAj4yMwOId6+YxbRe6bRV+Wuhj0Grf2lW8axf+mOl+zSYY3m1mGmSfynSB+tPx&#10;mGfKTJ9r2VzthufaQjXte0aSJAwODk68N8fzE95D8ncsFAoT/wxUKBS8p6fHG42GFYtFT5LEn3ji&#10;ieZj1WmgdLE4YV4XCgW7/PLLbXx8vFCv10mSxA8fPsyhQ4eysWnQff+AkG3vdM/lM63d62bzWHfD&#10;uHdqqmMxccwGBwetUCiQpqk1Gg1zd+r1eviPwNxzPvusaGYezyc+kwMkSeJDQ0OMjIw0h/Typhr7&#10;hWo2nw279b05b7rPb51+Lj4d+37CdphZYXBwsJCmqaVpatkcTZLE9+7dm72unu5tmg+zPSaLYT5m&#10;DCisXLnSBgYGLDvmPT09Xi6XfceOHa2Ot4iIiIiIiIiIiHSZ5ExvwBLnwH7gw+5+kZmZuw+b2ROE&#10;FuTHyQVFYSIs2g+8ArgT2ERocT6TLwuHCZVLAW7Ibct2Qrv5rzMZFj0X+GN3/0MzW4fCop3KjtPt&#10;wDeBb5lZzd2HgQeAX5rZm9z9zWZ2ftP92q0v33p+pbu/GLjKzI4BzwFPAT9394fN7MfAk+5+jFh9&#10;VOHRRaddMO2En48ePWq33XZb6eqrr1523nnnLVu+fHlvkiQ9SZIUe3t7e4vFYg9Amqa1sbGxsXq9&#10;Xq9Wq7WRkZGxHTt2HH/ooYfGH3jggbRSqTTiepu/BMuuJ3d9t3w5PZV243vSbQcPHrR169YV77jj&#10;jtKmTZv6Vq9eXS6VSuWenp4kSZIkjnNSKBQKaZrWKpXKeJqmab1eb9Tr9dozzzxzfNu2bce3bt1a&#10;3bZtW5oLAbT64rHVl8XdNN5TzldO3I/sukbu5/zYLLT9brU/mUKL5Qu035eZ7Ffbudm0TLdpngvN&#10;180lKAonHpNW49Pu+CzEuddKu+caTO5b88/edL+F+lxbiFr+00ary+5Of39/cfPmzaWNGzcuGxgY&#10;KPf39y8rFotJkiTFcrlcTpKkZGZWr9fTarVaqVarNXdvpGlaO3LkyNjQ0FD1kUceGbvvvvuqTAYg&#10;W1UAaz6O2W2LkQGF9773vT233HLLqvXr1w/09vb2VavV8X379g3dc889w5/85CdrhPmejVk3yIdF&#10;Wz2vW71WzpepXqenCjMuhteUqUJlJ70v79mzx6677rrk+uuvL1966aXl1atX9/X19ZVKpVJSLBaL&#10;5XK5N0mSHoB6vV6rVCqVWq2WpmlaHx0dHR8eHh7bvn175atf/Wpl165dKZ19RuwWU31+ap7T+fer&#10;/DLNv490g1bvG+0+x+Wvy/+TR6vfw041Awp33nlnecuWLWvPPvvs1aVSaRlAmqbV3bt3P3PXXXcN&#10;Pfjgg3VCx5NsO7r9ed58TJo/O+WXaeSWm49jcrrk99U2b96cvOMd71izYcOGc0ql0rJarTa+c+fO&#10;Z+++++7D99xzT/Y6lP0jhoiIiIiIiIiIiHSZ/wcAAP//7L15lB3Vfe/7/e1d05nHnlut7lZLPalb&#10;Lak1zxISYhQ4GAOSkY2NbZw4XCf28nWc5MVJVnLt95af49wkTuzrYMcQG/zAYLCZDRgJhAEhoQkh&#10;oXnqlrqlns5c+/1RVafrlE5LLYHQEa7PWr26+5xTVXvv2lOd33d/95UoIPhIYdum3hIu5MUwToGf&#10;KRYNArgGwN8BaMSFCzgFgNdhbJWuwHC/DAF4AcB9AN6AIVRlAKoA3CuE+GMiGu929y6jWPfyCQB/&#10;DOCwoQkWgFG+MV3Xr2eM/SWABvOYCy5fIYRVV6zgdxaGo+k2AL8F8BKAPTC3rjcdSl2uXMYKLpLH&#10;42Ef//jH5Xnz5nkrKys9oVBI8/l8WjAYjPr9/gpVVeOSJMUZY17GmMY5L2OMeU1RymA2m+0RQqR1&#10;XR9Kp9M9IyMjx4aGhk4NDg4OjoyMJJPJZOr48eOJ1157LXH//fenR0ZG7OK9j4or3ZjlC4AkSWJf&#10;/OIXlba2Nq2yslLTNE3xeDyy1+v1hsPhuM/nq5QkKSzLcpiIvETkkWU5SkQ+IuK6ricymUwPgKQQ&#10;IqPr+lAqlTo2NDR0bGRk5PSIQSqVSqV6e3tTO3fuHHn55ZfTL7/8cg5ni0ivtPLOB8EbGxv53/7t&#10;33rr6uoCmqYp6XSaZbPZAhdWwHBdNR2M0jt27Bh84oknEs8880xueHjYLpAqFfL15JZbbpE+8YlP&#10;BGpqanxCCNnM21n9uyRJgnOup1Kp5Ouvvz74ve99L3Hw4MHx5i1/vQULFrDbbrtNa2trC6iqquZy&#10;OQ4Ycwy7i9mVhOWmZqFpGoQQ6d7e3uGf/exnQw888IA9UD3eesAA0Oc+9zn5mmuu8VVUVPiEEHIm&#10;k3G2ewEAiqJACJEbGBgY2bJly9BPf/rT1LZt26zAeCnVvWIQjLbGvva1r2mtra1Bq27ouo5sNluw&#10;EIUxBkVRdCFE5ujRo0O//OUvhx955JHs4OCgc7GASyHnWrxBLS0tbMWKFfK0adM85eXlms/nUyRJ&#10;kgOBgC8YDEZ9Pl9cluWYJEkxxpjHHJujjDE/EUm6rid1Xe/XdX1Q1/WsrutDmUzmZCaT6RsaGjo5&#10;MDDQn0wmE4lEIjM4OJg6evRo4s0330w+/vjjmZMnT9rr6ViLED4KEAAqLy9nK1eulL/0pS9VNTY2&#10;zvL7/fMYY9VCiN6RkZFN+/bt2/jDH/7w2E9+8pOUOX+5UtoxAFBdXR279957tWnTpvl9Pp8HADed&#10;3/NY7XpcJy5ckHhRieOcCyJCLpcTuq6LdDqdGxoaygwMDKTfeuut9MaNGzObN292OtFdifMXO9YY&#10;MaaId/78+XzZsmVyc3OzJxaLecx2r/j9fr/P54t4vd64oijlkiSFiEgjIsWcnwdhPNoNZ7PZPiHE&#10;iK7r6VwudzKdTveNjIz0Dg4O9g0PDw+lUqm0WdaJt99+O/nUU0+ltmzZUqysUeR3qcEAYP369fKa&#10;NWu8FRUVAcaYnM1myT5/sRxXZVkWjDExMjIysnfv3qF//dd/Tb755ps6RkVrpZpPJ/m6M3nyZP4/&#10;/sf/0Nra2vyqqmoAeDqdtgtE82M251wnoszevXsH/uVf/mV406ZNl8rtkQBQc3Mz+8xnPuO57rrr&#10;JtTU1CxTVXUGY6zcnGOeHhoaem779u0v//jHPz5+//33p9LptHMee6XcD8B2TxYuXMhvueUWra2t&#10;LRAMBrVMJsOc82nzfgjOuchkMukdO3YMPProo4knn3wya/arpfasci4KxKK33nqr8uUvf7myqalp&#10;ns/nm88YqxBCnBwcHHxx165dr/7oRz86ft9992VQOJZeKXl1cXFxcXFxcXFxcXFxcXFxcXFxgesw&#10;etkxg3UCo24MRTGFJhUAPg7gTzEqFr0QhBAiR0SHABwEcBzA9QBkGNveD8IQG3IAdQD+BMCfEJFs&#10;JfcCr+dilNnVMO7b/xFCnLHEnUKIk4yxX8Bwk/1LAN0w3GKt48Z3gdGIL4dRlziMulIJYAWMberf&#10;APAcgE1CiD0wBKWuePTKwukOh1gsxmpqaqi9vV1ub29XqqqqtPb29vLq6urJfr+/SZblWs55nDEW&#10;IaIAEXmISAMgEZFkCsElAJAkKaMoSgJGX5QRQiQikciwKVLpz+Vyp7LZ7PHh4eE9XV1de+fPn3+i&#10;r68v2d/fn3njjTcyW7duzQ0ODoqBgYFiwdoroZ4VBPw9Hg/Ky8uZpmmsvb2dNzY2ytXV1VIkEtFm&#10;zJhRE4vF6j0eT50syxWmuCfKGAsTkQ+AQkQqjLKVGGOa+TcByCqKkhBCWGK3tN/vH4lEIsMARnRd&#10;P5PNZk/lcrmTiURi34wZM/bOmzfv6G233TZ06tSpzNGjR7MvvvhiZmhoSJw6dUpPJBLFApGlWN75&#10;8u3q6uJf+MIXPEuXLu0MBoOzGGNVACRd189yKmOMAUA2l8udrKur21RdXb1jYGDgzPPPP19q9Ssv&#10;FFm1ahX/4he/GG9ra5vp9/tnAfALIcgpyLGEDwCS2Wz2YG1t7atCiHf//u//PnHmzJnxih4oGo3S&#10;5z//ed+iRYtaIpHIDEmS6gDIup43+7ncY/d4rj9WPvMCCSLSdV0/NTIy8rbH4/n98PBw/7PPPpsZ&#10;Hh4ebxoIAM2ZM0f69Kc/Xd7Y2Djd6/VOJaKoEIIBo4t4zLHR+p1Ip9O7m5qa3vT5fO996UtfStjy&#10;VAp1rxj5/N57773qypUrm2Kx2ALOeR0RacLAEmhbZUxElNV1vb+xsfGNcDj8Zjab7XvggQeuJLHD&#10;h0XRhQX19fUkSRLr6urikydPlsvKyuTa2lrPpEmTysvLyxs9Hk+9LMtlnPMI5zxORCHGmBeAao3N&#10;MMYMFcaiLgKQFUKkhBBpGPchI4RICiGS8Xh8RAhxJpfL9em63pdKpY4ODQ3t7e7u3r9s2bK+np6e&#10;5PHjx7M7d+7MbN26NZfNZsXx48fHcgK7Uu+xVf5s1qxZ8tq1a2MNDQ3zQqHQ7ZzzViIKABhijE1s&#10;aGiQb7/99hdeeOGFw7t27cqh8D6Wcv6prq6OffnLX9ZuuOGGplgs1i3LciMAj9WObRTLx7n64PH2&#10;ZcVc9UbfNOpnKpfLjWSz2VPJZPLErFmzTqxcubLn8OHDw319fVlrvrhv3z5dCCEOHz5cTLBb0vfB&#10;9jcDQPF4nHw+H4VCIdbV1SW1tbXJPp9Prqur8zc2NlZGIpEGr9dbL8tyJWMsYs4T/YwxDwCv+Ywt&#10;AeDmXFExz59RFCVpzhV1IUQCQErX9YQQYlDX9b5cLteXy+V6EonEwWnTpu2dPXv2sSNHjgyfPHky&#10;u2PHjvTu3btzp0+f1g8dOjSWkLBUyjovUrvrrrsiU6ZM6fT7/d1EFAPAbWMVYD72mn+nM5nMvqam&#10;pje8Xu+uP/uzPxs+fvz4lehoSVOnTuWf+9zntNWrVzfHYrE5kiTVAtDMuWPeTdTMOwHI6rp+csKE&#10;CRs5529/5zvfGXrjjTey1ufwAYtGOzo6+FVXXVVeVVW1yOPx3ChJUhsALwAIIUYCgUCsvb1dXbt2&#10;7XPpdPr4s88+mz5x4oQl4L0SnUZJVVW2bt0676pVq6ZEo9FZkiTVA5DNe5LvC8znFAFA5HK543V1&#10;db+LRCK7nnnmmYFsNuvcIaGUybfDYDBI5eXlfO3atdEpU6Zc5fP5rpMkqZOIfEKI4VAoVNfe3u67&#10;5pprfvXKK6+cfuedd4Ar9167uLi4uLi4uLi4uLi4uLi4uLj8QeMKRkscM0YgwXD7/BSAzwCYgLMd&#10;jcYFEWUA7IXhNpkEcMy6FBFZwtQqAJ8G8EkhhGwFaN5XRv6wcH5JLgO4E8DbAF4SQqTMgI8QQgwC&#10;eBGGqPNPYQh4I7A5iVwgedcbm/ClDMBqAMsAvAdgAwxH2Y1CiMNElB3jXC6lw1lBagB0+vRpqqqq&#10;kj75yU9WtLW1TQ0EAi2KojTJsjyRc14FIMoYCxCRSkRSkfOdJdBzvi6EyAohErquDwE47fV6j0Wj&#10;0cOTJk3an0gk3jtz5syBQCCw69lnnz2dy+Ws9AGjW/OVsuNIsX6UAaBkMomjR48SAPaP//iPZe3t&#10;7Q2hUGiSqqoTFUWZyDmv5pyXAQiZTnA+IlLGOH+xcj6rPIQQOSFEQlGUYSHEgNfr7QmHw8cmTpx4&#10;KJVKvTc8PHzwwIEDe1966aVDx48fz5guN1YZl6oQwA4BoDVr1igrVqyYFA6HV6uquhpAFIbQfSx0&#10;AH2yLNd3dXU9vHLlyleff/55y3HVOm8p5JcA0OLFi7WOjo75fr//JkmSugF4znNMWlXVowC0VatW&#10;jbz22msHHnroIadjT7HjEA6HsXDhQmnmzJnVZWVlNymKspiIKmCIwi/aNe6DgoyB7lzvW2ks+iHH&#10;8QLAgCzLk9ra2pKf/exnN2/fvv3Mnj177NufnpNly5ax9evXexsaGjpDodAnOOcdMFzW85cscp6U&#10;oiiHFEWpmDt37s9XrVp19Omnn84V+VypkO/PrrnmGrZy5cqaWCy2zOPx3ExEtTDmJOfq+wc559Xt&#10;7e3Zm266adMDDzwwZHvvD51zOVDj8OHDNHfuXP6xj30sOn369EnRaHSKqqp15uKNGsZYORGFiMjL&#10;GPPDWFzgPGcxipa9EEIHkNF1fUgIMaRpWr/f7z9eVlZ2uKWl5VAikdjf29u7+9lnnz3wwgsvnEmn&#10;09bckqNQNHqlijwKFnpMnTpVbmpqmuT1ehdKktTNGIvBGNMjkiT5fD5feuLEiUfnzp3bs3///lQy&#10;mQSMcijlrXQJAD772c/Kq1evrisrK1vp8XhuIKJqjIoLz9eX0sWOB1b1FI6DrXprCflMYWMWQFLX&#10;9aFgMHgmFov1NTQ0HEulUvtTqdSxEydOvOfxeA5u3rx5yFzs4txavJTrX1EH4b6+Ppw+fZrKy8ul&#10;O++8s7qpqWmKx+Op1TStQZKkOs55Jefcavc+26Itdo5rnLMczHn5sK7rwwDOeDyek6FQ6Ig5Vzxw&#10;5syZPTt37tz7/e9/v3fnzp1p27mdzqOl0OYJAE2ZMoX27dtHDQ0NjeFw+EZJkhbCeB529on2/7OK&#10;ovRIklTR3d09/NWvfvW9P//zP0+hdPI2HggArV69Wl66dOmEeDy+3Ov13gygDLb2XeQYHcAZSZKq&#10;ly5dKm3atOmVN954w+rLPsj+jADA5/Mxj8cTliSpiXPeZC70AozvGwKyLHv8fj9NnTpVv+WWW55+&#10;6623ek+cOGEtjAOujHsB2Np2eXk5nzNnTnlZWdlqTdNWw/h+zFr8VwwB4BTnvLyzs/OniqJsy2az&#10;DFeGk7UFAUAoFGLr16/3tra2Nnq93pWyLM81x1MIIcKMsbDH4+ltb2/fdtNNN+361re+NYyxn0dd&#10;XFxcXFxcXFxcXFxcXFxcXFxcShhXMFrCmLE5BcBkAF8UQtxqum0AFyEmNIN6IwB2AkgAQBGHSS+M&#10;Le/XA4i5YtELxirPjBCCWwFBIUQzEa2FIdh8z/qc5S4nhNgK4H/BEI7eCSCGixeNAsBRItoOoB1G&#10;gIOEECoRtQohmojoagDPA/iGEOKY6zRa0hQEqTVNI1VV+dVXX63cfffdFQ0NDQ3hcLjT6/XOkWW5&#10;gzFWTURe23F257yxzj3m66YIUuGcBwFUcc6bhRAZVVVPeDyePYFA4N0777zzjRtuuGFPb2/viQ0b&#10;NvQ+8cQTiS1btuSEEGJ4eLjUXbys4Bjpus68Xi9ra2vjt99+e6Czs7MsGo1Wh8PhZo/H06EoSivn&#10;vIGIIma55Mv4PGKMYuV81mtExIhIFkIEAFRwzptkWc7pun5GVdX9Xq93XyAQ2P7rX//67f7+/sP7&#10;9+/vefrpp08/9thj6UQioWcyGX1oaKhYIkqpzKmiokIOh8Mtsix3c87bYAjYzkcZAI/P59sZj8ff&#10;hLHgoVSCkwQAtbW1GB4epqqqKtXj8cySZXmhGVS33J/HRAhRrmnakXg8/s6cOXOOmoLR/LnHOJ6E&#10;EKytrU32+/1ViqIskCRpOozyLJVxe7z3ZrxCuUoAWa/X+3Z5efl7sVhsYM+ePecT2eT70PLycj5p&#10;0qSQx+NpkWV5PhHVYFS0NBYCQK0QYigSiTw/bdq0XlMwWvIuo7IsS8FgsEpRlA7OeRsRhcdxXA7A&#10;gKqq2/1+/1sAhnFlCXAuNQTDfYwkSSJVVWnGjBnyunXrAi0tLeXRaLQqFAo1eb3eTkVR2jnn9Yyx&#10;KArbJVliaFOId772WvR9c45puVjHAEyUJEkXQiRUVe3xeDz7AoHA22vXrt169dVX7z1+/PiJl19+&#10;+eR//Md/JBKJBGWzWT2RSAhzsceVeo8JAM2aNYvPnDkzFI1Gu1RV7SaioBDCWojAiCgiSdJ0v9/f&#10;fN11123bvHnzSXP77rzgF6Wbd1ZdXa2EQqGJqqrO5pzPNF3Mi1GsrnwQ+Rr3PI5zbn0mp+v6oKZp&#10;B3RdPxwIBHb9yZ/8ybY77rhj7759+448//zzZ37xi1+kTp48mRNCiGQy6RQxlwIFc3DOOfn9fgLA&#10;brvtNmXlypWh+vr6sng8XhsMBqdqmtbJOW/gnNcxxiIYFZiRXRx+nnZ/zv7AnH/KnPMQgGrOuYDh&#10;OHla07SDXq93Zzgc3trR0fHuqVOnjuzdu/fEww8/fOaFF17I6LquDw0NiSLu9Je1vLPZLAEgj8dT&#10;I0nSHM75ZADaONJVoyjKqUAg8GpjY+NRAGmMCipLnXzdqqmpkeLxeJ2qqjM45504f94Jxm4iut/v&#10;319RUfE6jLzbz/t+72k+fclkknRd52a/w2HMPy3LVwlARFGUmaFQKD1z5syBv/qrv9r4F3/xFycP&#10;HDggcrlcKbbrc+LxeNiyZct4MBgsUxRlDud8Bsb3rFKuqmouEAg8J8vy9kmTJmHv3r2XOrkfJASA&#10;qqqq+NKlSyui0ehsSZLaGWN5J35z7hKQJKm9srJyzoIFC44BGDGPtQSywBVyr11cXFxcXFxcXFxc&#10;XFxcXFxcXP7QcQWjJYopPJIBtAH4nwBuNF1JgIsTglhf2p6EIRjNFpoaAeYXwU0APg+gFoVBVJfx&#10;QUIIQUQJs3yDAGAGWFYD+D2AHwMYchyXAbAbwPeEEGcAfBWAz9oW9wLTkAOwFcB3YYisPgNgjrn9&#10;OGDUq1ohxEoi+n8AHIf7pX6pYg9UM4/HQ+3t7dK6det8S5Ysqa+trV3g9/uXyLLcQURRUygqY9Tl&#10;c/REpqDR2e7Pc227qVTedYWIOIAaVVVjiqJ0apq2JBQK7aysrHyjrq5u6+LFi/e9/vrrvQ8++ODQ&#10;xo0bAaN+lcpWdU43UQBgiqLQqlWrlDVr1oQaGxsrKioqmgKBQJeqqh2SJE1ijMUBeOzB0mLnHqN8&#10;7U6YY2LfdtL2WcYYixCRT5KkJlVV5/r9/kPxeHxLTU3NlpaWlh3XXnvt4VdeeeXML37xi+S7775r&#10;OR+WkotUgeBCkiTJzJMfo4659s/ZsdyvJXMrRG82mx2r/C8nlMlkyHR95aabWICImHlbi7mJGQca&#10;dUYiojJZlmOKouQFJjiPINbv91M8HpfM+YEXgGxz5SyFMhpPGs7VPuzidZjjq4eIIoqiaLIsO90Z&#10;zyka1TSN+Xw+HwxXUc28P+eb6wjTpTnAGPNWVFRY96cUxMrFsJz7KJ1OA4AKQ3zCzfyeb14hYCxW&#10;UtPptCW4u9x9yOXE6SwIAMzv97MbbrhBXrFiRaC1tbWyqqqq2e/3T1cUpV2SpCbTjUszxV1nuZJZ&#10;3b0p+nS2AacD7FgOo/bP2MWoPs75BMZYuaIoHZqmLQ0Ggzuqqqrebmho2LJgwYI9mzZt6v/Nb36T&#10;+P3vf5/N5XL28SJ/+nGX0OWhwOlx2bJlWnt7e72madNNsZni+CwnoqCqqq0dHR2TVq5cObhly5Yc&#10;Rt3QS1Fglq8zmqZxzrnlZs5sY8sFneeDTtd5YIyxMGPMK4RoUhRlltfrPRoKhbaUlZW9MWnSpG2L&#10;Fy8+8POf/7zv8ccft8RupeQ4Ss6f8vJyfscdd6hz5swJNDc315SXl7d6vd5OTdO6OOf15tivwqh/&#10;9v6zYFGROVkcS9jnbPMFQlPb+G6/D5wxFmOMBSRJmqRp2qJAIPBeLBbbXlNTs7mlpWXnJz7xiWMv&#10;vfTSmYceeih15MgRa07urPeXo8wpk8lYZaSazzL2PnMswbwQQjAhhMYY80mSdC6n+lKFACAQCEhE&#10;FITxvQE/3zzOnA8xIgoSUSCTyeR3n8AluIepVIoAFHWMt+1oEpZleXosFhuePXt28hvf+MZr//RP&#10;/9S/detWoLCuXe52PRb5sq6trUU8HpdgzJ28RKSMY14tiEgiIr+u66oQArquW8eUwrPYucj3cdFo&#10;lE+dOlWuqalp8Hq9Sxhj5Sh8hiEA4JzXe73e+XV1dZtWr1596sknn0yjtMdTFxcXFxcXFxcXFxcX&#10;FxcXFxcXlyK4gtESxLYNfQeArwG4EUbAH7gw8UXB501Ryh4AB+H4Ite8phfATQC6cGWLRY09GYuL&#10;4z7oPJ0V5BvdpVH0mCJNy5GiHIZ76BtCiN8TUc52EADkhBAHiehfAPQA+AYMd1C7oGo8cAArzKDb&#10;fwD4hq7rExljCwBMJ6JyACki+jmAI0Tkfqlf2hAMdyw2c+ZMfuuttwZWrlzZVltb+0eqqi4wHS99&#10;RMQttxcgX6cK6o1VN52vFyEvNLQbIsEWLCQiGYazmZ+IopzzakVRZvj9/oPhcPi3ZWVlLwYCgV3h&#10;cHhwz5492d27dwOXf1s+p/CH/H4/a2lp4Y2NjfLHP/7x+IwZM2ZGIpHlqqrOYIxVmsF/j+mgkw/6&#10;W8FcM2BtvTZW3zOm249tO1en2lTYgrCSeX2PECJERGWmeHSJ3+/fEo1GXygvL3/d5/Mdfvjhh0fe&#10;fffd3ODgoH1bylIIVNrrJgkhJDgCkEXUtgKAJXCD+TdLJpN2AYd17ssehDWDw6TrOsHohwuErWOo&#10;ie1CMQmAnE6nnX3+WPkjxhh0XWemkx6D2UaLLAgp2idcRsYSwxgvjG6DnG8fdnEcEfFcLke2ujCe&#10;+0+MMeRyufy9sV1vrHIRNkEp03WdMTam9rdUyOclnU5TLpezRLEFokRnnh1bTpMQwqrLJdG+LhNn&#10;jRkTJkxg5eXlUnd3t7xmzZqy9vb2rmg0ulRRlJmc8wmmUNwDxzOWY9FGfkwwRdCAUeZ29/n8a2O0&#10;XVHsHpr9K8HY7l4B4JckKcI5r1NVda7P53snEon8rqKi4sVIJLKPMTa4f//+7OHDh61x/3KP0xcK&#10;A8Da29sDZWVlnbIsTyYiH0znbxSKdXyqqs4uKyvbM3v27PfKy8uTPT095xLrlgIEgEwHRm4K5Ebf&#10;NDJ5MYvLLiXCNk/iMBbbeMy2EWWM1SmKMtfv928Oh8PPKoqywefz9b788supd955R4ex8K3gfB9i&#10;2p1jLwNA8XicKisr+Zo1a7yrV6+ubmxsnB4MBhdqmjaTiCoYYyEi0szFl8Xm3vb6VTDXy/9ROA8s&#10;EIlaL9v7Bvv75p8SjMUnXjM95ZIktWuatjgQCGyJx+O/DYVCv89kMsd37NiRfuWVV7LJZLIgDc40&#10;fVjkcjky6zaDOTc0+8yCuaHVx+HsOQTL5XLOBUil1pbHgkxBpgTbvNG2mGCssZpgzouz2az1/yUR&#10;hyuKglwud9ZOCta9MOsuZ4xVKIqysLy8fGTJkiXpnTt3bmKMjbz11lulvtuEHWsMJV3XrfrobNNF&#10;n9fMf5j5Q6Z7d6lTMM9pa2tjixYtCvp8vgZZltvIcOu2smyfkwQlSZoUj8eb161bd2jTpk2n+vv7&#10;7a7dpXyPXVxcXFxcXFxcXFxcXFxcXFxcXExcwWiJYX5BrQGYDuDPAFyHCxeL5mBsS+aBTeRlChRf&#10;BnCGzt6CnGAIRlfgHE5oVwgCxtZYfUIInYj8QoigKXD7IIOqljgsbQZ17O1JIaIzQog+ABW2uMJ0&#10;AHcDOCKEOEusaYrP+gA8ACAL4F4ALRjb0XAsZADLAEwC8CvG2G8A/L/meyoMR9NeAIMXcE6XDw97&#10;8Ib5fD6aPHky/5u/+Zuatra2eeFw+BpZlmdzzmuISHWIqeyBrLGEguMN4hRzOXMGLmEKGiMAwkRU&#10;4ff746qqtt18882/nz9//oZXX3313W9/+9uDO3fuLAX3MgLANE2jSCTCVqxYIa9fv75y8uTJU8Ph&#10;8CxVVaebAbJKxpi17bxDSzUq7EGRMimiPTufOxxsfXK+nIsI5axt6z0wHG/KGGNxSZIa/H7/3Pr6&#10;+ldWrlz5+s9//vODv/rVr5KHDh3KJpNJp4PU5Q7gUSaTIVu+LqRuCodjj/X7cucJgCF4AAArfyh0&#10;eLX+z2MTh+TvvRCC2fI3rqCrEAK2LaUL3rL+KCJYKTWcQjnY/7faAkyBna7ryOVyZBNvnquc8ic1&#10;t1WFTQh5Vhoc5yNb22TWORzHlkwdRJH+2dl52d8uOLCIyNh0nnSev1Ty+mFhjRksFovR7Nmzlc99&#10;7nMVra2tHcFgcJamadMlSWphjFWRuU24Jaiwif4LFhLYRE9W/Soq4rW95nT/tNLlvId5wbitDyIi&#10;UogoDiBKRHHOeW1TU1N7ZWXlxtmzZ7/68MMPH3juueeS27dvz42MjACl4Tp4LvL9YywWY+vXr/dM&#10;mzZtgs/nm2MuomHOMcYsWolzPlHTtI7W1tZX161bN/Cd73xnBKPb6JbsAqpsNgtd1/N5Mp8XSk6A&#10;VWTxCzD6vEQANM65BiBGRNFoNFq1YMGCKc3NzS+99tpr2/7u7/6u78CBAxgZGbGeZz/MBS/2dDMA&#10;UBSFmpqa+MqVK9Ubb7yxsrm5eXowGJyrKEqn6T5faQqzzxLdAwX9qiWqE/a+oODio4u6zsK5mML2&#10;OasfsX9GCCE4Y8wHwM8YK2OMVUqSVD9r1qwZra2tv9+3b99bP/7xjw89+eSTqZ6eHj2dTuu6rpdC&#10;HTpLMIvzzAsBiFwuZxfnXXHjVDKZJCGE9WxxQc9sQgjLAXTcx1woiUTCar9nXccazsz6J3POK1RV&#10;XVJeXp6+++67dUmSXtu/f//IwMAAdF23C0dL9h7t378fAKy5Yh7HIgQABYsIdesztgVkpSbmHwsC&#10;QJxzam5uVhYuXNjm8/lmcc5jZOwqkl8YaRNyc8ZYdTgcXtzW1rY7HA73DwwMsJzREK+4Nuji4uLi&#10;4uLi4uLi4uLi4uLi4vKHiisYLSHML9o9AOYJIf6SiOZhdEvF8YpFBYC9ADYBWANjazPry929RPQc&#10;gOQYx2bNYzvM4ywu9otuu1DJUnVc8i/NzWDLSSLaBeAMgAwRVQFYiMItKj8QiCgBQ3xZj9E2pQJQ&#10;ieggjG3hrfxLAD4GYAuAHwshzhQRyAghxCCAR2AIf+8VQnSN4TBVNEnWeQDUAbgLwAIAzwH4NYDt&#10;AE4DSBcLWLpcdgqcPgDQ7bffrt56660VHR0dy4LB4BpFUeabDlqSTXhiF6ScJT58H+mxB+vt4hZ7&#10;sCwf4CQijXPezBibIEnSZFmWK1esWPHrWCy29cYbbzyDyxNAsovvSNM0tnjxYum2224LzJs3r6ms&#10;rGy2z+dbKEnSNMZYBRnbe9tFoU53uIKAvyUAMN84l7tjYaJsrxX5TF7kYhMB2MWrOgAyhQAxSZJa&#10;OOdNLS0tTffee+8rS5cufftHP/pR7y9/+cuMme9SEI0SkHeSyoupxvqc3VXL+R5KNBDpEPAUI/++&#10;c+GGJfw0naIu6vIoLioruO4Y/3/YWAKignKw3fNi/db7mYvYVTtj1aFi13PeI6cWqtSC4lZe7cKO&#10;scrtvAITUwR9uevKh41TNEYA2IIFC6T169eHZ82a1VRWVjbL6/XOl2V5mikUVWA4vek4WyB6lhja&#10;UYnGPa8bz+tWeyoyDlliloAkSe2c8wmSJDVomtZwzz33bFi+fPn2f/u3fzvxyCOP2LcGL1kBpQmT&#10;JImWLl0araio6JBluZVzHjPfE44xlkx8kiQ1l5eXz+ju7t6vKEqCiCiVSgElPL7Y3P3OK4y/nFh1&#10;3lnfbSJqaw5DjLEyRVHmmnWxasmSJfGqqqrXfvCDHxx/4IEHUhgV8l4OsSgBYF1dXdLXv/71ss7O&#10;ztZoNDpb07Q5sixPZYyVwVicZ2/39vHgrAUIRcSj9jHFPm8vGBvP8ayWf96z9Td5oaqtvjDGWLmi&#10;KGFJkiYpitLi8XgmffWrX9141VVX7brvvvv6f/e732VMZ3qBwrnEpSz7fMbMhTJ2UXTRzzrnTVcw&#10;BTdVkiSrYeTLXhSZcJicNXexFiw5zv1BlVXRreit90abd77OSZzzCR6PZ3lVVVXujjvuGA6FQru+&#10;+c1vDpqOtpayt9TmT3lqamqQTqfHmkMVzCnNOpl/NrYv9BvHM8HlpuA7h8mTJ/P58+f7w+Fwp6qq&#10;MwBoZh6KOZ0TYyysKMqMioqKpj/90z997wc/+MHAjh07rH6kZO+vi4uLi4uLi4uLi4uLi4uLi4uL&#10;yyiuYLREML9YVgB0A/hrIlqAixNZpmEIA38Ew0VyvRCCE9EIEf0IwC6cvdWfFVgaAPAPAF4EcC2A&#10;JTDEjhcjOLO+IN4JI9jXcYHHn++85Pg7Dxlun9UA4gCyQojTRPQkgHohROMYwaaL+ULfCgx4ABw1&#10;HRjqzdcZgBoALwFoA+AD8gHAkBDiHiLabr6fGSOffQAeheEI+zcAOi8wvdZnPACmAWgGcAOAZwA8&#10;DGCrec+zH6EA3EeBvOBHkiS2aNEi+ZZbbimfOnXqglAo9DFZlucwxoLC2LaxIBDvEKnYxaIO46Oi&#10;gZyz2pQtmC0AkD14aXcxswUJLXERIyK/JEltpsNRsqWl5RSAgSLXvdTYxVNM0zS67bbb1Ntvv718&#10;ypQpU2Ox2HJN0xZxzieT4Q7HbZ+HWQ7Ckd+ztsS0BfYLtgS3C0kLEuXYcnuMdNs/axfYwbr/Jowx&#10;FlIUZY4sy5NkWW7u7u7+VSwWe6O7u/vIP//zPw+fOHECGBX/OAWkHyaUzWbHEgSc91h7ILbUsNL2&#10;ftPnCPyfF9PByP5jbWNqMR7BwXg5nwi9oM+x90+2Y/KfcQrrbG2hmHjTOdZfVAYcLmTnI9/OrXt7&#10;BWxJ/4FwDkH3R5kC8QQAikaj/LrrrlPWrVtX0dLSMi0ajS5XVXUR57yeiDQi4pbz2lgCUZxdjmOK&#10;Kc7Vf4yjzhcIXBxtzxL0CACCMRaWZXkm53ySLMuTFUV54itf+cqmzs7OI/fdd1/iwIEDWYz2JaXU&#10;6ebHc0VRqK2tTaqvr6/0+XzdjLFKGAtpCvoaawJkEzPV+/3+Oc3NzZs+/elPn3nkkUeSPT09H6Y4&#10;8UIQAGBuSX+hxxHOUdcuAc7r5fVujt8E474QEXk45/UejyfEGCtrbW31feELX/id3+8/8qMf/Shp&#10;LqCw5iuXKg/Ods/Ky8vZbbfdpq1evbqss7NzViQSuVZV1cWMsRgZzv7cfnyROZ19HCy8WKGYtmB+&#10;acNeZ8/X9p2iU/sx1vbagohUxliVoihRznmDoij1Ho/n2aqqqs3t7e3H/uu//itx/Phxu9Puh1Z3&#10;bE6OY4kkP9LY2/fYOtGxkSTp/S4OPCfnmZeSvc6bv2WzXS+vq6sbvu6668Tw8PDO7373u8NDQ0PW&#10;YoSSFhWeYz5frCzsz1X5+aolhC5x8ulduXKlMmPGjDqPx9POOa+D+V2x/fkXo3MJAFAZY1V+v3/a&#10;8uXLd+/atWvnjh07LGfokryvLi4uLi4uLi4uLi4uLi4uLi4uLoW4gtESwApg6rreTkRfIcNZ9GId&#10;OQcAvAVDqPltAEEi6gbwOID/BjB0jiBEFsA+AAkAqhCinYjKLvD6dgYBPARDONkxhjDqfKKWYljH&#10;6AAghGAOMQrBcH2RzbL1w3BMPUJEjbYvvC1hzftFJsPBdBeAcpjiUAARAAEAuwFMt+efiCYB+CyA&#10;/UKIfXT21vRWPs8IIZ6C4WD6HQAzYQjaLiQwZBeOThFCTCaiW2AIR38B4C0hRC+AFAD9DzBOV0pY&#10;hc8AUGVlJfvsZz8baW9vnxmNRtfLstzFGPPb6rxxUJFAtc3NyXkNS0By1pazRUQWVsCbiokkzWsX&#10;BMTtgkYiUhhjFYqidAaDwQ0w+iUrMPVhiRfyZTphwgS+aNEi5a677qptbW1dGggEbpEkaQpjLGIK&#10;ABhGNbgF4jWHqJqK9GeWQMcuyhkTS4zlKD+7KLSY+2Fe/GO9b90zIQRjjKlCiHJVVRfHYrGJPp/v&#10;2Ugk8hvO+Y4HH3xwaPPmzVmMbrtbCkKgj2xn8yGIWgmASCQS4JyDc17wplUvHGMj4BChFD3x2ALm&#10;Yq5jThGo7TR5ESg5jnH+XUyEmj+/La15IR5jDEQkbG6s4ypwRVHeV53Tdf2CBb2Xk0wmc8WktQQg&#10;x99UXV0t3X777Z41a9ZUtbS0XBUKhW4yHbTDMJzkmbP/RnGRXqESzCa8MP8fV/11LtRwpNk5bhVs&#10;Z+983Sb2iJtjRoWmaQ3hcPjJiRMn7n7ooYcGn3nmmUw2m7W3zVISgNCECRP4Jz7xiUAkEmlSVXU6&#10;Yyx6LoGeNe5yzkOyLDdXV1fP+PjHP35q27Zth3t6ei6HwHLckLko6EIOwRh5GUOgWHAt++eKYRcy&#10;OkSNxfrxsdJj1UOJiKKKoswLh8P+1tZW77p1657ev3//gaeffjrjTH+R/98P9mdHBoBaW1ulW2+9&#10;1XvjjTfW19XVLfP7/atkWe5kjEUBcNs8b3TC6CiPseZwYyy2gmOcswS158pnfi5tpaPY9XB2WXMA&#10;Hs55naqqobKysjav1/uE1+v9tdfr3fezn/0s8c4771hzRXt6LmV7+EMdp6x7SDZnVXaB7bwUyNcx&#10;W50mADJjrN7n891UV1en33rrrfqRI0e2Pf/88+kDBw4AJS4avYgFYCWZj3FgPS/whQsXhidMmLBQ&#10;luUOGN8b2R+E7Y6p9kUBAY/Hs6yqqupAV1fXQc55yuFOfyWWiYuLi4uLi4uLi4uLi4uLi4uLyx8M&#10;rmC0NJAAtDLG/lwIsRKj9+ViIgbDAE7AcBp9D8CXYThtHoOxTftYbkYMgE8I0UFEtwL4IyKqvojr&#10;508LQ0C5AcZ26DoZzp9OUjAcT70YhwjSDIr1wCijgwBGiKhdCBEqIhq1gpccQBOAzQAayHAC7YEh&#10;jO3G+2wHZrCwhojeBXDUFGRaaWgD8BsAbWS4F1pfsEsAlgO4WQjxf4QQ/WMFiIgoKYR4A8DXAPxP&#10;AIthfIl/MaJRS7xTIYRYR0TXAngNwLMAXgWwWwhxGkCuWF1x+VAgAIjH4+z666/X5syZ0xaNRq+V&#10;JGkqGe60jKjA7HP0QPN1FIrCdPN1HUZb03Vdz+BsZ1sGQ/zMAXDzN7MHs22BQGETnNjTYX89f5wY&#10;jaZ/mME0sv2wxsZGtn79eu/NN988pba2drnP51slSVIXEflxtujHWbb5NBMVbBFaNKDvEIM6RXZk&#10;ntwSGZDtGOsaBa6Ljnvt7OPy5WoeIwOISJLk8Xq9al1dXWzdunVPVVdXb3zwwQdPb9q0KXPy5EnA&#10;3NIelzeQd1HXLiKMKCkkSfog0ne+cwgYwieRy+V0xpjuFDUDeSHaBZXzGAHyAkHAGOktqItFjj3H&#10;JfMCA+vzBaIi2+sCRj+WZozlFEW54PzJsnwhH/8oUdLt5jJjLxsGgHV0dPB77rknuHz58raKiorl&#10;Xq93hemaHRCjDt/29uKss+eao1l1vkBEbS0gKJpAc2x1jBnOBRxOgYZdtGFdw/qstcBBIqIIgKl+&#10;vz/Q0NBQG41Gf1NbW7vR7/f3PvTQQ9ZcoRSs0uzjOlavXi0vXLiwKRQKzeKc18AQ8eYnSDZxS15w&#10;aZahxBir8Pv9M6uqqrbV1dWd2LBhg32b5FLI6/uhoB4Wq1PnEkI553DnvFDhZwvmR4602F+zL4DJ&#10;10PGWFiSpM5AIJBuaWlJfe1rX3s+m80e3rBhA1KpVK7I+d4vBWJRVVXZwoULpdtuuy20YsWKrng8&#10;vkpV1fmSJDURUdCcF+fbudXenIOiQ5ydz6OVfodIlGh0AZCVP/sW987jC85tmx/a+5uxytku+lIZ&#10;Y2WMMZ/f75cnT54cvvPOO59paWl5+9///d/733zzzezAwIC9zC/pfJExlhfKXqprXCHkRcVXEGfN&#10;3ax6xhjzENEEr9e7sra2dujuu+8ejkQiB+6///7kyZMnKWdYvpesaPQiueB56WUi3958Ph+/+eab&#10;laampkpN06ZLkjSRDPd0+2cB2yIwm0he4Zw3eDye1hkzZlRdf/31g48++qj9GfOjdG9dXFxcXFxc&#10;XFxcXFxcXFxcXFw+criC0cuMGXSeAOBeADeZokJgfGIRYNQpzvp8BsAQDJGYLoQ4CkMsWvTLa8vZ&#10;BcYW7tcDWCuE6ALgKeIUM+5swRCCvgbDXXMSAF04XBFNTgE4BGDOeE5sHj8A4F0hRAMRPQdgGxFd&#10;BaCx2CFmeqYA6Aew0UzbG0KIBUQ0+wLzBhQpRyLyAIgCOEZEk21vlcG4R8cA1DvSFAewlojeBvA8&#10;im9Nb50/JYR4DcC3ACQBXA1Aw4WJRp3nBICoEOJqIpoP415tAPAkgNeFEP1wHUc/TAoEjldddZVy&#10;1113NcTj8UWKosxjjIUw6jxDlhrRKex1CFgEgIyu6wO5XO5YNps9pOt6nxBiWAiRdFxfIiKNMRbm&#10;nFdKklRDRDGzbtv7GOPEhQFNe7Db9hGRFUL0ptPpLadPn7b3Q5c6cGQvSwoGg+zrX/96eNmyZR3x&#10;ePwqr9e7XJKkViLy2IQ/4wpsFRPC2YW0th9dN/YiTAkhBk3BLmCIcTXzR0ahy7E9WG65mJLjfWeb&#10;t7u8WGkgxphGRJM1TQvGYrHgypUrvRMmTHjlJz/5ybH77rsvZR5rjR9XujjmD5ZcLicGBwczuVzu&#10;TC6XO8YYaySiAArrkrM+j7f92UVHVh+Qb+vOOYIodFVztvXxDCTF0qU73k/qut6byWQOJhKJ4UQi&#10;IRzvuxTHHcjHxi6uIgCstbVV+spXvhJesGDBtLKyslUej+cqSZKaYLjvF4iabP1u0fOa47R9sYVz&#10;zLB+53RdH9Z1fbjI+bgpvNFgOOgXE4aROc6Qc9HBmBm3ucERkZ9zPoWI4uFw2NPV1YVPfvKTv925&#10;c2f/tm3bSmGBgR2KRqN86tSp3rKysnZVVbutORIAkLlAzdYfORdaEBGFVFXtiEQiU9asWbPv6aef&#10;Tp86dcoSpJdSXi8G5/wwL0LEpc1Xvm3YxERjbbFtF7NaSmnGOQ8B6AoEAqnW1tahe++9N5lMJns2&#10;btxo3Zv8sR9AWq3fTJZltmTJEvnOO++MLFiwYFZ5efl1iqIs5pzXwhQiW/lyzn1tfxd8xt7Gi8wT&#10;83/rup4DkBRCJIUQWfN1zhjzAdDM+lwwV7TNWa3ytcrQEuydtehiDEG5V5KkNo/HE6ioqAgtXLgw&#10;EAqF3viHf/iHYy+//DIwWuaXVPhVTBB7AXyUxrcrPi/2ema2BVWSpGav13v15MmT07feeuvTkiQd&#10;/P73vz8yMDBgPYO4wsLLB9XW1tIdd9xRVlNTM12W5Sk0ukDVWqhiLbooJg5mAPySJLVNmDCha8mS&#10;JYeffPLJtMfjodOnT7v31MXFxcXFxcXFxcXFxcXFxcXFpcRxBaOXETM4Ug7gHgCfgOGyCYwjWGB+&#10;cXsGhhBxCkYDSUIIkRf50ejW62OhwXDBvBvAjQAqbV8GX1TQwkzbKQCvAOiDIWAdKw0DMESKM2AE&#10;wcdDBYzt1KcD+BiA3wL4CQznzTkwtqC3JUfoAPYDmGHmLQPAZwXgLtTJwwzCnoERRIvCCHQSEUUB&#10;7Bn9CAFGG6uBKRi1hAMmBKAdwOcBvCOEOEiOrekdJGC4gA4DGAFwixBCJtu2pudLepG8WF/+B2Fs&#10;dz8VwCohxP1E9J9mul0+XCgcDrN58+Z5J06cOEvTtMWc8xoiUuxBm2LYA/S6rqeEEH25XO5INpvd&#10;l0gktvX19W0+dOjQwaNHjw4ODw9nAQjGGLLZLKmqymKxmNrQ0FARj8dbAoHAVFmWmxhjcfMnhtF2&#10;UxBAsgsb7UFxXdf70un0m729vS8++OCDB5z5xKUJIpHjh3/rW98KLVu2rLOysvJjqqou55zXAZAt&#10;EbuwubLaytLpllog1qRCZ8+kruvDQogBXdeHYIjSk7qup4UQw7lcrjeXy2UBgDEmMcaCnPMgY8wL&#10;o99TTLGun4hCROQj08nKEgBYYrwiblLOIGteSwxjO8hKVVWXRyKRaHt7u7p+/fqX3n333UMbNmyw&#10;u8a5otHS5LwLR/r6+sTPf/7zzMc+9rGj0Wj0BSLKEFGlEII7jr/QtmZ9ngPwc87LTUEWH6sPMtuS&#10;JYAZEUL05nK5PiKyC7Dej+OQDuBMOp1+raen561XX321v7e31xIauAFpl4vBKb5njY2N0l/91V/F&#10;5s6d21VWVnaDpmnLOOcTYczn7GLMYvXZ6qQBjIqg7GJqs40kdF0fso8ZQoiUOVb06bpeUJ8ZYxLn&#10;PMQYC5kiMoWIVCLyM8aCAPyMMQWjY5JdsOMU6xVb9GTlQWGMlcmyvDgQCAw0NjZuXbRo0eDg4KC1&#10;hfDlpGBsv+6665SZM2fWejyeqZIkTQKgwMgbg0MoZy8E2/3zMsYa/X7/jKlTp+5SVfUUCsfDK7pP&#10;cczFBoS5ewBsAkYHlnjzrNfHuoTtfTLro4+I/EIIySpu29yl2DXJJmqFEIKEEIxzHgUwOxgMnpk2&#10;bVr/mjVrXj169Ojg/v37LeHrBykWJQC0YsUK+Z577imbNm3azHg8fouiKIs453Eikq3q48hDgSAc&#10;jvHasYACQghdCJEQQgwIIQZ1XU/AWACYMdv+oK7rA7qup8zjZM55lDEWNNu2DMMV1ENEAfPHa84V&#10;7duA5+eu+cniaP237kO+nzL7CoVzXq9pmj8ajQamTZumfv3rX9/4ve9978RTTz0FfAii0THq3rgP&#10;/6DSUQJcyXkpqBs2ETMD4FMUZUYwGJQaGhoy11xzzdM7duw49Pjjj9ufRT4qotErIf328ZTF43Gp&#10;oaFhQjAYXMI5nwBj7k+iuIOx1edbcw0BgMuyPCUYDM7t6Oh4paura2jPnj2W+B2241xcXFxcXFxc&#10;XFxcXFxcXFxcXFxKDFcwepkwAyMeANcB+DQAn/nWuIR/5pe32wG8BENwGDHfyxBRehzXJxgC1YUA&#10;/hKG0FIqFvS6QKyA+D4iegtAFsaXzmOlA0S0E0CfEKJinMLNAIAGGFvMXwOgDsAOGKLRX8PYZn4R&#10;gFoAMINpp2EEk1vNcywA8IiZvgtqB+Y352khxCYimi+EiJl5CdiEulaA7hSAHtuxztNJMJxd3wTw&#10;v4UQp8cqA/OcSfOzXwcwCOBOFDqNjhmUNX8PAHgRhui2k4g02+fJPFcrEX0RwC4Aj2I0UOhyaSEA&#10;5Pf72ac+9Sl19uzZ1V6vd7osy81F7hOA/JZ/eXsw831d1/URXdcPJhKJDadPn365p6dn99GjR09t&#10;3759YOPGjck9e/Zkz5w5I3RdB+dG85RlmaqqqtiCBQt6u7u791dUVGwIh8PhUChUFQ6Hu7xe7yxJ&#10;kiZbgkYY29dbwSQrOG13U0tks9kdp0+ffmLHjh17//u//zuFs52VLkkZmn+zrq4ufuedd/pXrVo1&#10;vaKi4iZVVa/inNcSkWoXgjpE13bRhBUUc+4TnNV1PQnDESqh6/qxTCazN5lM7hoZGdk3MjJyKplM&#10;DmUymVQul8smk8l0NpsFAEiSBFmWJUmSuCzLqqZpXk3Tgh6Pp0LTtCZN09o45w2MsQAMp2ePJViw&#10;NKxmIu0uUvb8OwOuEhGFFEXpCoVC1N7ezv76r//62fvvv//Eb3/72/Thw4dhiuo/CkHaksAwlr3k&#10;CACk67rYu3dv7le/+tWJa6+99v+LRqO/k2XZr+s6F0JA13USFyjE0HUduq5TOp0mRVH8kUikNRQK&#10;rVRVdYbZ9osnyOwDdF3P5nK5IwMDA08dO3bsJV3XE5xzXZZlwRiz0j4uiAjWMUSk53K5kcHBwZOv&#10;v/56z0MPPZQ8evSoW2cvDQRT7PURxt53MgBs0aJF0uc///nowoUL50Wj0TWaps1njFWS4QZtP84+&#10;Zth/FwizMDrm5XRdT8EQig7mcrnD2Wx2z8jIyK7BwcH3UqnUmWQyOZxMJhOpVCprtl0jYYyBc06y&#10;LEuKosiKomiapgV9Pl+51+utV1W1RZKkSUKIMlOw5yFjgYm1JbtwzB8KhOQ2UZmRCSLGGPMyxvyy&#10;LKvV1dVMkvLT5Ms+TnDOmSzLbMGCBd6JEyfOUlV1mimesxaAOYUtdgfxvIiXjIx6FUVpj0ajzWvX&#10;rt352GOPDb/zzjtOV9IrsRHYhTyZbDa7Z3Bw8HdCiEEYC4UEEQka+5nLnvdzCkaFAZdlOSLLcp0k&#10;SfWMsSgR+U1BoyxMJ3ec3XaAUZF1fqolhGCMsbCmaYui0eiJ5cuXH3733Xff++EPf5hA8XnOxUAA&#10;mM/nYx0dHdLnPve58u7u7vnRaPR2WZa7GWMRM+0FC6Kc13bOyTAqKhfCcNlPwGj3A7lc7kg6nd6V&#10;SqX2jIyMHB4eHu7PZDKJTCaTymaz2XQ6ndV1XWSzWciyDFVVZUmSZEmSFFVVfV6vN+rxeGo8Hs9k&#10;RVEmE1Et5zwIw4XUC9MJ3DYft7sCFqTNlifrX4kxFldVdVE0GtVmzpyp/vEf//FvQ6HQiUceeQSZ&#10;TMYuGv3AsW1JfyHYRW9XNIqi5B/irnDs7dLurk0AvJzztlAodFNzc/OZz3zmM2ld10+88MILYmRk&#10;BPgICPWvQKihoYFde+213kAgMEGSpFbGWNg2X7CPhwV/2/oZMufqEUmSmhobGyfffffdp7/3ve/1&#10;nzp1yr2nLi4uLi4uLi4uLi4uLi4uLi4uJY4rGL18kBBiAhHdJISwfzF7IfwehuPkdTAEowLGtuun&#10;McaXs2J0C/paADcD+JIQYqItSPG+gxVkuIltAHAERvCqCqNbaTs/ywAMCSGOE1HFeE5vfkHdTUQP&#10;AxgQQoQAdAL4CyL6VwD/N4B9MESV1kWrYbh/tpivxQGEhRAHiGjSRWQzRkRVQojfE9EKjG4R2g8j&#10;4JEiojcB7DXf6wbyQtpjMNw8VfM1CcA9ZGxN/7QQInEu0SiAnBDiCID/RYbT6VoAlTBdlYhoGIaY&#10;VAUQEKMupDDT9jaA/w2gTghxAxHNMMtDtZWvAkNQ/FEIXl0J5Ms5GAzS1VdfHZk0adJcRVE6iSgs&#10;DLdAi7OC7bCJU4QQQ9ls9u2hoaGnjh07tvGtt97ac9999/U///zzWXOLdAEAsVhMJBIJ+P2GIe/g&#10;4CD2799Pr7zyShrASCwW621ubpbWrl373qxZs/ZWVFS86fV6mzRNa1ZVdTrnvB5GHbHqfl5cJIRI&#10;Z7PZPYlE4qV333339ccff7yvt7c3h9Fg4KV2FmVTpkzh99xzT3DlypUzy8rKrldVdZm5tahiE8YU&#10;OC9Z5WoFwMxCtf/oQoiUEKI/m83uTqfTO9Lp9OFUKnV4YGDgeH9/f+++ffv6tm3blnjqqafSO3fu&#10;zDm2zM6jaRrV19ezxYsXSx0dHVpjY6Ovurr6jVAoVOHz+aplWa5WVbVZluVWU+TqMcuaOcSizmCe&#10;9Z5dwMCJKCTL8rRgMJjt6upikiQ9p2na0f/8z/9MZTIZYNRhtJQDe1dEf5TNZi/Itfp9IgDgm9/8&#10;ZvK73/3u0euvv76nsrKS0+iWzJRKpUiSpHHd13Q6TbquY2hoiDKZDFu8eHF4+fLlciAQmAWbC+0Y&#10;CxNg64dGksnkgSeeeGLz1q1bhyRJ0lVV1RVFEZqmCVPIKsYjruWcCzMYLQ4fPpx77LHHMma7yrfL&#10;8eTN5cJxCOU/qjAYY4Z01113RZYsWTI/Go3eqKrqYsZYOUbd7+2LNYo18GKLIbLCcBU8Y44ZO1Op&#10;1L5EInFocHDw+IkTJ05u3769f/PmzckNGzZkdu/erZ+jzCkUCtHs2bP5woULlfb2dv+ECRMikUik&#10;3OfzVWqaVqsoymRVVTtMR1SPOZezO4Wda1GRgHHL07quH8pkMu/29fUNbNq0KXf69GlnHj9s8uN7&#10;KBSipUuXKi0tLXGPxzONc95IRJJd2IfRsdA5V8q7XZrFLEuS1OD3+ztuvvnmN3Vd33fw4MGRRCLB&#10;cOUvlhKmgD+XyWQO7Nu37+n+/v5eWZZziqLkBaOSJNldMgtPMEZVtJ5ZdV1HLmcUk9fr9QYCgYjX&#10;661QVbVa07RWWZY7OOcTTTEjh7kbhn2hE4q0J/N/mTFWoarq3Pr6+gM33nhj/y9+8YvU6dOn349Y&#10;1P6sS4qisKuvvlq+6aabIt3d3bMikcgtplg0jsIt4IHidSovlrKdV9d1PQsgpev6iUwm8046nX4n&#10;lUrtSyaTRwcHB3t6e3tP7tq1a2Dr1q2JzZs3Z7ds2TLmXNHv91NzczNfuHChPG3aNE9jY2MwHo/H&#10;A4FAuaZpVaqqTlAUpVWW5TbGWMyaK9pEunYxeH4RlL388h0DwBljcVmWZ4dCITZ79mxSVfW3hw8f&#10;PrZx40bnWPuB9gWOujbe+/uRGp+semR7Zr9ScT6P5HdL4JwHiGhqJBL5ozlz5pAkSS95vd6eRx99&#10;9Ep6FrnSsfeDrKqqiq9atWqi3+/vYoyV28bTYp/Pv2bVU+v+EpEsSVJtLBab39XVdaSxsXFw+/bt&#10;uVwuV7BI5ZLmzMXFxcXFxcXFxcXFxcXFxcXFxeWCcQWjlw8JQBcMl0fn1rHnxPwSNwNgK4D3ABwC&#10;0G6+3gtDtDgWCowt6O8CcJsQIl7kC+GLxfoSuB/GNvHDMJxTJ+McLqMwxKTj3Y7eukbcFLruJaLp&#10;MILhUQB3AHgHhlg1h9E6XgngFRjb/3nM9Ewjw920AaYryzjTAPP4diJ6HMY9aDbPkYAhENhiCjdv&#10;ABDGaOBRAfA4gFMAroaxrSiEEBUA7gZwAIag85yBaiLKCSEOAfgXGA6mnwUwxfzC/i0AP4URMJxD&#10;RPNhuLBKAEJCiLuIqA7Ao0T0fwFoFULMI6IWAJVENGKW1ZvnS4fLB0KBy5mqqhSLxcJer7dbkqRG&#10;mHXYISp3CgNBRLqu68OZTGbL4ODgYzt37nzupz/96YHnnnsuefz4cV0YLpJ5seapU6cEAJiuLs50&#10;0ODgIL355pv6kSNH+uvr6wfmzZt3YP78+VumTJkyMRqNbvN6vV2KokzlnE8C4KfRbTFzuq6fSqfT&#10;r/b09Lz42GOPHb3//vtTYwXDP2DyopIvfOEL/mXLlrWXlZVdp2naClNAY23ZO3pAoVDhrDRaolIx&#10;6iS6K5VK7RgeHt7R09Oz+8iRIz2bNm068/bbbyd7e3vFqVOn9IGBAb2/v98SUhTNdzabpf379+d6&#10;enoyzzzzTDIYDJ6pqKg4VlNTs2v27Nnetra2aE1NTUM4HG5TVbVdUZQpZn2I0uh29VagzumqZtUN&#10;Sw8rhBCWaLQ7GAzS1KlTc4lE4unnnnvu+N69e53pLMWA3ge2qOFSwxj7sHR2BcKZoaEh/cknn8wQ&#10;UUYIQZxzMMZI1/VxC1h1XYcQgpLJJEmSxDs7O5MwnMvPKcq0xABWWkwxUnZwcDD1+OOPJ4hIlyRJ&#10;55zrpmMostlsXmw0FpzzfEFKkiTS6TSSyaRddO6KRV0uBqtBWHM/9qUvfSmwaNGijkgkcq2qqosY&#10;Y1Wm8Drv1GmOF87GJIBCN1azz83pun40m82+bY4Z23t7e/fs2bPn6Isvvnh67969mZMnT+rHjx/X&#10;h4aGkEqliglOC9I8NDSEV199Nbt9+/Z0KBQaLisr641EIns6Ozu1+fPnR+vr6+tisVi7x+NpkySp&#10;SZblVlNEJgGwO73pltDN0VmldV0/mEwmX+jr6/vd66+/3v/MM8/kUqnU+yjqDxRWXl7O1q5dG2ls&#10;bJymKEozYyxijm92IftYHZ6zn2JEFFEUZWp9fX1XV1dXryRJCfOzl91N9f1ilYeu60PvvPPOwW9/&#10;+9vHAGQVRRFerzeXy+Xg8Xgsd8dxo+s6AUAqlUI2myXGGFRVpVAoxDo7O9W5c+dGJ02a1BCNRju8&#10;Xu9sRVGmM8ZqyHTLB2Cfu5wlQrK1N4VzPtnn882rq6t7fc2aNf0//vGPkxidy74f4SibNGkSv/76&#10;60OLFi2aE4/H1yiKMtd0R7UGcWux41mutXahqDUHMxnJ5XIHstns7mQyuW1gYGBbT0/Pe7t37z7+&#10;9NNPD508eTJz6tQp/dixYyKZTIpEIoF0Op0/r5NMJkM7duzIHThwIP3YY4+N1NTU9IdCoYO1tbVy&#10;d3e3r7Ozs7yysnJSIBBoty0ymkhEIRgLjPLptwmD7WVndx8lIQSZotE5oVAo09ra2v+pT31qeOPG&#10;jZZq/JJsHW7ecwAfeWfr8zKWgLuEGE/iClwoLcz6FZZl+f9n70yDo7jOfv9/Tvf0zGhmtO8SlkBC&#10;IGyIhdnMjkDkFdjGCzg3dvLevImTVN3kg31z603lQ6oSJ06uK37jeIuTsh0bL+G1LzaOsbHBGIMt&#10;AzGIRQgJSYAkEKBB+zbSzPT0uR+6e9QzSIAEAkHOr0o1ML1M9+nT55zu53/+z9z4+Hg+c+ZMrbe3&#10;9/Pa2trWiooK1VhNiEbHHnMCBps7d64jMzOz0OFwzCaiWBgTkIHhJ4dZ9sGt9y4RpTocjgVpaWmH&#10;Vq1adWb37t3q+fPnx2qiqEAgEAgEAoFAIBAIBAKBQCC4CgjB6PXDZQgdU0e6ofHithdALYA2zvlZ&#10;0l09AaAaulDzgheznHMbgCIA/xu6WDH2EoHV0fJPAJXQxYYe6ALV4SDo9TDmEvu0pjcznZKmQ09L&#10;XwBdsAbOeRYRLQSwDbqQMhMAOOcuI1DZRESTjRfgkwAcgl6WsSM4PzNI5uScTyOifQAmQX/B3sY5&#10;30l6KvoV0J1fybJNBud8ARH9nXPuJqLF0N3/mPH9WgDnAHgv4zhCAJoArIcuGv4pEc0FkARdMLuT&#10;iDYDuBO6C+kK6Cnn0wGsg+56+mcA/4+IthvbJUMX1Z6BLmoVL/jHngjXomXLlikejydJluUc6PXH&#10;mmLygtRwpthD0zS/qqp1PT09Hx86dGjr+vXrm3bs2OE/e/bscM6e0dc2IiBuBLBZY2MjGhsbtRMn&#10;ToS2bt3qLywsbC0pKambN2/egdTU1DtjYmLulGV5ihFklzVN61JVdX93d/fnO3furNqxY4e/t7dX&#10;w9gKu8JC0dzcXOnee+91rlixIj81NfWbDodjqeGGagPC6ThNZ5QIZ9FoAabhgOjXNO2cqqrHBwYG&#10;Krq6uvbW1tZWbdu27Xx1dXWgt7c31NjYqJ05c4YHg8FLlXEYVVWhqioGBgaovb09fB4ejydUXl4e&#10;SExM7C4sLDyzZMmSI9OmTctNT0+/3eVyzbHZbLdJkpRFRLGGCwxZ2vFo0Wg43SgGnUZjFUWZHRsb&#10;G5wxY0bHL37xi7Lf/OY37U1NTTwUCo2Ze9RVYLwdz3ghXI9DoRBva2uz9jejISyki4uLI4fDoUmS&#10;pEUtu9Sx6DtgjCuKotlsNq29vT2EyAkIozm+8S5qFtwYRLhr3XLLLdKPf/xj1/Lly6ekpKSsstvt&#10;C0yxqNF2WvsLk3D9s/bNRv8SCIVCLaFQqCkQCBxsb2/fWVtbW/H555+3VFVVBU6fPh1qbW0NNTY2&#10;Wl1yI/Y5HKFQCD09Pejp6aGzZ8+iurqaAFBlZaW6fft23+TJk73Lli2rmjFjRlZmZuZ0t9u9WFGU&#10;QkmSsg3hqM0ixjJFo6boY0DTtNMDAwOft7S0fLRr167DL7zwgs8Qsl7P+y2iT8vKypLy8vIyEhIS&#10;FsmyPBGGA2xUv36pfQ1+QaTIspzvdrtnT548+VBpaWnnpk2btGAwGCEQvNEwBbQwxj2SJIW6urpU&#10;r9er+v3+sRiTUXZ2Ng4dOhTcsWNH/8SJE72rVq06Nnv27GOpqannHA7HIgATicgNQLKI4qLHLoDF&#10;ldAQlxVmZGQUrVu3rvnNN988azjWXYlYlBwOB/ve977nWrx48YzU1NS7FUVZYo5jLUJW65gb5nGa&#10;x26MvzkRacakouZgMFjX39+/r6OjY39NTU3tRx991FJbWxs4depUKBAI8Pr6+hE5dZpi7f7+fmpt&#10;bUV9fb0GAGlpaWp5ebk/MTGxa+LEiY0rVqwonz59en5qauoch8Mx22azTWGMZTLGXJbyNp0eLxCB&#10;0aD7MAFgjLFEm812R0JCQsuiRYs6//jHPx559dVXeyorK4OWMeUNL6oep4xrtegIMJ9PuKWfIf22&#10;ZgmKosxPSEhQ77zzzr6f//zn//z973/feuzYMaiqKsZ6Y4s5rmEPPPCA8sADD2S73e4ZNpttsvGu&#10;LHy9KLqhGGJfZr9rtB8eWZYnx8bGFs2aNet4Xl5ez/nz50O4UKAuEAgEAoFAIBAIBAKBQCAQCMYJ&#10;QjB6/UiAnkb9Ase7y6QZuqiwj4jOAAgQUR2A94zvIlbmetrzQgC/B7AAF6bYvGKMF8V+AO9DFxsS&#10;dMHmxOE2AeCHLoizX8LFANDdO48ByAGQCF3cqEAXS06F/tLazjmfRUQfAfiKc76OiGC4RBWQ7iia&#10;b7wAt3PdpbSBcz5jhG4eZsAwD8CnAFqhp3Sv55yfI6L/BJACixDQOD4GYDmA7UT0N+jizUJjYRx0&#10;h9QDnPPNpLvIDn8AerBSM377A6NsfgrgXgD/BuBLo2y8AA5omvYAY+wH0K+H3Siz/wRwGMBu6Nes&#10;1tj9kAFFwZhCAKi4uNgdGxubZQSulfDCSCFEdHA9xDlv7+vr23ny5MkvPvzww7ObNm0a6Ovrs4pF&#10;gUsHaaKXm0Eeampq4k1NTaHa2lq1pqYm2NLS4pszZ8653NzcQwkJCXMVRSlgjDlUVT3X3d29o6am&#10;5sCmTZt6Dh48qI7wGEZKWCyakpLCiouL7d/+9rdzs7Ozl8XExCxnjOUQkWJ1HqML0z2Gg1gWIUBQ&#10;07TOUCjU6PP5dnV0dHx16tSpuqqqqvZdu3b1vv/++wFDSHOxc7ucc412dkVFRYUGgPbs2aPW1NQE&#10;i4uL+2677bbT+fn5FWlpabNcLtdCm812K2MsgzHmjA7eRwsdLME80zHLbbPZZiQlJd29aNGizp/+&#10;9KcHX3311Z6qqqrrLQwSjI7o4PpoG+6IeqRpGo+JieGmIyguUjdMIXb0Ojabjbe3t1vvk6vVDoh6&#10;KrgSwu5a3/rWtxxr1qwpyMjIWOl0OksYY9lRYvxorP1FWBADIKRpWr/h0Lm7q6vry6ampqPHjh1r&#10;3rlzZ89rr70WMNaLdk8bqTgm+j6jEydOaCdOnKA9e/aoFRUVgdWrV/uKioq8BQUF1ampqdM9Hs8C&#10;RVFmG0JYl/FMYE6UMF0RT/j9/l1er/fD3bt3V7755ps9tbW10WOI64XZz7PVq1fHJCUl5SiKcjsR&#10;mePs6DHSxXdmXjR9XCAxxtIURbktIyNjcmlpqXfr1q1tXV1dV+pieV2JcrwlRVE49HbdFIteTRc/&#10;AoCmpiYA0BoaGkJlZWXq8ePHW7/zne/snzNnTmtubm6zx+P5ps1mm05EcYYge6jrFnYmNI5dZoxl&#10;x8bGrigoKDh26623equrq80JOiM5/nAdAsB+8pOfOEpKSvLS0tJWGyLxFABhsehwxxYtFgUQCIVC&#10;7aqq1vb39+9ubW0ta2hoqK+trW3ftm2bb8uWLQHLZKKrds97vV54vV4N+jhdraqqCtx33329RUVF&#10;p7Kysg4kJyfPjYmJWSLLcgFjLAmAYhEQW+u2uf+waNRYhxhjqQ6HY0lmZmbv6tWrQ7IsVz799NM9&#10;9fX1wNi3C+IB9ObB6mJrtk2MMRanKMqclJQU//z589XHHnts39NPP91RWVk5IlH1teQy3lWNd8L3&#10;/IQJE1hJSUlcXl7ebLvdPhOAx2yXcaEL8UWxtNdERG673T4zPT39yJo1axpaW1vVurq6G7YvFQgE&#10;AoFAIBAIBAKBQCAQCG52hGD0OmCIKtIA5GH0AZFaAO3Q3SBPANgP4P8CqKJBt1Hr78UD+D8AliAq&#10;QHS1MF6g1wAoAxCELkq9FUCCxbUkmhD09O7KZQR7JeiuoZ1EtIhzrhBRJoCz0B0+7cZxTIaeIr4M&#10;unjSZvx+HvRy6oaemt387hDp6dhHJN41TscOXRhaAcANoJ8x9r8AZCBSLGrFAeB/AvgFgDcA/Ay6&#10;uyegi2F/BKCSc36cLpEG2FKkA5zzSgC/AvAVgG8AsBNRNwA/5/wEY+x5AFuJqMRYbgNwCrr4mA8h&#10;ohNcGyJExTk5OfFOp3MS6Q6Sw6VmtEZ1ueFo1tzT01PxySefnNy+fftAX1+fKQiIDlSPhrD4sK+v&#10;j5eXl2u1tbWhoqKi/ocffrht1qxZp+Lj4+NlWZYCgYDv5MmTZ955552uffv2XQuxqPnJFixYYHvw&#10;wQdTcnJy5rhcrlJJkvIZYzGWMowOflld4szy1DjnoVAodC4QCHzd3d39WVNTU/n+/fvPvPzyy93V&#10;1dWqpmmaxXXtYgKASwXHCINB0Wj3FfL7/bR79+7g119/rSYnJ/sefvjhrmXLljXn5eWdSExMXOx0&#10;OpcCyCMiJ/T2cag0ltwa4DTqFGOMJSuKMjc9Pb1l9erV/V6vt7K2trZPVVVgjNNBGmnIh2sfbxau&#10;57mN1nVNw+Bxa0REkiThCvoGrigKEhMTucVF94YWYQlueMjyx+bNmyfdfffdGRkZGYtdLtdqWZZv&#10;gT6ZyByyDnUfm6Ixsw5zznmIc94TDAaP+Xy+bc3NzV+Wl5fXffDBB53bt28PBoPB6P4YGH2fYd3e&#10;2m8QAFRUVPC6urpQQkLCwP3339+1YsUK79SpUxuSkpLqXC7XMlmWpxluo5IhFh1QVbXa5/N94vV6&#10;P9uxY0f1iy++2F1TU6Ma4sKx6r8vB+v1ovz8fGnRokW3eDyemYZrqsMi8ItOt30BVoWvuR7nnAFQ&#10;JEnKjo2NLZo6dWptTk5Opzlxw7r5mJ3lGGCWifFvLkkSQqGQZogXo6/raM8teiwVMY7Zs2cPP3bs&#10;WOdDDz1Uu27dur5p06YFY2NjJUVRiqBnluDQ06ZHqLPNe88iQoqVZXma2+2esG7duiOvvPJKd0ND&#10;w0gc68x9M7fbTbNmzbLdfffdWTk5OcV2u32+IRK3uu8OJRY1BW/m72kABkKhUJMhEN91+vTpwzt3&#10;7jyzadOmvsrKylAwGNQuIha93Hve+vvR65v3Bv/yyy+1w4cPB/Pz8/vWrl3bUVxcfG7ChAn1cXFx&#10;yxRFmStJ0gTLBKNh67U5+cOoO4okSRNiYmJK09LS+hcsWNB95MiRupdeesmPoduvq8UNda8JLouh&#10;JjxKkiSl2O32O1NSUkJLliwJ+ny+8g0bNnTt3r3bfH60IurFlRHxzLxkyRKloKAgze123ynL8q3G&#10;pOuhBPyX3rHRBXPONSKyy7I8xeVyzVi8ePGR+vr6k3V1dQO4gftTgUAgEAgEAoFAIBAIBAKB4GZG&#10;CEavDwxANkaRjh56vFMjoqPQxaIqdCfJKujp6AeG2S4ZwGyMnYiFAwhwzreR7njKoad5nwfAdhE3&#10;hgD0c5KHs3KyYIMust0FPc19Guc8m4gaOecdRJRurOcGsBDAy9DdNbONXbuhC2dPArjd+L046PdB&#10;K4z09SOEoAtAtwG4A7pbqApLYMQS8DS/gCFQXQ3gbQD5AP4durMNAVhCRD8A8F+c85bLFesYQrdz&#10;xj4/ANBjXQagl3NeAV3U64ReDwegO9KOZbpwwaUJB3ATEhJiFUW5hTHmDi8cQkxtcWmBpml9wWDw&#10;ZFdX16k///nPPaqqXk2Rx5BB7Z6entAXX3yhffHFFyqAXlwYuL/ajoLRWANfJMsyu+OOOxxTpky5&#10;ze12F0uSVEhEnmFc4sKpNy1OKub3AVVV6wcGBna1tbV99s9//rP817/+dcv58+dDbW1tVleui7nE&#10;4SLfDbc8el0OAAMDAwwA9fb28ieeeKL35Zdf7v/Zz37WXlpa2pqZmdkcExOz0mazfYMxFm91hrGK&#10;naLEouZ1UhhjWU6nszg1NbV55cqV3r179wbKysqCGGNR3zAi6JuKG9CBKFqEZgp7rffziGGMwSIW&#10;Her3BIJrhfWmZDabjRUVFTkmTZo00+VyLZVluQD6eM50QSNL3xshdLCK8aD3Gx2BQKC8p6dn68mT&#10;J8vefffd+j/96U99lyHOG7LdvwhDrR/RTmuaFurr66O+vj7+7LPP9m/YsOHs97///c41a9aczc3N&#10;bYqPjy9RFGUBYywLgF9V1ar+/v6PGhsbP964cWPdb3/7Wx/0yVzXWyxqhdLT06XFixcr6enpU51O&#10;51zGWDwQdkm1trlWF8josbdVWBqhUWSMJTudzpkZGRlfr1mzpqm9vb2nqanpSifbXDU452adHG3n&#10;MtR5XOnYf7iy4dCfMUIdHR387bff9n3xxRcnX3nllZ2TJ09OkGX5FsaYAkuqdEQKycJjF+O62Ygo&#10;0eFw5C5evDhl7969voaGBlPQe7nXhwGgiRMnyj/60Y8S8vLybne5XCWSJE0iw4Xe+M2hXPXMwzRv&#10;e84596mqWuPz+T47f/78zj179hx96qmn2iorK633zsWEopcqw4utY73vw21Ud3c3Dhw4wA8cONC9&#10;dOlS3yOPPNI2e/bsc2lpaWcdDscym812G2PMZd4XlsmcEeP8KMGuXZKkSU6nc/GECRPOzJs3r3n9&#10;+vXBYDDIuZ7lQkwAEYwEs1812zSbJEnpDodjQVpaWvfKlSsD/f39h/bv398dCASAMZ7ANkKGnYxw&#10;AxDxzAyAli9f7klPT5+qKMoUSZKSrMtgaVui+1NLvxrRVlrGTRIRxSuKUpidnV2Qn59/ljEW0DRt&#10;3PSnAoFAIBAIBAKBQCAQCAQCgWAQdulVBGOABF0wGjOajYnIB+Ao9DT0GnSXyEMA+i8SR+wGsJ9z&#10;3sk57+GcewG0QHcCvdIXuOa2Z4hoF/TU8Qy6W2aR4d4zHD7jnCTLvqKDbMDgC+wJ0B09DxoBh1gA&#10;yUR03CJCYpzzOdBTa1UCYYEScc7zoTuyBoxAhcI5TwRwzhL4Gum5qwCKAJRyzlcZTp9q+MCJ2omo&#10;Gro41upMugpAAYDXoaeEBxHBcHj4Hue8BIBzJOIqIuJENEBEHUSkDrE8ZNSfNgAtRNQjxKLjAh4T&#10;EwMiIpvN5mSMJUB3vI1YZ5htiXPe4/f7j7e1tXV6vV7NImy8mmIP6740y2cIg+IS6+dYikWtEIz0&#10;oqWlpRMTEhIW2u32WYwxD6LEB9ZtzCC5Gbg0BNe9qqpW+Xy+D5uamt7bsmXL7j/84Q8tbW1taltb&#10;m3me3PI5FoHM6LbPmj5W83q9oeeff77nb3/7W+Xhw4c/6Ozs/O9AIFCmaZqXc64abYjVIYpDFzdw&#10;43zDAmQiskuSNMnlci2cNm3azO9+97uemJgYa8BwPDHejudmZchyHq1IyQgQA1c+zhBcGaL8dQgA&#10;JSUl0a9+9SvXunXr8uPi4hbLsjwNgMNSz61iUSvcmNhjlqeqaVprIBDY3dnZ+d7Bgwc/effdd09s&#10;3ry5LxQKWdtua7851Bj3Sojep7Vv1lpaWkLvvPNO3xNPPFH/2Wefbevo6Hg7EAj8Q1XVsmAwuNPv&#10;97/X3Ny8ZcuWLbVvv/22D2M/2eNyiXAXXbFihe2hhx7K9Hg8t0qSlAcjqwAQIdDnUf/XvxwUuvDo&#10;dS1CwRhJkvLi4uJm3nXXXVlTpkyREdkXjos+iI/kocCCzWYDYwy4+vXPinW/4Xrf2toa8nq96kcf&#10;fdTQ0tJS5vf7v+actxvPLNZzijgmq+CXiOx2u70wJydnYl5e3kgmvIbrkMfjYaWlpY7Zs2ffGh8f&#10;v9xms00jIrdVAGWZVBNRRpZJWiHOeZeqqof7+vo+aGxs/Md777134IUXXmhtamoyXRGj7/2rWeZD&#10;9akXjMt3794dfOaZZ9qeffbZfXV1dZt6e3vfDwaD+zRNazfOwRz/RoviySwHY7zIANgkSZrscrkW&#10;zp8/f+qTTz7pTk5OZhifY0XB+Cbc7lrE/DbGWJrD4Vianp6+6p577pn+6KOPupKTk5ndbhf17OoQ&#10;FoU7nU6WkZEhFRYWpng8ntmMsWzo787IGN+YmM/JhMHn5uEmLUS3l4okSZM8Hs+MGTNmJC5btkyO&#10;er4U11MgEAgEAoFAIBAIBAKBQCAYJwiH0euDDbqYUsLoXpg2Qxc96nl9BwM+w8Ghp3L/FRFtNH6/&#10;C7qT0l0AHsYoxavhH+A8RET7oQtZQ8b+5gDItTrdRW0DIuqCXg8lDDoZqEQUgh4MjnacsUMXZ64H&#10;MIuIkqE7dG4hots5524jwJUGYAmAAwCWEpGZtjILwGHoYtlsIxCWCKCaiPoBuEZx+grnfDoRJRCR&#10;A0AZ9GuUbSwPAHgBwCIA90B39yTOeQ4R/Q8AvwTwR+h1IscISKYQ0Y+gu8YeNsr0qnEDut/d7FBS&#10;UhLOnTsHSZJkxpgTl9k+cx1fIBA429bWZrrKjpXQ42JuUiP5/kqxBpzY1KlTpeXLlydMmDBhnsPh&#10;mCtJUiYR2aDfZ0Olqg0fl+kWpWlav6qqtX19fR+fPn1628cff1zz1ltv9R45ckTF0IKcsT7HYR2l&#10;Tp06xV977TVfe3v7mdWrV2+bN29eT1JSUsButy9kjCWbAnyLwCHCFSbKSSvGZrMVxcbGnpk5c2bd&#10;I4884lu/fv1AV1fXtTjHkexbiN2uDWPhoHSt6pLgKnMFbobjjYhUrBkZGdLixYvTcnNzi40JBqnQ&#10;BRPDOgxatjf/rWqa1hIIBPa3t7dvLC8v3/P666+37NixI9DR0WEKNs1tr0W9j55kZYrHqL6+ntfX&#10;12vNzc3tkiTtmTt37tnY2NiJmqb5vV5v3caNG5s2b97sr6urs4rOovd5vSCHw8GWLl3qmjJlyu12&#10;u30GEcXCmPQ4RN9uTpIY0vXQco0BDLrFEhFjjCU5nc65GRkZlbNmzTpdUVGhtrS0XDBuuJ5cicMo&#10;XWbGgqtAdJlp58+fx+bNm30zZ86scblcHycnJ0+w2WwJxnNYtEssgMhxCxEpNpttmtvtnpSZmbk3&#10;LS2NvF4vMHifDnVuESLI4uJiedWqVWnJycl32u32RUQUD0AawjXP/IzuuzTOeU8wGDzS29v70cmT&#10;Jz/79NNPG1566SVfQ0ODOVaMnnw41mVubZtM11UKBAJ83759/OjRoxpjrO7BBx8cyM/P74yPjw8q&#10;ilJERInmhM6ocre6jIbHi4yxBEVRZqSnpxfPnz+/NS8v73h3d7fm9/ut7eW4uEcE44ahxpMRLrYY&#10;FCQqjLFcp9O5PCMjI7h27dqe2NjYE88991yfcZ+P1FFYEEn4uTk9PZ398Ic/jElNTc212+23M8ZS&#10;ooTy1jbV6qY+uLNIh2JYtzXWlyVJyrbb7d/Iy8vbe++993ZWVFR0+nw+MXlJIBAIBAKBQCAQCAQC&#10;gUAgGGcIh9HrgwQgASMvf9OVoZpzfu5yA39GoE2Fnor9QwD/ALCXc95grHLFwmEi6gTwJXRhKgCk&#10;A1gK/TyH24YDaAfQxzlvgy6M/DsRvQ7dpXQ40gGonPPPoAcQEjjnGQCOWMqEAfgmdGFss/F74Jx7&#10;oItCGzAYEE/inPuMYwFG9iKboLtSme/TndCFskcw6DKaAl2k+zSADznnptOoBF3Uej+AKuhOoz0W&#10;h8CZnPNvAUgcpaGQ4AYiFAqZ4kYJgN0MogPhgO0FIgFLkDcUDAYDfr//qgqLL8FQIsqr7aR0SeLj&#10;49maNWuckyZNyvF4PAtlWZ4KwG6Updn+AYPBsnAwzJJa1K+q6sm+vr4t9fX1W954443qF198sefo&#10;0aOmY+pQ6UWvJdHlqnV0dITeeust/+OPP97y6aeflp09e/atQCCwT9O0DkSmmbW6qJr/t2hkiBhj&#10;SXa7fUZ2dvackpKSxISEBNPR51qc10jXF43hDQJj7GYRG/4rwmERDd0khCcZrFmzxpmVlZXncrlW&#10;SpKUR0QKECGytwpTrH2GWSYhznlnIBDY19zc/EZZWVnZc889533//ff9hlh0PPQZ5mfY7fDAgQPB&#10;X/7yl52bN28+dvDgwR3l5eVlr7/+esPjjz/eX1FRMZ7S0IdFKIwxWrFihTxlypTk+Pj4BbIsFxFR&#10;jNGJWbexXidTx2K6ayNqPHDBdTGurUuW5alut3va0qVLk+bPnx/tMiq4fKLrEW9sbAy99tprrXV1&#10;dQeCwWA957zPXD5cW2P5XmaMZdpstvSUlBSbw+G43HFKWCi1cuVKV35+/u0Oh2OWLMtZ0J/NosWq&#10;EcdtZKMA51zjnA+EQqHarq6ujQcPHty8YcOGE88//3xfY2Oj1VnUuv21vIeiRaocgObz+bS//OUv&#10;/c8880zjvn37Pmtvb//vQCCwj3Pea7ooG+cXIRIzd2SOn4lIZozlxMTEFKelpRXcc889MZaxorg/&#10;/rW4VL02RfvmpMZoAItw1HS2ZIw5JEnKczqdxfn5+d9cvnx5TklJiV1RFGs9E3Vt9BAAysrKYgsX&#10;LszweDzTGWOZjDHTrdvqHmq2C9F9prU/NS9m+Lpa+lhGRDE2m21yUlLSnXfccUdqamqqOVF+XLl2&#10;CwQCgUAgEAgEAoFAIBAIBP/qCMHo9YEB8Ixy234iOmAINC8L44Uvg+6Emco5nwvgBwCeAvDvuDD1&#10;9UgwXxZXA9gDYAC6APUOzvkcQ/w2HEHoqdG/JqL/gO60WQlgJuc83lhnKGcKGUAiEX0IwAv9pfTt&#10;AI4D6DbPGXr6+knQ3VhNAZXCOc8EcJyI+o31YogoDkDNKMsgiXPeDoSzKt4KvRyajeUSgFIAPgDP&#10;APiKcx4+HgD/AWAhgE+MP7+xHxcR3Q1gAa7sGgluIBhjGnSxcTggZ3E8i8ASnHE4nc6UlJSUK3IK&#10;voEIC38mTZrE7rrrrrSMjIx5sixPY4zFXWS7sIOKJQg2oKrqUSO16LaPP/74+F//+tfexsZGTdO0&#10;sUohPFrCIgAAmqqqoaqqKvXxxx9v27NnT/n58+f/HgwG92qa1k1EmlVMY/l3OFBncYhRZFnOj4uL&#10;W1FQUJC3du1apyEEGBPh6E0mQruajLuCuYLJCjeROaXgBifc5tntdubxeNjatWsnJSUlLZJluYD0&#10;lNTW9vCC7TDoWAnOuaZpWl8gEDjU2dm5Zd++feW/+93vWr766qugkYbeFF5eby6YaMA55ydOnNAe&#10;ffTR/pUrV3auWrWq66mnngoA0IxjHy99HWD083a7nd1///2eW265pUCW5SmMsSQikoZwpAz37QYa&#10;5zzAOe/nnPsty8KiUmM9a8pdmYgSHA7HN6ZNmza9pKTEFZUSWTRqI8M6ZuE+n49v3bo1UFNT0+r3&#10;+4+FQqFznPMQMGRfE3bONK41McYcjDF3fHy8XZKkS12L8DVLTk5mq1atUgoLC1NiY2Pny7J8K/SJ&#10;WWSMoaMnFJlCSlPUpnHO+1VVre7q6nqvrq5u15NPPnl6w4YN/efOnVONZ7rxMlaMFouHgsGgtnHj&#10;Rv9zzz3XfPDgwbLOzs4PA4HA15qmmaLRIds985oYbSMjohhJkiYmJiYuvOeeeyYvWrRIdjqdY3F/&#10;CCfJGxtTZWz+ceMPGBSJDuVkCUM0mu92u+8uKCj4t8ceeyy/tLRUiYuLsz6TiHZ4ZITvz/j4eLZy&#10;5Upnbm5uodvtXsQYSzKXWYShgxtGjosChshfBSKF9hahqLVvZYyxTIfDMTs1NTXnvvvuc1qE/uIa&#10;CgQCgUAgEAgEAoFAIBAIBOOE/w8AAP//7L15dBzHfe/7/VV3z4LZgAFAYgdJAAT3TQQliiJlSZat&#10;XbZlWYpkRVZ8r7wltuMTv+S9vCTnxMlNnHdlX0eOkifHjp8UMbKtK9GyZVoSKVGkuO/gCpJYuGEh&#10;iHUwmK276/3R1YOewYCbKBIA63MODoCZXqqru7qr6/et708KRq8PLocg8lKxB3DbYaVZv5AD58hK&#10;llDUD6AewJNE9A9E9CMAf01En4SV4h0Ye+DWDjgNAejH6FR7IKIE53wDLGEmh5Xi/T4iKstK75dV&#10;NJ6AlRoeonxfBfAnABZcYD378xJYrpzbRZkKAZTBEn3awQgFwEJYdTYsysqIqAqWm6gt6GSc8+li&#10;3Uuq1yzKiSgKQBf79QCYDsvRNSkCbosA3AKgiYj+iYgOOyqiGMCfimN4GcA+UVZwzmsBfBFAhWMA&#10;XjIJiUQinFtKFINznhBB9HRbu4Bwi4go4Ha7p4fDYVssOZndO9LHVF5ezm655RZ3aWnpNK/Xu0Kk&#10;orcdTLJT1QLIrEfOuW4Yxsnh4eH3m5ubf/fGG280/eu//utQNBp1urKNBwGAkwwxgGmaZmdnp/Hj&#10;H/+479e//vXGvr6+N5PJ5G7OeRxZTqPZ15AtwhBCgLCmafPC4fD8T3/608X19fXpesRVvo4URXEe&#10;h8SBw33puuN2u5ErgCyRTEAIAFVUVLDPfOYz7ilTpszyeDzLGWPZKbGznUXFV2nhGAAkdF0/Eo1G&#10;1x09enTLSy+91NPc3KzHYrFcz4zx0nbscphj/IzHMhMA0jSNpk+fHg6FQktVVa0SYlGCwwFt1IpW&#10;/zmh63prIpHYp+v6SViT1IDRjpYZ/QMicmuaNicUCi2urq4OlJSUSIHL1YHHYjFzeHiYd3R0xIeG&#10;hpoMwzjlEFtmk1Hf4jwrROT2+/2egoIC5zIXumZJ13V6+umn8+vq6ha4XK6FiqJMzd4+Mtu9nTaC&#10;Cxe9pK7rx4aGhn574sSJda+88sqpzZs3pzo7O+1+eloUexn18XEySiwOwNy6dWvqhz/8YWdTU9Om&#10;SCSyNpVKHeGcRx1OgRn16RCAQfzPGGMht9u9vKioaM7cuXM9M2fOvFaO9JKJgdNdFJxzwzTNpPOd&#10;1nHPdl5nTlfpgKIoc/1+/33V1dWf+Na3vlWxatUqF6xxS3k/vjyc73Hsrrvu0j75yU+WBQKBhZqm&#10;zSOiAB9x5HZij6WBiLhpmvFkMnksFot9aBhGD0beL9Muo871bCE+Y8ynqur0/Pz8uXfeeWdxOByW&#10;9wuJRCKRSCQSiUQikUgkEolknCEFo9cYEeS0HS0vd10DVqrzQ7AcjC62vJtzXsc5/xrn/CcAvs85&#10;fwLAYgD5uLgjiD2wH4GVLv3fIISXzu8BnIXljDkEy/3zFgD3iL/HHBQWIss+ACsB/C3n/B4ApRi5&#10;Li8UeAsD6OGcvw8r7TwBWADgDOd8SGwfAKaLgexex7rFsBxetzo+qxC/D15gn6MOwVEWDxHZolSC&#10;5W4aBdAryhGG5TIaBrAFwP8CcM4uJ+d8Diyn0S4APyKiM+I7FcDdAO4H4LmMskkmFjwSicA0Tei6&#10;njJNM8o5TzkXuIBbHyciv6ZpM4LBYHjhwoVqVkrxyRqYYfX19coDDzxQFAqFZmuaNpeIQkIk73SM&#10;ynCwwch9RTdNsyeRSGzu6upa99xzzx358Y9/PHT27FnbWdQpohlvZIhGE4mEuWPHDv3f/u3fBjdt&#10;2vReJBL5rWEYrUI0arupjjoWIRKw/2VEFPb5fMtmzJgxY/ny5a6qqqob4ToaT4yra03TNDAmu4mS&#10;SQEBoJUrV2pPP/10aV5e3hyRit7tcOrOtY7z/gnOedIwjM5oNLq+paXl/VdeeeXsu+++mxCTDMab&#10;4DIb53Mj1894If3snjp1KnvggQfcZWVl5R6PZ7GiKKWwXPud7nW5nk2mYRi9kUhkY1dX1xuxWGw3&#10;5zwm+tvZ7z3OYycAiqIoFS6Xa25NTU31F7/4RS8yRUpSrPTR4IcPH052dna26rreSUSX7MYrHEE1&#10;v9+vBQIB58Mp+5w4+y2Un5/P6uvrS/Pz8+9QVXU6EWkYcdB0Ooumhcj29cU5NwzD6IjFYu8fOnTo&#10;zddff73t9ddfj8disWyx6HiGAzCHhobMjRs3pn70ox+damlp2Tg8PLxO1/UznHN7wmP2vSBdr7Z4&#10;DICmqmqN1+ud86lPfaqsrKxMhWwTEgdOQSjnPKrr+ild1ztN04wCGW6UGe9oYgIbuJWe3quq6gK/&#10;33/P3LlzV339618vffzxx11ut5sw+n58zZhgzvkZ90EAWLZsmaeysnKux+NZKMYiFUfbdorl7fsg&#10;F/fAc5FI5IPW1tZfpVKpw5zzYft56lg/Defcvr8yxljY6/UuqaioqK6rq3PeL+R9QyKRSCQSiUQi&#10;kUgkEolEIhkHSCXA9cF2SBiLnIFcIhrknK8D0IExgrtioJ1xzotguXz+DMDfAbiVc14oBIjAZQzS&#10;EtERAD8B8FtYLqNOTABvimUMAFMA/HfO+dRL2HQ/5/wcLGfNsHAGdA5aO39nU2AVjXYDaBaD22EA&#10;ASI66VivgIiKAHQ6lFFuWI6m20SdgohcnPN5ANbBciG6nOC5C0ARgIj9Aee8QJyDVlh1ZAtplwNI&#10;AljLOX9N/A1x7HcBeBCWa+p3ALSJMgc4508DKJQuo5OW9HlNJBJx0zR7AcS5FYnJuYId0Ba/vaqq&#10;lvv9/uo/+ZM/KaipqVGQeZ+ZLEGZdPBL0zS69dZb3bNnz56Vl5fXwBjLt53iHK6IGfcRxz3ANE1z&#10;IJVK7evp6Vn3wQcfHNy6dWuit7fXTiU8nsWiNqPSjh45ckR/9dVXe9rb23cMDQ39jnPeCeu+TI57&#10;R/YxmRCBWsZYUNO0hlAoNGfFihXBsrKycenkM24sOCUSyXjHef+im266yTt79uwGj8ezlIgCcDwj&#10;nYIJ8RmHmHsgnsWmaZo98Xh847lz5za9/fbbbZs3b44nk0mnI7Xko5Eh+ps6dSp7+umnpxQUFMxn&#10;jFUA8JKV2tgp8rPXSz8ahLto29mzZzesXbt23dDQ0CHTNAcBGFkTJUgsz4UY0XZHc6mqOrOkpOS2&#10;VatWFWqaRqqqZk9AkVwe6T7V+vXr9RMnTnTrut6HC7cb5ySftMBIURQWDocv1i9Ji0UfffRRb35+&#10;fpXb7W4gomKIdp91HaXfuR3XiMk5H0okEpvPnz//3po1a07+/Oc/H+7q6ppoYtH0TyqVMjds2JB8&#10;8803T7a3t7+XSqX2mabZYzu95uhe2e3NFo4yIvJ5PJ6lM2bMWL5kyRI3pADshkDX9Uu679nvrUTE&#10;DcPojkQiH0QikXeSyeRRznmcc26K8Sr7unTq/u17MjHG8jRNWxoKhT6/cOHCVX/0R39Uctddd7nE&#10;MtKp8uJk3DsbGhqUxYsXh4PB4E2api2ANX6VFn3a69jCXfEd55wnk8nk0fPnz+86fvz4of7+/g90&#10;XT8Nh5ts9liFPclG/O3XNG1uMBic+YUvfCGwcuVKFXIMWiKRSCQSiUQikUgkEolEIhk3yMG6aw+H&#10;lfZ8yPH/qLTHnPNhWG6TuiN4s4+I1gNI5BKR2c4fsMSQfyZcRZcTkeZw4bnUYE5aWAVgDaz06n0A&#10;BrO+bwLwKiyxZB4sZ9E7L8GBgQM4T0Rdpml6HMcYJ6JTAE4A0MdYz+Sc6+I4WgHshSW8ZLCcPdsB&#10;xMXyLgDTAJwjIqdj4yyxzmZ7UJuI5sAS47ZerPCiHHbAUIElVh0Sn9kBtRpYLqi2K+tUzvnDnPNy&#10;ceyvAtiBkWBjkHP+GIAGAO8D+Asi2sQ5H4DlLuq9hHJJJibpwHM0Gh1KpVIdnPNY+sscaVedwTUi&#10;UhhjxaFQ6I477rjjpocffjivtLTUTik+mQK4dmCfzZgxg9XX1/uCweAsTdPmE5EPI+Ke7OMmZ0CL&#10;c66bpnk2Eom829zcfOCll14aOHny5EQSi9pkO8aZO3fuTK5bt67l3Llz6xOJRKNpmv3OwF0WJO5V&#10;dv2ojLFij8cze+7cudPLysps4fFku44kkivGNM2JcG+QOFAUhc2aNUupqqry+/3+eaqqziQit3MZ&#10;h+NZBuLeSJzzuGEYrQMDAxv27Nlz5I033ogePXrUfm5cbJKT5PJgxcXFbNWqVe6ampqZgUBglaIo&#10;JQ4HOnu5dL07PzMMozsWi+1pa2trfu6559r7+vqOJpPJg6ZpRnLNN3D0DdL9B0VRyr1eb0NFRUXZ&#10;5z73OVd+fr503L5yMio9Ho/zvr6+FEZny8iuV57jM+KckxBqXwgCQIsWLVI++9nPlgeDwTmMsWLG&#10;mMvWB2dtf0QxJcTjpmnGdF1vHhoa2nLgwIHDr732Wqy7u3siiUWdpMs8PDxs/sd//Mfw9u3bj/X2&#10;9v42lUrtEw68aWdBR4Nyinbt/zVFUep8Pt/C2bNnB2praxXh/CiRZMA5TyYSibOnTp1aNzg4uF7X&#10;9WZY4y/plOcCsj9zuPsqRBTUNG1RQUHBI/PmzVvx1a9+dcqUKVNsweG1fj+ZaNd4hpD7C1/4gn/2&#10;7NmL3W73fMZYEUaE89nrOCerc875YDwebzx06FDjli1bujo7O3cbhnHWntQqnsu20Bf2b8ekVlVR&#10;lKl+v3/p3XffPffee+/1ZJftmtSGRCKRSCQSiUQikUgkEolEIsmJFIxeY8SgbBxAj/hoEMCHEOnJ&#10;BXEiehnAPwE4KgI4pwD8VPweK0ClwBKL/imArxBRWHzObecQXGYwm3N+Bpbr5jCsFOtDjq+jAFYD&#10;OCq2OwPAH2BE2HihAWADwGlYwkmVrJSEJwC8AuD/hRVMULPW4eLz/UT0Pqx67IMl+rTT0peIZXoc&#10;QYgKWCLdAcdnYVii0bcBRMXnhQBmwhJx6rhwXXEAJ2GdDwAIiXWGHYPlBaI8J8QyjIhuJ6I7YQl7&#10;GwH8J4Bue6NEVMM5/2+wnFrfBvDnRPR3AP4ngM6LlEkyMclol6dPnx6IxWJtnPMIMBJ0ueAGrOC3&#10;3+VyNRQVFd354IMP1j/55JN2GlWn2+hEdmTJCCytWrXKtWjRokq3212vKEoZEami7dlOKTkdRomI&#10;m6Z5LpFI7Dp16tTmtWvXdnR0dOjIIdyfIGQ4jXZ0dBh///d/H9m+ffvRSCTynkhNrzuvobEcOm23&#10;ZU3TZubn59cVFRVp4quJes2MZ6RRquRaciMH5cnj8eCpp57y1tbWVmiaNkNRlEIAii0GveDKwmHU&#10;MIzOeDy+8/Tp040//OEPe44ePZr9zJAN+urAANDNN9+s3n///UX5+flzxKSQoC3mzDpladGfELfo&#10;hmGc7unp2Xr48OHuU6dOJVtbW5uj0egW4d6edlLMvgk7hKPEGAuoqlo7ZcqUm77yla+UVlRUjEvH&#10;7YlIaWkpKysr8zLG3FlfXawNcVhCTjMWi+X6Lvv8UE1NjVZRUVHn9XobiMh/ge1mT84yTNPsGB4e&#10;fvfs2bO7f/GLX/ScPn3aFos6ReITCQ6AJxIJs6Ojw3jxxRf7d+/evWN4eHi7aZpnOOf28eV873A4&#10;DzLGWIGmaTULFy6c/uyzz/o0TZvo7xiSjwF73Ku5ufnE8ePH1w0NDb1nGEY7rGwuNlzci7NF3ABA&#10;jLECl8vVkJ+f/+CiRYsa/vIv/zK0bNkyO7W5FPJfmPS7c21tbSAYDN6sKEotAFeGrah4f4Z4VQas&#10;56lpmrFUKnV8cHDw0OrVq9vfeeedSFNTU2symTximmYH59xwPkbt92+nK7HYnt/lci0qLCxcUltb&#10;6y8qKsrOtiTPnUQikUgkEolEIpFIJBKJRHKdkILR64MuXCN1AO8A+FsA7zm+bwLwAiwx5g8APA/g&#10;zwCshSUmHbVBMRhbAuBrAB6DJWAEgLMA/ouIfiHSgF1yIUUg/W1Y7qKG48dOUbWTc/5bWMLRPAB3&#10;A1h0KZuGJeo8BqCfiM4C+FcAfwFLQFnLOa/PWt5eZzuAgwDuADAVVh3uAdAmyhUQQs02Rz0FABQD&#10;OO74TAWwQqx3VKzLxGdHAJy/WN3AEvm+Det8emGJQNsdqdgIwCwiOmm7jIqyfRlAFSwR7loAv8ZI&#10;4JEBWAngS6KMuwG8INxIhy7BuVUy8chIcbpmzZrBSCRyUggbUkIAke0kaa9HjoCPpijKVI/Hs6Ky&#10;svLuxx9/vPbb3/62r7S0lDkDN8CEd/QgADRz5kx3YWHhLFVVa4jIwzNTrqeFA+Je5QyK6alU6lhf&#10;X9+Gd999t+2FF16I9fX1TdTgv01asGQYBu/r6zN//etf9zU1NX2YTCYbTdPs55ybDrcXe50MxHWi&#10;KYoyzev1zrzzzjuDN998s5p1/UiuEg6HM8kEIhqNXu8iXAjZTkdIP+s8Hg9raGgIFRUVLVBVtQqA&#10;GyOO1M7lbTjn3M5LzQHohmE09/X1fXjgwIHOnTt3GsPDw05HaslHJ6Nv0tDQ4K6vr5/l9XqXiAlw&#10;6UlkDnFRhqsZrAwE/clk8lhTU9PB1atX9+u6br722mvt586d26PrehvnfNiRWSDbrTTdpxKi0WKf&#10;z3fntGnT6ubNm6eJ76Qo7vLJOLfz589XKioqwoqiBHEZYxFC0KmnUim9t7c3l0g7o39cVVXFFixY&#10;4PH5fDVCdJyH0YJje3nueH/jnPNhXdePtba2/v7nP//5iW3btqWyJl9OxHbvLLu5fft2Y9OmTb39&#10;/f27ksnkHpHZIC2edWALyZzpxlXGWFlpaemyhoaGcGFhIWUt/1HLKdvY5IEnk8nED37wg0OnTp1a&#10;G4/HNxuG0cE5TyLLHRrivQ2Z76yMiPLdbvft4XD4/gceeGDp17/+9YIVK1Zo9vdZy0sc99xp06ax&#10;7373u3m1tbWVHo9nnqIoUxzib2vhzKwl6UmWnPOBeDy+49y5c8eam5uTjY2NqSNHjvT19fXtSCaT&#10;B8Q5tBd37p+LSZr2WIWmKMo0j8ezcNasWVXPPPOM7TIqn6cSiUQikUgkEolEIpFIJBLJdUYKRq8P&#10;BhF1wHIX3QpL8Pg+RlKw74PlXHkOlmj0/wTwBoC+C6QWVgDcyjl/EoAflmvmawD+CMA/AGhyOOdc&#10;NNglgkLDAN6C5Sqa7cJzHsBrRHRcfFcL4AEhiExv5gL7GYblsDkIy1X0b2AJSB8H8AUisgPDzmBw&#10;I6y6ug1WXSVhBetPw3IFBREpRDQdQDMAWyBLnPNZYvu6Y3tzYYkGthORnRaxXixju6bmRAy0T4eV&#10;vv40ETEAZQAOIFNs6gdQRkQH7PVgpZx/GJYTaweAf+WcH7LLRVaa1P8O4CZYbTQGSyg8EYOTkouT&#10;4RC5b98+PRqNRgzDOMM57xcB6rHS5ToDMgDgUlV1ZiAQuG/GjBkPPvPMM3P++q//Ov+uu+5yKYpi&#10;u43mEo9OFNIBsPLycrfX661mjJVgtBuxjZV3dKTtGJzz/lQqdbilpaVx48aN0Wg0ajgEoxNVBGCT&#10;FgJs2LAhdeDAga5oNLpX1/UmjLj52KkDyXF/TLvowQrMht1ud92SJUvqnnzySZ/f77+aQgCnk82N&#10;TLaT0kS/9m4UuGmmTd7H4zWcHbH/SBubDJNUgsEgud1uKi4uLvD7/YsYY5UQIgWnACoLp2jCME2z&#10;N5lMnjhz5szxV199NQKr7+l0+5dt9+pAAGjx4sVqQ0NDQUFBQYPL5VpGRF6MuIimJz3YwiJxrjjn&#10;PGUYRnMsFtvf2trad+DAAZ1zbqxbty5+7ty5M7FYbIedSldsIEMoA8d5FH2HoMvlWhgIBGZ++tOf&#10;DtbU1ChZZZVcPjRv3jzXlClTKhRFKcqa0HOh9dLneHh4OKnreq6FM/oq8+fPV2bNmlUgBFJBIlKy&#10;XESdz9+0gIpzbpqm2R6Lxfa1t7d3rF69Ot7d3W33EydSGvqxsPsbxtatW+P79+8/HI1Gd5qm2QXr&#10;3TrXxKJsgT1TFKXU5/PdWlRUVCwcAyfaO4Xk44UD4IqicE3TjI0bN8bWrFlz8MyZM79MJBIfmqZ5&#10;jogMInKmp7eF2/b7m/25QkQhr9d7d0lJyRO33Xbbwi9+8YvBoqKi7PdaQF6DNgSASkpKlIcffrii&#10;vLz8NsZYNazxp/Tz1IHzucg553HDMNoHBgb27tq160xPT48OwNi1a9dwc3NzYyKR2M85H4Q1mZyy&#10;nqXZ22ZE5NU0bXZ5efmtK1euDANgWe+XEolEIpFIJBKJRCKRSCQSieQ6IAWj14ckgEMABrmVdjoO&#10;yzXzjJipfwBATAygJ4koJgbUL7RNDmCQiN6D5U76RSL6DoBOzvljnPNnAbiJaJCITiEztfwoxAD9&#10;YVEWW8hqB8qSANYR0TuwxIx+AJ8CsNgxWhyHJZxMIRM7TnsGlpOqDmtgeSGA7wF4GoDPLoa9PBGd&#10;BPCiKMMHsES1JbCu4WFYgls7HfwUAHmc80aHE0qxcAHtsI9P7KcBwlFUfOYGUAfgsDi2C4lGC2Gl&#10;u98Ay9UoINZdzTnvEwcLAHNgOZmeF58xAF+EJVgFLOfTfwTQ6RD15gN4EkARcrvhSCYnfGBgwOzs&#10;7OyLRqM7dV1vxkj7y1jO/kOIl7nj3zxFUWb6/f6HZsyY8aX77rvv9u985ztlf/zHf+xbtGiRGggE&#10;nCnqKetnvENutxu33HKLWlpaGtI0rZoxVozRDiVOQazT9URPpVJHotFo4969e7s2btyoI1MoOpFF&#10;PxkutD09PcauXbuinZ2d+xOJRKNpmlFbfAykA4LZrlriF7kYY1ODwWDN9OnT8zRNu6rXiGHY+vwJ&#10;cc19FC6rzj6quE9ybVAUJfucjpfrOGc7NU3ziq+tCdz3SNdFYWEhzZ8/X/F4PEFFUSoYY0FbiGLf&#10;A3OsbztTcwCJVCp1OBKJ7Dpy5Mj5TZs2pTDiLCob7dUh49r97Gc/662vr5/pdrvnKoqSPSkk/XzP&#10;uj5NzvlgIpHYe/bs2e179+6NwhKymIODg8aOHTu6u7u7PzQMowVAMmsSlvM6SAv5iUglonyPxzO3&#10;oaGh7p577nFhdN9JcmmQx+Mhr9dLVVVV3kAgMEtRlGoiSotwL+F+kwAQPX/+fLy/v995/rLPpS08&#10;dk2fPr1K07RyItLs+2BWvxkYcTUErLYfT6VSx3p6erbu3Lmzt6enx4xGo0434Ync7jP6iocOHTLW&#10;r1/fNzg42CQc6SOO6hltxToi1iYiCiqKMsPv9xetWLHCndUgZdu4QcnubxAR1zTNHBoaMl588cXB&#10;TZs2NZ4/f/7NRCKxwzCMfm6lNc92ts1wDBWXlkJExS6Xa/nUqVMfvP3222d94xvf8M+cOdP5Xpu9&#10;/o1I+h5YVlbGli5d6iovL5/u9XpvZ4wVi0nOY91v0xMPTdPsisfjO7u7u0+sXbs20tXVZQAw9+/f&#10;n/rd737XEYlEDui6fkS4dmektc9RHgBQFEWp9Hg8SyorK6feddddajAYlM9TiUQikUgkEolEIpFI&#10;JBKJ5DojBaPXBwOWg+VBIrJT07cB2AKgnXN+FLlFYhfb5gcAvgLg/xZ/V3HOvwvgj2Glbz8E4DkA&#10;/xeAfY7UetlwADoRfQhLSGkvkwTQJ8r3/8Fy9iRY7qIPAgiK5QZhOaP+L7FMBmKAeiss8aYLwCcB&#10;fF9sw2Mv5lglyTn/vVi2FFbKdtuBU4VVV42c8yNieRXAAiLaAktMCljOirNgCXPT4jrO+a2c8/MA&#10;WsTnDMBsACcBdOeom/RhiG3mA3gPQK84rtkAAkT0PqyANAD4OOdTYaWXt1N31QB4BEAhLHHtelFn&#10;Q446WgFL0KpJIdGkJ32C4/E437NnT39HR8eeVCrVxDkfIiLDjqWJxZzuhE6HUSIiMMb8qqrWezye&#10;e4qLix9funTpQ1/+8pfnP/roowFY1639k0s0Ol6DNgQAFRUV7Omnn/ZVVlZWKopSRkQ+EfyyqyFn&#10;gFsEs1LJZPJgV1fXkf3798ccAoDJ0sAyhK/r1q1LbtmypTUWix00DOM0LLGFFdFzBAodrloQ3zHG&#10;WKHX660pKCjIY8yKLX5M5ZWMMB7bncSBww1vrPvm9fyB4zcAkK7rtqPwZd/nstzkJiqUTCbpkUce&#10;8fv9/lIiKiQiN7fSzTtTm2fgOG7OOY8nk8lDJ0+ebDxw4EAUo+txwlfSdSZd/6WlpeRyuVhNTU1e&#10;KBRaoKpqDazJbmkc5yxbYJQyDON0LBY7sGbNmua33norAeEEa5qmuXr16siRI0eOpVKp46Zp9nDO&#10;TXtzjm3a4iSnaNTldrsXFxYWLmloaPA3NDQoyHHNSMaEIPqajDG2cOFCtaqqKuh2u2eKPpyC0eLf&#10;zA1Y3xmGYXSnUqnuc+fOJc+ePZtLJOr8HxUVFa5gMFirqmo1spzos/pAzvuAKRyFjx07duz4yy+/&#10;PIzJJxBPi0YHBgbMxsbGVGtra2s0Gt1qmma3PbmIC9Ir2YqwkdlFKmMs5Ha7pyxfvtwnJlOM13cI&#10;yTUiV1v2eDzwer28s7NTf+GFF/q3bNmys6+v7zfJZHIb53zQKeB3XnIQk9ocl56iKEqpx+O5o6Ki&#10;4jOPP/74vD/8wz/0V1ZWqhi516SL8rEd5Pglo4+al5fHPvOZz5QEAoH5mqbNJSKf3f9BZlu1+0QA&#10;LGd1wzDaI5HI1mPHjnXu3r07mUqlDABGe3u78eqrrw63t7cfjcfjO8Tkd3s953btMQprBxZBTdNq&#10;iouLZz7zzDP5gUAgW+grkUgkEolEIpFIJBKJRCKRSK4xcoDuOiAGxU8A+DdYAkYDQB+A9US0gYia&#10;ieiyUt6JwVjb1dMEsArAPxHRo7AEjJsB/CUsl84BACGMDBJzUQZnMKwXwE4IwaXY/hCAl4jobwFs&#10;gyV+9AF4AMBiIUqIin38QBxjrsH6CIB3xbI+AI8BWILM69FOPQgiShDRMgB/DuCznPMaWOLRkFiH&#10;AzhHRO856q1a7Pu4o45mwBKpOt1V68hKdXkMlhsqAaiElbr6OC4SIOSce2A5pR4WA+0uzvm9sBxU&#10;zzj2PR3AIc55s9ieG5Yr6yJYwr3zAP4LwCYIsTDnvBTA7RgR4komNxwAj8fj5q9+9av4vn37Tsfj&#10;8UZd11tM00w4hA32stnuK2QH1YTzj6YoylS3270qPz//8WnTpj361FNPffKDDz6Y91//9V/Fd999&#10;t6usrEwNBoOKcB1NB/Ud2x1vwTYKBoNUX18fCoVC9YqiFBORaqfPy7WCXWfCwWYwFos1Hzp06MyR&#10;I0dsd9H0otfmEK4JHAA/c+YM37x5c3RwcLA1lUod5ZwPZyzE0+l8AWQEeYmICjVNm56Xl+crKCiw&#10;HcCu9vVwRdu7oLJk/DARyijJ5KL3AMMwKJFIOIPhzPH7QgL8j/sne/8KADIMgwzDuNJrcVLcE3Vd&#10;p/r6+nBeXt4MxlgQjrY5hsMod9xiDNM0++PxeNuOHTvaN27cmESmeGxS1NE4gRRFoa9+9aueOXPm&#10;lHu93vmMsTIhErWf49xxzsjRH+KmaUaTyeTBgYGB47/4xS9ithsaAD48PGw2NjYara2tkWg0ul88&#10;D+PI7O84J+QASDtxq6qq1ni93sWLFi2atmzZMjdG95UkuckQJBUVFbEvf/nL+bW1tXNUVa0mIv/I&#10;KR1NloApqev68eHh4ZP9/f0p0zTHbH+qqsLr9VIoFPJ4PJ5qRVHKkCUYde7G1iKL/3XDME7FYrET&#10;bW1tgy0tLfZ75WRwF3WSvoe1trYav/zlL7t6e3sP2mnp7fpwnpsck7IIgMvj8VRUV1eHVVXN/v5K&#10;kW1q4nCh5yABAGOMa5pmJpNJk3PODx8+nHrllVd6du7cuWlgYOC3qVSq0TTNAefYV7YDMDAyiYWI&#10;XIqiVHm93nvLysrufeihh2Y9++yzeWVlZVI0apHuG86fP1+tq6ub7fP5ljLGCojIriO7jnOdO9M0&#10;zV5d15tOnTp1aMOGDQNDQ0Ppfo8QlJs7d+48G4lEGg3D6OCcJ8XkTO7Ydgbi3CmMsZJQKHTrnDlz&#10;KqdOncpUVc01+UkikUgkEolEIpFIJBKJRCKRXCOkYPT6MQDgHVhiQxOW89vvYTmAnvoI2w0AuA/A&#10;3wNYDktYuRvA/wCwDlaq9kc55/WOCF07LMfPtJiIc35cOIkajm3HAPwawG9guYgyWCnYnwTghSW4&#10;/BWAf4YlOF0OyxE0m70A9sASRmoACjAS+M1AFNHPOV8ES8jpcgSvwrDSk9ll2yjKBVhOpcsB7MKI&#10;q6cflvjyrDhGEFEAQD0sweiwY7tTiWgnco95O8tXAEuAuoOIUmKwfCqsNPTNnHO7/gqtxekNAMNC&#10;XFsH4G5YwlcDwGEAPwHQ6jiGZQCqIAfQbxhisRhvbGw0Nm3aNNTV1bUrkUjYjj+GwynTKfbOwLEM&#10;g9U+goqizPZ6vZ+ZMmXKV2tra59atWrVnd///vdnPf/881O/+c1v+hoaGjSMOI46f8ZLECctOAgE&#10;AiwcDoc8Hk8tY6wA4jk2VvpMIB1kjOm6fnJoaKh19erVfYcOHcoWyU8WnKIGs6ury+ju7u5MJBLH&#10;7bSBcLj2ZGH3CYgxFlAUpczn8+XffvvtGj6+8z/Z722T7fqabKRdkC62IOcchmHQ0NAQQ+775Xj5&#10;SU8ASCQSLJVKwTRHdBhAbgewSUTGpAev10vhcLjA7XZPEwI153LZDqNp10oxSSNhGMapRCLRfvTo&#10;0fi+ffvMVCqVXk5y1SAApKoqe+CBB4rLy8sbNE2bzRgLif4O2X2bXHDOk5zzzlgstretre1kLBaz&#10;n++AI8Xurl27Yq2trXvj8fgu0zR7OefZE0dybRsAvJqm1ZWVld102223BTA++kWXS873rI9zf44f&#10;BoDdfffd7mXLlk0rLi6+S1GUalj3KntZ52/rn5H+CgAkksnkoXPnzrW0trY6z1t2P47cbjctX75c&#10;LS0t9auqWkpEYbEvGkud6hSmplKpE319fcdbW1ttV/Zs0ehkgQPgPT095po1axL9/f3ndV0/bZrm&#10;oBBnZ7tMj7pnEpHL5XJNLyoqKtI0zbmcRJKGMQa3280BmMlk0ly/fn3y5ZdfPt/W1rZ9aGjod7qu&#10;HzZNM4KRtpbxXM7RbN2KopR7PJ67KysrP/3AAw/Ufu1rX8sLhULOCZA3Ghli7ttvv1176KGHQoFA&#10;YL6qqnNhjbmlxbfiXmi3aWffUNd1/VgkEtm5b9++zjfeeCPhFIwC4NFo1HzzzTeH+vr62lKp1AHx&#10;PLXHzDIyn4j/04JfxljY7XYvKy4unvn5z38+MHPmTOkyKpFIJBKJRCKRSCQSiUQikVxHxnLbkHzM&#10;iBn4zrTznHPeCaATVxCQEgHVAICHOed/AWCWGKw9SkTPAdgMS9T5GBE9BEtIyjnn7UT0A1iBtNkA&#10;8gAkiGg3stLJi7HfpNgfYAkwPwOglnOegJWa/QVxDLfASh3vcW5DpIDcCKDHcZwMQIyIemGJOVMA&#10;ljrWHSu+NxWAR6TCMmC5iTbDSlUPAHMBbOacnxHuogSgnHPeTER1ZKVB1GAJRt/knEeIKJ9znkdE&#10;02CJY3uIqMguR44yaLCcXXcDOMc5LxflnQPgMBHFRD3lAZgF4IdEVAHgMc65h4juBvC/RX3ERR0+&#10;B+B7AIpgOaVWAtiPTPGuZHKSDoBv2bIlMW/evGOf//znP3S5XLYzWggAs91GnU5bWdsRplycACiM&#10;sTwicjPGClRVnebxeJaFQqHDJSUlm2tqag7PmTPn7OLFiyPt7e2p48eP6+3t7WZ7e7vTQW08pOAl&#10;AKRpGnk8njxVVcthtS0gMziVE875YCKR2Nfb23t2y5YtqaGhIedxTUYRACCco/bs2dNZWVnZFAgE&#10;BhhjZQCUHK5e6aCe7eDDGAv7fL6Sm2++2fvv//7vw8jtxiaZpAwPD9tCw8ku/rjUa5lxzl2FhYXu&#10;hx56yHC73abH4+Eej4czNj5i3ZxzJBIJisViNDw8zAKBgMY513BjBeMznomqqjKfzxdWVbWGiPyO&#10;e9yFXNFMWAK74WQy2dTX13f63LlzKUzOSQbXk7Sg0OPx0Jw5c7TKyspKn893m3AXtR3ER63oTFts&#10;GMZAIpE42Nvbe3DNmjXdnZ2dtrjF/k0A2K5du5Jr1649W11dfdjr9bYwxgoZY3n29pwu284yEpGi&#10;qmqNz+dbOX369A9vueWW3oMHD3LRj0iX42pWzNUmmUw6Jxt9nM/wDME2AFZUVMSISHnwwQenTJ06&#10;dYnH41mhKMpUjH62ZLi8OtMjc84HhoeHj27cuPHUnj17bMFozmNwu9108803a0VFRfmi7+xyblO0&#10;faeTbLqvyzkfTiQSzY2Nja07d+5MYvL2E214LBYzY7GY2dPTM5BIJJo0TVvEGCseY3nnewcnIpem&#10;adV5eXmFjpT02ctKbiByCdNN0+SGYQBIZ9OgtWvXJqqrq0898cQT702fPl0JBAJuVVXnMMY8nHMm&#10;RMt2JpmMdxTxv1dV1bq8vLxPVVdXp+66665ER0dH28svvxyLRCIGrH6PiRvrOrTFsvTQQw/lrVix&#10;YrbH45nHGCuB1Yfltmu3Q5BPaaWnRTyVSh3t6OjYt3379qHz589nP0/ZwMAA3717t97U1HSmsLDw&#10;AzHBoxCAmvV+mT53jvPmVhSlPBAILF65cuWxAwcOHDx8+LDzPN1I50sikUgkEolEIpFIJBKJRCK5&#10;7kjB6DjiAsHrCyICgPkAHgLwXSKaJb46A+B5AOthCRsfAvB1APliwPi4EJOuBfB54UgIAN1EtA0j&#10;bp25UADUAnhAuNa9K/Z1CFZgbiWAmfahOY7RhJUW3g72xWGJWfeIdQsAfA5WyvaMdTEyeGzAGvQO&#10;CNGn7QR1HsA+jKR59wGoJKJjnPNqWG6LXgAtnPMoEQU550w4zySEuBMiOFEpjn8vrNTxY+GCNYB+&#10;BEATEZXCGqgv5JyXEFFKLGe7sQZgCULdQrhbC0vYuouIUkL8+pppmpwx9pRwKB240mtDMqFwnmPz&#10;8OHD+MlPfhJZuHDhfk3T3gqFQn5N0xYQUYhzbjvrZoscgJGguC0atYNrKmNM5ZznMcamMMYqVVWt&#10;CYVCp6uqqk6sXLnySG9vb9u+ffvOvP3225G2trZUZ2encebMGZ5MJscSjV7zoI6qqqQoipcxVkhE&#10;HmS6WOUSzwIAOOfR4eHhpo6Ojl7RnsYSw04meG9vr/nTn/40escdd5wtLi4+qyhKFWMsKIKCo3S2&#10;joAeAcjzer0VdXV1QQA9LpcLyWTyap3zKxEhTnbh4rjC4Uo5Wbms65iIAkVFRbP+4A/+QGWMJRVF&#10;MRljuZyvMlAU5SO1F845TNN09qNyClSdy+m6TrquE+dcDYfDsxVFKcKN0+dP15WiKFRZWalomuYX&#10;zwy7b2k/O8c6efY9MJZIJNra2tq6Tp06lZ2KfjI/O64l5PV6sWDBAvUb3/hGcWFh4XyXy7WAiPLh&#10;cBB3ivyc/RsAOue8fXh4eNuZM2dOb9iwIZHVZ0k7qDU1NZk7duyIff7znz/h9/v3qqo6k3PugTUR&#10;h2xXRXs/jp0QEeWrqlpXXl4+61vf+lbXX/3VX/WcOHHCxAS6DrKc2D+qOCd7PWdbSruVBwIBdued&#10;d7ruu+++8NKlS5cHAoFPK4pSTURuu24xuu+W/p+IuGmaA6lU6tDg4GDr3/zN30QGBgayHWTtbTAA&#10;yMvLQ01Njcvr9eaL9z5nOmtnWTOOn3Oe4pz3JRKJrvfff3/w4MGDTif6CXOeL5Hsc8+bm5uH5s6d&#10;eywvL68L1iTSnI6sWWIzjTE2RdO0fI/HwyorK83Tp09nr3LZZJ0vyfhkzHeubFwulzNlC4clVMaL&#10;L74Y9fl8rZ/97GffnzFjRjAvL4+pqjqTMZYnxqVyvquI64MYYz5VVWf6fL5UfX194ktf+tLbfX19&#10;zW+++WYyGo06RaM3Aunnls/nY3V1dcGioqJbVFWtt9+X7Xp01qdT4Ms5TxqGcToWix09dOjQ2Q0b&#10;Nuiw6s/p/MoB8EgkYr755pv9VVVVB0KhUJOiKNMZY2FYotFsYX5632LsLeD1epeXlZUdW7BgQUt9&#10;fb3e1NRk4sY6XxKJRCKRSCQSiUQikUgkEsm44EYJHk9ahFg0BOARAP8HgBrx1SkA/xPAawBSnPN7&#10;iOi7nPNyIjKJ6ACAH8BKL58Hy2XTKwZ3j0KkjL+Aq48LlosoJ6J/AfBLWKLJBIDpAO6BJdjMhsTn&#10;JAb7owBeEfv/FIBPwhJR5nKdMQEMiDKExOC3nTabA4jCcuKMAgiKwepaAHuIaEjU0xkiagRwDkBQ&#10;HJ8Oy83U5dhfSGz3GC4gGOWca2Ib7QAOArjV3hYRTcFIukUAKBHH+T6A/0d8dw+AMlhtMSVi032M&#10;sdUAdgpxQxPk4PmNCG9ubjZefPHFjq997WsfzJo1SwsGgylN05YQUVi0fTuKNiro7ggK2c4etisp&#10;OOcqY6zY5XKFOedLXC5Xh9frPR4KhZrLy8uP3Xbbbc0dHR2n9u/f3/3SSy8Nbd++3cDINZh9LV4L&#10;0SgBQEFBAaZOnco0TfMQUZCI0q5RGB24tB1W044pw8PDHceOHRtKJBKTMfjvJH1sfX19vK+vzxgc&#10;HBxIpVJtqqrOFnWXa52Mcymco6YGAgEfAKqsrERzc/M1OYAblMl8TU5U0ueEMTaloKDgU8FgsIGI&#10;DCHavNi95OMSV1/IHZM453b6aaYoyhRVVWdk3S8nOwSAiouLqba2VmGMebL6jOSYODBWnXDOuZ5M&#10;JnsOHjwY6e3tnVDiwAlA2o2woqKC3XTTTeqsWbNm+ny+BsZYKRG5bIGjQ3gy8oHVnzFN04zout7S&#10;3d29b/v27T09PT3Zwl4bDoC3tLQYR44cOVNUVLTP6/XeSkRBIU6yBS3Zz0FbscQURSkOhUIr5syZ&#10;0zZ9+vT+vr4+s6en55q4jDrENle8D4fDqI3Tve+KipXjb2cbo3vuucfzzDPPlC5YsGB5QUHBgy6X&#10;a6kt4gQyNNsZ/Vjb9ZNzrhuGcTYajX5w5syZ07quj3V+0+VwuVxUVFTk9Xq9xUTku4gw3EnSMIxu&#10;XdcHzp8/r4tzmy08nkw465zv27cvtmLFitPFxcU9nHMd4h02l1gPSI8HKETkVxTFt3LlSm3v3r0G&#10;bpznzI1OzvNsi31zfY6syZGJRIKtXr06lp+f3+LxeNaWl5creXl5KhHVi2eA8/7vfO+1JwtzIvKr&#10;qjrb7/eb06dPT37zm980DcNo/eUvf5nAiMOozWRrwzbp+28gEKAnn3zSU11dXer1epcoilJORMye&#10;QJpDyMkdDqORZDK5u7+//9DOnTuHhoeHnf2ejHOXSqXYb37zm+S9997bNX369O2qqk53uVxLYY1p&#10;ZQv6xebTzyBNVdX6vLy8hcuWLdu+atWq401NTXr28le1hiQSiUQikUgkEolEIpFIJBJJTqRgdAIj&#10;xnY9sASNf8Y5rxFj6C2wXCxfheXgeSsRfRuWWBGwhI3/CMtZNA7LDXQVABfn3CDLLbQdFxYpEoAT&#10;AL4LoBFAHyznT1tIugiOYLADBUAVRMoqWMLMJwB8EUCFOJ7s9ewB45Ow3EkXwgpIepApyEzBEnh2&#10;AQiKz8o45ztguab6AWyEJcDsgSVMNcQ2XWJ7Nsyxj7ErYSSIlhDb1B31EwQyXKx8AOaJbR4E8D9g&#10;CVdb4Eg3LwbubfErQYpFbzTSAZJ4PG6+8847SU3Tzj7yyCNvLV++HMFgUNE07SYRBFecDjxjuY1i&#10;tODCvr5VInIrilKtKEqpy+Va6vV6z+fl5R0uKCjYW15efnjJkiVtJ06cOPfOO+8M/f73v092d3fb&#10;28glnvk4gjtpAUE4HKbq6mpNVdU8slILO9PVjiWq4mQ5G0djsVjPtm3bYtFo9EYLQvFIJBJNpVKn&#10;PB7PAC5RIEJEKmMs4HK53Bdb9hoyaYUI0knr+jGGk1lG4FpRlLDH41mOTKFSrkD61RYY5XLyyymU&#10;cvx2/q0IsegN1+fPz8+n0tJShTHmFnWQTskqFsnpnocRYYOu6/rQ3r1747FYLNe5llwZzvpnJSUl&#10;6m233RbMz8+fp2naIiLyinOUthF1rms7gXLODcMwziYSiQNtbW1nXnnlldj58+dz9U/S/Z+TJ0+a&#10;r7/+ev/cuXOPB4PBRq/XO5VzXiG2m52W3ulqCiIq8Hg8txUXF+9+9NFHW1paWvodAlXnOlcdIrJ/&#10;LvtBwTknwzDIMAz73mALRYGPVt7sstjbp/r6evWxxx7Lu/vuuytqamqWFRQUPKJp2hKRIl5xCMGy&#10;BUK22N12F43oun6so6Nj+yuvvNIl+m/On1H14XK5KBQKud1u91Qi8mH0ubXrJe0QLa6nlGEY3fF4&#10;PDI0NJRLcDzZyHjX3rZtm/7YY48NmKbZxzmPX+IkAyIijTHmWbhwoau9vT1x4sSJj7HIorDSfXQi&#10;k25Luq6bLS0teOWVV4YGBgYOP/XUU56SkhKf1+v1K4pSCsCTJRq117fbNAnHyqCqqvMCgUCipqbG&#10;+MpXvpJkjJ159dVXk8i8101G4beNPVGG3X///YVTpkxZoKpqHRHZk6BzPj8ck0lTpmmeGxoa2tHY&#10;2Hh88+bNye7ubnsMKtf9lvf39/ONGzcOTZs2bevcuXPrNU2bRURusrL12GVyni97fwyAT9O0+qqq&#10;qoVLliw5C2ssDXCMiUkkEolEIpFIJBKJRCKRSCSSj58bLng8ySBYIssvcc5rYYkVD8ByFl0LYAjA&#10;EgDf4Zw3wBonPgHg+wB+B8uJsxbAH3LOZ4rvTwJ4F0BsrECMGOyNwUp1bwoxlu1ck885f5SIAhco&#10;9wwAXgDDsFw3vwCgVgQERjmLcs5NImoC8CKAhzGSotLjcKkBrAHpM5zzUwBqxbaCsBxU9wM4D+D3&#10;sIIPdqApAWA3LLGpvV1OROcAdAPoFN9pyAwIZ2MHqJ24YInV0lUHYBaAsNjuAQB/KdZLOVd0uHBM&#10;1qCG5OJwAOjp6TFeeuml+PHjx7u+973vvbNgwQIzGAySqqpzGGMFDheusQJhGY5NDmcWONbTYKWV&#10;zCOiEGOsRNO0xT6fryMcDu8tKyvbOm3atEN33HHH+e3bt0c//PDD5KFDh2zX0WsaUJ8yZYot/tGQ&#10;KXoYhX2MpmnGDcPoi0Qig6+99prd1m6U9sUB8IGBgUQqleoR9244Aq1O8ZTTsRaw0vTmqaqqAeCG&#10;YQBXL9h6uduY7MqAXBMsJB8vIw/nCzjuOvRqKmPMj6yA+cdZwCvkQoKAKxKcTVSIiAoLC1XGmAvW&#10;BCNnivMx60n8bZimGU+lUrEPP/wwlb2s5KpAAOiOO+5wL126tN7j8SxWFKUKVp/EWmDkmZRuk+Ja&#10;5pzzuGEYTT09PbsOHjzYL/olY/VJOAAkk0nz4MGDektLS3s4HN6qaVq9pmlTGGNeR2PP5TIKMcGm&#10;wu/3z1u2bNmhwsLCoebmZsOx/Md2P/gIxqLgnEPXdeb3+1lfX5+STCavVnk5AHK73VRaWkqGYVBt&#10;ba1y6623umfNmhVYvHhxXVlZ2Sd8Pt8dmqbNJqIAt9JMZ7vc2X3U9Pm1is0NwzBOxuPx3R0dHWd/&#10;9rOf2Y6B2edplNOpqqoaY8wn2r5T9DuyoKPvI/aXMAyjMxaLDcbj8RuqjwgALS0tZjweTxqGMQTr&#10;HT3gWOZCzw2FiFylpaVaYWHhVX2+XIIw9EY5T+OZjBN0ifeqDLfKvXv34sSJE9GSkpIDn/rUp7SS&#10;khKvx+O5Q1XVcs55+j3X8d7idH8GrGd7QNO0RcFg0Jw7d27qySef/H1XV1fX9u3buXDKtPc72USj&#10;aaE+Y4zV1taqdXV104LB4CcYYyW2u6ijHaWP3T5X4nk6oOv6sYGBgeNr1qzpPXr06KW85/PXX389&#10;EQgETtXV1Z0wDKNLVdV8WJMCODDSv3a2Y1s0qqpqjd/vv7mmpmbLzJkzB3t6enhPT4/zvj6ZzpNE&#10;IpFIJBKJRCKRSCQSiUQyLpGC0YlPAkC7EFRuBfASLAFkAkAdgG8DuAtWMKcFwD9gRCw6BcCXYaVF&#10;V4hIh5UevhUXmd0vAn161scMwGwAKxyfcc65CWuQ33YDrQTgB9ALS1TpHkssCkuQ2gzgJ2L5FgB1&#10;RFQGy7HTdk2wA0Y9ovw6rICznRr+eQCnADQDaIAlIuWc85NEtFn83w4gn4jOA3gblltpN4CpAO4E&#10;UA7LHTTn4PUY7o7ZabVKABRbVUgGgIFc25Lc8GQHSsxt27bpzz///Nlvf/vb62fOnDmQn59/p9vt&#10;XsEYqyYiTQThR7kzObaRDo6Lz9POnE5HNSHEzFcUJcQYK83Lyytzu93zi4qKWmfPnn3o5ptv3rF8&#10;+fLm9evXRxobG1PNzc2Gw4nparlWZUMAYJomKisrPZqmBcS+IAqeyznK6Twa55wPxGKxbLHB1S7n&#10;eCPtwmUYhm4Yhn386e8vJB4jCw2W0IqEYDT9Na5t3U3U83TDiPMmI477COcinScuLp653tjly+WQ&#10;aH8PjO9juCqUlZVRaWmpmzHmheOZcSEBkkNAEeec96ZSqRgAs7OzE5AihqsJASCPx0N1dXW+cDi8&#10;RNO0enGu0qlzs8S9dj+FAzBM0+yIxWIHmpqamt566604HM88jH2O+KlTp8y33nqrf8qUKfsCgcAB&#10;VVWrOecVOYQ12cIVIqI8l8vVMHXq1KOrVq06cfz4cb2vry9b/Diu4Jwzxphr8eLF7ttuu03Ny8sz&#10;PR4P1zSNX6gtXMJ2kUwmSVEU0jRNCYfD2sKFCwtnzpxZHwqFFns8nvmqqtYpilJJRD57foqtI0KW&#10;8JNGbrYAoJum2ZVIJLZ1dHRs3LlzZx9G+m/Z/cyMe7LL5SKv1+tWVbWIhMPoWIfg/I5zHk8kEu29&#10;vb390Wj0RsjukHH8pmkikUiYhmHEOOd2ewIu7VlBLpeLXXyxy+MGmt8waXC08QuRvYAZiUTw/PPP&#10;D/p8vsYVK1agrKwsj4hWKYoylXOuADlF3/aEZS5cK/NVVV0QDAaHFy1a1Penf/qn2370ox+dW79+&#10;fQoj7z+T6TmeIZafPXs2+9KXvhQOhUIzXS7XbAB+UT/Z78XZEyK4YRgd0Wh0c1tb26nGxsaU4x54&#10;wefpuXPnzLfeeiv+7LPPHvV6vXsURakgIi1H282esArGWKGmafU1NTV13/rWt/q++93v9mNkLGEy&#10;nB+JRCKRSCQSiUQikUgkEolk3CMFoxMbDsup8l9gpZ8/BMtFkwOYBitN/cNkpZQ7BstZdA2ACCzn&#10;zS9wzp8hK7U1ABwB8AaAocsN0IiBXw+AlUQUdnxuENEmWIPEK2CloncL8SjBEiI508pnDw4bYhuP&#10;wBK4lsASihJG0sg7CzskhLExWIJRBqAAVur3Q2KZYSKKiGVfB3BC7PcfAdwk/n8XQJ/4+VtYjq2f&#10;AHAvRtxQneU0AcQBmHaQG8BZAP2wRLT2MfphOYwyyJRbkguTEdDinBsbNmxAX1/fqWeeeWZw1apV&#10;PUVFRec8Hs/tqqrOJitFOxsrSOdwYcl2MhwzPS9jzMMYq1IUpZxzPl/TtAVut7t+ypQpB5cvX75/&#10;06ZNx372s58Nbt26NSWcRHIF2K9WwIdM06RwOOxVFCUAq01luJeM2vGI8CdmGMaArut2m7sRItAZ&#10;QoDh4WHTNM0YLDG983yPEr85goqMiDyMMdlXkFwJE8HMMltcaUOOe2Z62axgO8EhQpxAjPuTcrWo&#10;rKxk5eXlAUVRgo5JS2OSJXTRTdMcNgxD13WdkCk2kUKGK8dub8zj8dD999/vrqmpKfZ4PAsYYxXc&#10;Si+c6xrNcP3lnMd1XT80MDBwcMOGDb179uxJ4eLnhgPA0NCQ+Z//+Z/xhQsXdk6fPv2Q2+1exBgr&#10;Q47+UY5taJqm1fn9/kWf+9zndiaTyeZ//ud/drqMjjcUTdPKb7nlllVLlizpVVXVVBQlPXFIUUY3&#10;C8eko1GfAYBpmk4hITHGXIqi+FVV9SuKUuR2u+s0TZvNGCsnIjcAlmlwnynIte+1jnuuYZpmfzKZ&#10;3NLb27vu/fffP/7iiy/GkFssOgpVVaGqqkpWtov0e6LDrTZnnxeAoev6YG9v73A8Hk8f+oX2Ndkw&#10;DIMDSHLO7fYEXIdJElmu2KO+nwB9C0luRjlUOv42W1pa9L/7u7/rffbZZ/c88cQTheFw2ONyuW5l&#10;jBUSUdq1Msd2bBhjLKxp2pJwOBxdsmQJ/+Y3v7nt5MmTXSdOnAAyn+OThbTD6MyZM7Wbbrqp3u/3&#10;L2OMTWWMqSNGn5TdntP/c85juq6fOn/+/L7169efHxgYyBbnZ5Oe0AqAurq6zGPHjrWEQqHdLpfr&#10;ZiLKE5NZsx/n6fd2US6XqqpVRUVFn1i2bNmZ4eHhQXubOfYlkUgkEolEIpFIJBKJRCKRSD4GpAhk&#10;AiMGW5Ow0q3bwWyC5YT5dQCPE1EegDYAP4QlBh0E4AZwO+f8GwCKRDAmBuAXsBw4r0TISACKANyG&#10;TBenLgA/gDXY6wOwGMBhWM6aHCIVdpbrlTMwpRJRHee8PkvUxmEJxtLXsKM+WgEMwRLFAla6d92x&#10;/RMA/glAPoCNsAS0Jiwx7e8BJMWPKbbZDsuVdSuAbQCeA1Cadfwp4fLaK/bLARwE8CsA3wSw0CEk&#10;lalNJZdKRlBnYGDA2LhxIz979mzfE088sf2ee+45U1dX1xEIBO5VVbVGUZSpos0zzrnTaTRnwAaj&#10;XehsBy1ACKZguQ8rEK4tiqLUeb3eVR6PZ9Pdd9/97vz585vef//9M88991y0u7vbvg/xrH1clWCP&#10;qqrc4/GoQoBwwWixM9As0oxGEomEMx39DUVfX5+u67pTMHopdaAwxryKosi+guSK1BkTQTE6FnbR&#10;s1yZMsghKh1PjNuCXSsCgQDz+/15iqL4YQngLye1N3eI6m64Z8bHDAGg4uJi9thjjxVUVVXNd7lc&#10;9YyxAgjXc1vc5xT5ORx+Tc75YCwW23/y5MmmI0eOJBxO5xcTuAAAHx4e5u3t7bGBgYHjfr+/VVXV&#10;+RAT0nK0eXviDmBdRyFN0+ZUV1cvvvnmm7uKi4sT/f39PJVKMYx2Mb/eKJqmzZoyZcoXASSyjmuU&#10;45st3LzINp3fMyLyMcbyxcQlt3Am15yTmBx9suxtp+tYLGOK1MiNvb29v3nvvfe2/eQnPxk6efKk&#10;gYvXa1oYapOj3NlCpFzL5BTS3gDwVCplmqaZgJWp5HIcRiWSKyXdrpPJpHnixAn9hRdeGKysrNx4&#10;++23u/Lz870ul+tmxlgIyMiiYbd3exKB/axQFUUpdbvdnygoKDAXLlwY/8pXvrJl9erVQ3v37tWR&#10;lWkh6++Jdq3b5WX5+fnKnXfe6SsoKFgkRJvpbBzivpvhNGq7dXPOTdM0z6VSqSMnT54888Mf/nBY&#10;1/WLCUbh+I739PSYr7766vm6urojfr//CGMsrChKIcQED8f+yfl8ISJGRFO9Xu+dJSUlO//8z//8&#10;5IsvvjgsXLvH03NUIpFIJBKJRCKRSCQSiUQimbRIEcgER4yVm0A6kJkP4DEATwHI45z3EtG/E9H/&#10;hiXSZLDcR/8bgBmOIOF+WGnYo1cofmAA6sSPk0MA9sJy6uwHMJ+ItsASVgKAYqfKghUs7BXlnOHY&#10;bjomkLVtDdY17PzcBHAawADnvAyW6LNL7N8ORvYD+C2sDTuDBrZQNAMxyJ3knJ8D8CGAFiLKFozq&#10;ALYD+B0RfRUjAt5dAP4CwF8TUSHnfAMRNZKVjl4iuRSynUDM5uZm/qMf/Wi4o6Pj5H333bdm7ty5&#10;B4qKim7x+XyfVFV1FmMsSEQebqWpTzvl5XDqyRZ1ZqepIxGEs1P9MSLyc86r8/LyClwu14JwOLwj&#10;Pz//N1VVVYc3bdo0+PLLLyeGhobsdmVmbf8jwxhjuLKA3g0deOKcwzQvO8Nq2pbm6pfohkDW28Ri&#10;LKfdDNGoUyTqELONR8Zy4rphrktVVblDOMaFUOGGOf5xSNrB0+fz0ZIlS9R58+ZVFxQU3MsYqxaO&#10;ZDlTwjv7MZzzYcMwWqPRaNPu3bu7d+zYYU8Ku5j7nFMAaq5bty7R0NDQXFhYeMDtdt+kKMo0AB5b&#10;gOQU2SDdJeIgIlVV1RnBYHBZVVXVjrlz5w5s27aNp1Kp8eg0yhRFKWKM2ZPZnIzVFi63/PbEIgVC&#10;rwmMdirN7ko4BaS2Sz3nPJJKpfb19fX94sCBA9t++tOfDuzfv995fi9XSERZf4/lMJo+bzdyl0eo&#10;x1JZDqPXvBjXab+SC3CByb1XtDlknueMv9va2oxXX321NxQKbVy8eLErHA6HiGguY8wnXKhzlcE5&#10;wUBhjBW53e4V4XB44P777x/wer1H/uVf/mXgyJEjwOj09NllmAikxaI+n4++9rWveVauXDnN4/HM&#10;UhSlBFYmnuw09JQl3ucAUqlU6lB3d/eH+/bt602lUtli0Ut5nvLjx4/rHR0dp/Pz8zeGQqFpjLF8&#10;iIk6yLr32oJVUQ6voigVgUBg0aOPPnp89+7dTevWrbsUwapEIpFIJBKJRCKRSCQSiUQiuQpIwejk&#10;wgPgkwCegZX2PEpELwH4TwB9YnDWB+B+ALeI4B6IqA/AbwA053B+uSh2SilYqdcLHMHeFCwh6gCA&#10;YVjunNthiThNzrkCKzDLOOc6Ee0B8B6Ah7J2MSotlcN9KPsaNgF0AzhNRJWwRKpbAfSkN+YQ2V4B&#10;JsZOQduL/5+9c4mN4sjD+Pev6p7peXhmjB3AMLYJDhiwjb1Z71rZDVlFGyBEWUWLlE2kPeQS9pRT&#10;rquVckgOuUS5WBskFA4cspCNBJgEJ9YGZwPsouAsrxhMbIgxtjN+IL8yM56Z7tpDP9wzHsPY2BDs&#10;+kmWZ3q6u6of9a/qrq++ApoBhIQQTxHRbZhC1eswXVX9RDRiLZNI5sOsKfwmJiZw4MCB5IEDB4be&#10;euutqd27dw+Vl5d/HwgE6n0+368URaklomLL6YlZwmzK7cB37T/vFJ3umOAqd14iKlVVNcgYKykv&#10;Ly8vKSlp37p165lwONzd0tKSvHXrVmZyctLe9ywx6oJPhHkAC9kPMcZWrAqAiGBqbQEUfv4cwfBS&#10;ZAnLWLhFRCtadLIMmEtkD8zRJrkbS3Ev5KZZYBor6qa0ByTZQlF7EESBrKhz9QAhAKyqqoq//PLL&#10;keLi4k2qqtYxxiJu4zHkESRZvxuGYQzG4/H2wcHB61999VViaGjI7ep5L0c0Z58dHR365cuXx7dv&#10;397p8/kuaJr2GBF53dOnu9J1qkIhBGOMrfJ4PDWVlZU1+/btG+vq6hoZHBw0sIjtnTlYyH2pEFHW&#10;jAwFcDeRkMj5nxWP3J/J5Viak26WcEkIoVti0W/Hx8f/2dnZeebDDz+MXbp0KVcsOh+ytsvjCJ13&#10;fwscYLMsUBSFiEi1nh3cgjAZD1c4nPPFbLfnK3vOwEgAOHXqVFrTtJimaf+ura31hMPhP6uqWgPA&#10;B1fcyR1gYDtnAlAZY2Wapv0+Go3iueeeO5rJZC6//fbb4yMjI3Y6DNnPqY8KWc/s4XCYNTU1RaLR&#10;6A6v1/sLMqeEd68/V32aMQxjNJVKdfX29nafOXMmjsLF+e46V/T29upffvnlcHFx8flAIPCUoijl&#10;jLFVtvOrLebNvV7W94CmaU3r16/vevrpp3vPnz+fGRsbc09NL4WjEolEIpFIJBKJRCKRSCQSyRIh&#10;BaPLBMtJcDOAvwghNgNIEtE/APwdwIAl0ASAKIDnYQpKAfNleQdMd9HJ+8iCH6a7qM/1IjgG4Bsr&#10;L8Dsqe4J5kt/TkRxAF8DUIUQ6+dwFLVfFqcAjMAUqWp51hkAsB9AO4AhAKewcOfUmcyaHZpTQojz&#10;RNRg5d2Z6p6IdCHE9wD+SkTVVtpDVn5v2/mTIiLJfeDuMHE6Upqbm6eOHj16Y+/evYM7d+7sKi8v&#10;/66oqKhBVdUtiqJUc86jjDE/XCIGl4AGLnGEO41ZggfHXmsGn6IolZzzxxRFKdu4ceO6ffv2ndq8&#10;efOF119//Q5mnHYXRUSRyWQomUymhRDuqTLnxCVG8HLOA6qq2nOMrrhCGAwGOefci/nV+0IIMW0Y&#10;xlI5IssOwGWGHU/wiJcxWxyfK5if+ZglbCtof0uNO3+Y3cluuzq5xRSP9DUqhKmpKSORSCQMw0jA&#10;dC+863HnXCeGmWm1l/25ekDMKEWIWH19/YZAIPAkY2yNJVDDXcqWICIYhjGt63rf6Ojof0+fPt3f&#10;1dU1X0GhI3LRdd04d+7cdGNjY5ff7/+Pqqp1iqIUEZHHNV2vnV8nX1Z80BhjFaFQ6NdbtmzpLikp&#10;GR0cHLRj38Ou25yCDsyKDYXGo7vd87kDjNzX1Tm/dl3gFo26z6ct9jJNLY0RSyz66cWLF9ubm5sH&#10;vvjii1QymSzU7S7fb+T6E5gRh+UehyMYE0IQY2w+wvLlBME08vfAfMbOO5DsAeVjRV4AyYxodGJi&#10;AsePH0/19fXdeuedd/7V0NCwKhgMapzzrbBmqHE9wzptHTu2wLyPvIqibNQ0jZWVlaWeeeaZyWef&#10;ffbqxx9/PI389/WjUtfb8YwAsJqaGnXdunUlfr//Sc754/YAAddAT3sbJx5a9Wkyk8lci8fjV65c&#10;uTLa1taW69ZdKEYsFqP3338/Xltb2xeNRr9TVXUbYyxCRDxPPM0SkQJQFUWp9vv9tTt27DjX0dGR&#10;bGlpsR273ccskUgkEolEIpFIJBKJRCKRSBYZKRhdPngA7BZC/NYSLn4K4D0AN2GKGgFzqsBqAHWu&#10;fsRxAEdgumAuVBREAMIAKoQQqrVMJ6IOmA6jc+2XAQjBvA9/ADABYC8RhXLWc78gjgM4Z+V9u7W9&#10;Y5tndRLEYU4532qlncHCHUVz+QnAQZgC2T/AdDNN2nkkoowQ4jZM0aqA6aaaewwSyf2SJRwdHh6m&#10;4eFhMTg4+NOxY8e6Gxsbb+3Zs+dcXV3dtpKSkt9omtbAGIsyxkoYY2HMOPvaHfpzdaDnfnYrKOwY&#10;wgEEFUWp9/v9j61du3btrl27Qp9//nnH/v37fzx+/HgqlUoBiyAaVRRF3LlzJ6Hr+gTMsm27ydzL&#10;McvHGFulaZp6t5WWM0VFRVxRFD/MeFvoNdCFEEnDMDL3XnVBPCods5IVRm48cTkkuUVLtiA+l4dV&#10;3zviHttJzxUbbTFUlmv0cufGjRtGf3//ZFVV1bgQwqB7VBQuoQmISGWMBTnnKhFBVVVKp9POqpDt&#10;uvni3J9VVVX8pZde8pWWltZ4vd5fMsYCmLk/Z4lbHJWzqSwcSafTV/v6+m6+++67k5lMRkf29MKF&#10;IoQQdOLEifTNmzcHPvroo0uhUOga53wNEZVYK7hjgV2GhL0tY6zY5/M9uXr16m9effXVWwcPHpzs&#10;6enJJ9h+0DhCnALaR4uSnvXfnZDTXLQct/O6xQohkrquD6TT6W/HxsZaL168+PWRI0eG2tvbp11i&#10;UbeD7L0zI4SRyWQyhmHEXQOMWB6hfO53rihKMBgMelTVaS6uqLLOOSfGmGcBDqOyPSdZTAQAI5FI&#10;4OzZs+LkyZMDoVDo002bNvl9Pp+Xc15huUFn1ds2drix2m4eRVE2+P3+5ysrK++8+eab6Q0bNtw8&#10;fPhwoq+vL5MzIMQWYv6cmSXYf+211yJlZWVbOOeVRBS0BpLPqr/gcmAVQhhCiPFEInG+t7f3cmdn&#10;Z9IVc4HC454AQIZhiPHxcePKlStTjY2NFzRNq7euUwDmTCd2frKcRq3ljIiKPR7Plqqqqm1NTU1D&#10;LS0tKayw+CuRSCQSiUQikUgkEolEIpE8DKRgdPlguwEwAGeJ6D1YIlDXy2IOYAOAVa5lbQBO4v4d&#10;OCMAVhOR/ZJ9CMBxAH24y4tewzDAGLsN0xH0dwBqMON+kIUQIgHgFBFNA9hlLQ5Zx+VgdQimhRDp&#10;Jegk1YnoMoC/ATgMYArAuDsdK/2lcuSTSETOZ0dUEYvFRCwWM7q7u43+/v6hXbt2TdXV1V0vKytb&#10;F4lENgUCgQaPx1PHGCvnnIcABADYU9Y7+3QJjdxuJECOI0iOE5jKOV/n9Xp3lpaWrm1oaCh94403&#10;2hhjA5999llqamoKWLhoVAAQjDExMDAwnU6nf4JZxmyh9uwNsqdE1RhjYY/H412zZg2LxWIroXy6&#10;nbVI0zSFiHww6/2CnI6tzsQ0rHOtKFlNBtmBt4JYgW5rWTHKiokpXdfHAaQx4/Cc78TMx+VwoXmb&#10;a7n7z0Ylc3pSH+YphBCP+IUfHR0VsVgsqet6Atn1z5y4RAweq97QgsEgcc4xMDDwc3GQfFQhAOyF&#10;F17wvvjii5WBQKCGc14Jsx2SJW621rcHtdj3oq7revfY2Ni569ev38mpy+fbpgCscjw8PKzHYrEf&#10;o9HoBUVRthFRMbKfLXKF4nZbyM85fyIUCjXu2bOn5/Tp0509PT3OYJZ55GexsdPPckle5P3PiUt0&#10;7Vy7PG2OlBBiMpPJ9CSTya9HRkbar1692nno0KGR1tbW1MTExILEogCQSqUwPT2dzGQyMZjPaQZM&#10;R8Lc9mL2FyKv1+tdV1paWhyJRPpcvz/s67lU5B4/PB4Ps2Yk8CH7+O+FkU6nF2twpmR5sBCnSns7&#10;u8wZAPDJJ58kQqHQDVVVj1VUVOiBQOCPnPMKAFrO854jXne1Xwjm9PQVRUVFf6qurlZeeeWVE36/&#10;/8YHH3wQd9Ujjlj0Z+4q7uSzqKiIVVdXK/X19RWRSOR3nPOoNSDUXtepC9z/hRBkifV/mJyc/N+h&#10;Q4d+aGtrS2Pmms23PrX3L1pbW+NNTU1Xw+HwBVVVt3HOH4c5sH1WPgCnfU1EpCiK8kRxcXFjQ0PD&#10;hbq6uvi1a9fS6XR61jYSiUQikUgkEolEIpFIJBKJZPH4PwAAAP//7L13cBzHmf/9dPeEjdhd5EAi&#10;EIkgQIA5A2JWpE+B9qscHE4/+ZJsX13dvT5f1b1XZ5dLd+c7++dwlk/BNm3Lp9NJImWJpCSKEimS&#10;sphBMIEJBEiQyNgFNsxM9/vHzix6BwtGBIb+VE1hsTuhZ3o6zDzf/rYQjN46aADwDkIoGwA+BIB9&#10;kCwWBYi/aPXD0JR8zQDwYwC4eJ0BRQTxKe4D5v8xiItFN8PQdPSpMADgOAB8FwCqAOBuGHK/s2Bm&#10;oLELIfSO+d1CADgDAJlwiXt4LBx1zH0ajLELEHcXZQghESATTAT2MpsQMoTDYfbuu+/SDRs2aPn5&#10;+cHHHnuso76+/tSkSZP2BQKBQq/XW+50OusURZmJMc7jhESXCpTZhap2MQACAAVjnCXL8myv14ur&#10;q6vx448//g5j7OKGDRti4XAY4OpFo0kBvLa2Ns2cXjhmOZ3axK1gpg2stGGMVYyx3+12e5csWSJ/&#10;+OGHtKenB7j1b/kAlMfjUWVZzjDz+pJw144yxsK6ruswJDwZzWt1y1/3W4XbyZXSZFgdpet6++Dg&#10;4Ieapp0zB6Qwc5m4VA4HmUIAxBgDxhhRVbXQ4XDMkGW5HGPs4BzmL8tNrheF/v5+1tXVpTPGYmD2&#10;ia1241LbWY5XEJ/O1rN06VLHO++8Mzguib71sK61NX0umj17truwsHCeoigzMMZpMOQ+lhCdcNsn&#10;xJ2MsaCmac1tbW2H1q9fH7K+T7HNlcIAgPX29rLt27d3TpkyZZ/T6VxECJmEMfaYZSh+EmbaODc7&#10;ZOJXVXVWdnb23ilTpjRDfFaDCXcZ5cWR3Dkk/W6H+z1R913CodQu/kl8Z/UVuL4k30+jjLEYpfRc&#10;LBb7Y39//0etra17du/e3fLqq68Gd+zYwU+JfDVi0UR6KKWgaZpGKQ0yxqJmPzDVOQ+NlIrXiyoh&#10;JNfr9fq8Xu+N7jI4miAAQDk5OdjpdMoYYw/G2GnaEAJcQmiP4tNaG5TS2Pnz57WBgYFrSgDGOJF/&#10;N1ibKpgYkuqVEydOGC+++OJAOBw+8uijj8qTJ0/2OJ3OewkhkyAu7ke8q7pVRwMMCRJNIXSpx+N5&#10;oLS0FN1zzz1vnDt37vSLL75ozRQz2s84Y0WSW/dzzz3ny8zMrFRVdQbGOCOx0lB7ah/kCeb/3eFw&#10;eNf58+ebf/KTn4RhaCDm1V4Hvq/Mdu3aZezZs6dn+vTphx0Ox1HzPQPvWAz8+tz2mBCSpyhKbVlZ&#10;Wemzzz7b993vfrf/3LlzQiwqEAgEAoFAIBAIBAKBQCAQjCFCMHqLgBCijLFjAPD/QVywGRsh4GK5&#10;KPRC3NVzH8TFptd1eIhPSe8xj73J3Hf7ZUQmFGPczBirA4CvIYS8tt8ZxKd0PwkALwLAHgCYBwCd&#10;ADAFADIg7lgw7pEl4SIquMFIElfEYrGEy9y5c+foCy+8MPDCCy8MBgKBi08//fSJ++6771BRUdEB&#10;v9+/x+FwVEuSVCZJUiHGOAshpIAZ3E8hxBwxYAyQECBgjLFfkqRZXq8XFixYQP1+/weapp198803&#10;r3V6OQYAqLm5mZ0+fdrQdX2QUhrCGGtmelOmjQsYEoSQy+Vypc+bN0/9+OOPo9eYjpuFxLXAGCMA&#10;QB6Px6UoyiSEUNpV7MeglPbFYrEoADBFUW7V6yUYgZtdMHi98FNoMsY6Ozo6Pm5ubm4yDCMsSRIj&#10;hDBzuuWU26eaKnWsQQhBNBpFsVgMIYTk6urqOTk5ORmyLBcBgGNcEzPB9Pb2srNnz+qU0ghjLMbi&#10;09KTFG2bHet7SVEU38KFC107d+4Mt7e3j1PKbykSgz5UVUXz5s2TioqKAi6Xa4YkSWUIIcUubuRd&#10;zLkyFNU07cjAwMC+Q4cOXXjvvfd4N7RrTReCeJ+J/td//ddgQ0PDqfT09N2SJJUghMohPo350Abm&#10;fcMJ6QAhpEqSNMXj8VQ/8MADu0OhUOvvf/97GolEUoljxovEnMNJX16mLuKd5oETbI0gLrWLRQE4&#10;YZIppgVuHUYpHaSUXtB1/Vg4HP68q6tr16FDh5p+8IMfXNi6dasOyQLRq3YWtTAMg4VCoWgsFutk&#10;jIXs52NLL8CQEFiVJClHUZQ0TlV/K/cVLRAAwNy5c6X09HQvIcSHEHLygl/7BlzZZBAfSBlrbGyM&#10;HT58+JryjVI6keVFcGPC3wf0zJkz8M///M8DWVlZh9esWbMxNzc3XVXVOzDG2ZD8TjOp7uHmYEem&#10;ELrS7XavLi0t7X/kkUfeCQaD57Zs2RK7ePGiYd7zSNd1ax/2+9IadH2pd09j/V4KAQCSJAnn5+dL&#10;s2bNKnK73bMwxgUIIZVrT4c5enLjPKOGYbQFg8HPP//883MwXCh6NfWefYAHO3bsWKStre2Y2+3e&#10;ryjKDISQCwAku/u0mZiEqBcAnJIklWRnZ8+fOXNmW0FBQejixYtU1/XboR4WCAQCgUAgEAgEAoFA&#10;IBAIJgQhGL2FQAgZEJ96byQYAPQDQJgxthEA3kYIhUbByYPAkHPpZgD4ZwBogrjLzuW2q0EI/R8A&#10;yDe/SwTvzBf8pyA+9fthAKgEgAoAmAkApea6t5MDjEBwOZKmhYNkoSfyeDzsrbfeGjx48GDr5MmT&#10;2xsaGg7MmzdvSkZGxjSXy1WjKEoNIaQIY5yJ4lMYW9PaJaah5441zIHKCh6bQTmvLMsz0tLSUGVl&#10;Zfi5557b8v777583p6ZntrReMZ2dnYau6xFKaR/EBeqyFQsEW5DOEpqY6VNdLldOWVmZxzCMoH3d&#10;WxAEACg9PR1NmzZN8vl8AVmWSzDGPiswZxP0p8qHmK7rHaFQaAAAoK+vb1wSLgCAG8TpiNK4gfYt&#10;LBy1iwFGrBcYY7HBwcGL77//fuu2bdsGFEVhDoeDRqNRlpY2XIdtGAZijIEkSeNy8TRNA8MwEMYY&#10;otEoDgaDKCcnR3nhhRcmM8YGwZza9TaBAQBomsba2tp0wzDCjLEBiA/0saYaTyV440EIIUVRlLyK&#10;ior0zMzMHnNdMT3q1ZHohzgcDvzMM8/4SkpKqhRFqcAYB2DIeTS+EvdMwjnGUcMw+iORyK5z587t&#10;PXjwYNgUqqXsk1wlDABYW1sbPXz4cFdhYeFnqqrWmtMdOwGG9XGSRKMIIQljnO5wOGoqKiqmNzQ0&#10;9L7xxhvXK2a9LmyOoryTm9X2X/GuuP1ZYiNeRGqJkC5VbyIAiBqG0RqLxY5Ho9FD/f39e5qamvav&#10;X7/+fGNjY/TYsWO8q+j1ioBZMBhkra2t4alTp7b7/f4gJLud2tdPnA9CSCaEZMmy7CsoKJA8Hg8O&#10;hUJWvXmrlvdE+VyyZIkjMzNzkulSKHFi7SS3R1t/gALAIKV08NNPP9WFO6hglEkSjQIA/PSnP+0v&#10;LCw8qCiKLyMjQ1EUZT7GOIcxJtvqvCRXaK7+UgghlR6P577q6urI888//0lBQUHLf/7nf0ZCoRAD&#10;iPd9zcGXwxM0sutyqjSPNgggPhhwwYIFZO3atZ7c3NxqVVVncQOv7WL3xF+r3aSU9sRisSMXL148&#10;9dprr1mi+tE6B7Z582a9qqrqXE5OzkGn03lMURSfbcBiYv+2gVUIIZTtdDoX5Ofn73/44Yfbo9Fo&#10;8MCBA0l10HWkTSAQCAQCgUAgEAgEAoFAIBDYEILR2wsdAJoZYx8zxl5FCLVcxgH0SmEQd/38bwD4&#10;DcSdQK8kaIQg7hQ62bYvawoxCvFg7VoA+DLEHUwdMDRtfQTiDqMCgWAIuwgwESg6e/YsAgB28uRJ&#10;CgDaH//4x9hDDz00WFlZebKsrOyzgoKCaR6PZ56qqjMlSZqCEEo3HTyx6cyWNO0ccNP9cVjTAhKE&#10;kE+SpGqv17uqsrLy4mOPPdazY8eOiBn4uRYXImYYBjMMI0op7aWURswpBi/lEsdMpyu30+mckpeX&#10;56eUtkOy8OdWBQUCAXz//fe7vV5vHiGkACHk5gQj/PkniQHMPIxEo9G21tbWIADA+fPnAUZfBHOl&#10;+xIqBMFYYr8PE65U1m8IIUoI0SORiLZr1y4Nrm8q7LHEqttwbW0tIoToZn/qdiHR7oVCITh9+rSh&#10;aVqIMdbNGIui+NSoAJevUxhCyKmqaml2dnZebm7uaRguxBBcHgQAKDs7G5eUlEi1tbX56enp9YSQ&#10;Yhga8GGtBzBU9hLCHEpplFLaFgwGD7zxxhunXnvttahhGKnK3pXmSyrHRPrWW28NlpSUNGdkZByR&#10;ZbmWEFLAGJPM3y3XTF54YzmNqpIkVfl8vrnl5eWHZsyYEdy2bRu9ivSMCWbaKGNsgFI6APFZG661&#10;LWUQd2t3I4ScEH8WS3VuicEoltiQUjoYDoc/P3/+/B+ampoONDU1dX300UfBjz76KKppGoWhGRv4&#10;PL3m62YYBmtpadFCoZA1sMguSrLqCGT7TUII+WVZzlq0aJG3sbEx8vHHH98OInEEAFBeXu7x+XxT&#10;CSG5kCzktrsBJu5/ANAppV26rvcHg0EjEolMxPUR/cNbmyTR6IkTJ/QXX3yxEwC2L1iwgPj9fqIo&#10;ymKMcTqYA0JsAlGGhj+npsmyPN3n85GSkhJ87733fvDpp5+e3bFjhw4Qd7zVdR1RSpPEjGN9olcI&#10;AgBUX1+vzpkzp9jtds8ghJQghBxme5qqnuLFs7qu62dCodAfz54923n06NFUA7yvpq4bNvCqo6OD&#10;vvvuu5GGhoZmn8+3U5KkYkKIxxyImvI6mnmEMcZpkiRN9fl8NfPnz29et27dAMT720IwKhAIBAKB&#10;QCAQCAQCgUAgEIwBQjB6G4Hi09ZvQwgdRgi1gxlEGwU0iE9DvwUABhFCl3MWtaAAsAMAfgAAX4C4&#10;g6jHFJoBxF/65wMMd3Mw/zfMcxAvjgWCkUklIEUAAI2NjfTQoUOGJEkD9957b9+aNWvay8vLDxYX&#10;F9cGAoGlDoejHmOcjxBycG6jADBMJDrMgctch2CMM2RZnuvz+Y49+eSTp3Vdbzlw4MA1C610XWeR&#10;SGSQUnoBAAYBIDDCqvbooM/hcMzJyMjYUlhYeDwWi9HBwUEEt2YAyjovVFxcTObMmZPldrvLMcZ+&#10;GB5MBeBEo5Z7GmNMZ4z1B4PB9s8++2zA3N+oiM4kSQKMhTl0KoQ717gypB4a7hiVylUZMMbM5/NR&#10;iJcFaxm2vwnEOgkMACDLMpUk6Xa7r5LECxcvXmSRSKRf07RzhJBBiA8+upJtEULIKctyWVpa2qSc&#10;nBxrsNKtKhobbZKuJcYY33333c6srKxiVVVnY4yzLfGizSWcd6y0rnMoFosd6erqOv32228Pnj9/&#10;PpXr4+UcYy+VPmCMwebNm7WFCxd2T506dbeiKFWqqqZjjL0AQ26dNvdOq79DMMb5DoejJi8vr2jN&#10;mjUXt23bZrlmjnsfg3dCpZSGNU07Gg6H9zPGItZ52Ntgu/Oo5c7Or4IxDiiKUiHLstWfSGQhXOK6&#10;WytFIpHg+vXr219++eUQY8yqPw1Idha97vIVCoVg06ZN0RUrVvRYQllO4Ahgu1c4t1SCEHI7HI6S&#10;6dOnF9XW1vZ//PHH/DPtrVTu7WJQnJ6enuZwOKaaU3wPE4FBivNnjMV0XT8TDoc7dV1ng4ODN+Ig&#10;CsHEMZqdDwYAoOs6fffdd7Xu7u6Ov/mbv9m6ZMkSp8/nS5dleQYAeAGGNM3mB66pYRjibQwBAL8s&#10;y3VpaWnBysrK4Nq1a/uj0Wjfnj17DMMwcCwWswYEJN3PE9ifSjzbYYxxTU2NOysrq05RlFrTvZNY&#10;J85V5ghMh2WzXaCMsaCmaU1NTU27Xn/99W5u5g/7sa41faDrOrS0tBjvvffe+ZycnL0ul6uBEFIA&#10;8YHfVnoSeYSGpqRn5rsDv6Io07Kysj7Pzc09A/F24lYX7gsEAoFAIBAIBAKBQCAQCAQTghCM3n70&#10;QXxaervbwjVj7idsLlcDAYAZAFAEAO+Yy3yE0AIASE9xDN7pK8oY24kQ2gFxwapAILg0qYIrjDHG&#10;NE1Db775ZvTNN9/Uqqur+/7xH/+xr66urj09Pf2Yw+FYoKpqHcY4DwAUhBAGzoXSggtSJT6b6xBC&#10;SLbT6awvKytrXb58efcHH3wQO3PmDOVcRq4k8MMAgA0MDNC+vr7+SCRyQlGUXoyxJSrnBSd8uizh&#10;hEuSpBKfz1fy/PPP7//Rj37UvXfv3gl3ABtDEMYY5ebmSrm5uXkOh6MSIeQ088YScCRdL26eUcYY&#10;CxqG0TI4ONjzySefWML8UblONhHKFW82GsceDxhjyBLbWGXkatpbm5DnpjnvmwVd14dlRor8SRmY&#10;xhgzc4p5fgG48fKJAgCSZZlhjO0uwrc6fL4xjDHr7u7uysvLa1ZVdQEAZNvWGwbXbigY4xyHwzGp&#10;oaHBv2fPnui2bdtu5Hy/kUgMUFEUBZWVlZHVq1dPTktLm0UImWS6oQEki3sSeccNXjAMw7jQ29v7&#10;2d69e892dnYCcMIUiIujr/Ue50U1mDGGtm/fHp0zZ84Rn8/XqCjKHISQx6zTrf6NdW5J+0EIOQgh&#10;UzIzMxcsXLiwJRAIhMLhMIpEIuMucuGuHWWMDUYikcPNzc1va5rWL8syk2UZAIASQoA7p0SbxTvq&#10;GYYBAIA0TQOHw+HPysqq8/v9D2GMPQAgm9ul7H9Z+0AIOVRVrc3NzW284447Du3YsWPw8OHDllB0&#10;WPKv9/QppezIkSNGd3f3gK7rFxljfQgh1Rr4xD1TWgnkBzopsiyXZWVllU2dOvUYxAcm8ffYrVTm&#10;EQCg3Nxcct9996mBQCCTEDLZFJ/ZXRoBOPdYC9OJvrm7u/uipmkAwwepCW5fRlssytehxq5du+Db&#10;3/52x0svvbS9oqLC7fV6JUmSqhFCXsYY5sr1UIWW7H5MEEIeWZbr/H5/8Itf/GI0MzNz5/e///3u&#10;9vZ2FovFEKWUb2uS9jXOJLVV9913n1xeXp7t8XimS5JUhkzndKud4kjqDwGApuv6mWAw2LR58+b2&#10;N998U4vFYvz+sW27a00j6u3thd///veDy5Yta8nMzDwoSVIRxniydQyu3YhvlFwPOxVFmZaenj7t&#10;ySefPGwYRufGjRvF+z6BQCAQCAQCgUAgEAgEAoFgDBCC0duMEQKd4475QlgGgCoAeBgAjlNK/1+M&#10;cTMAFDPG0u0BPRhKdxAA3kMI7Yah6ekFAsGVwbs4AfcZAQA7d+4c+8lPftIxe/bs/vr6+tO1tbWn&#10;0tPTzzocjsWEkKkQdwdJuDLxYm67sBsgMW2rQ5blaU6nc05FRcXnK1euDL7yyiuGKdy6EiFFYp2O&#10;jg52+PDh3ry8vCa3231RkqQKhJBkc4/ixSMJxxKEkM/pdFbOnj27sLq6un/v3r0atx6/3c1Moj6s&#10;qKggc+bMcXk8niJZlisAwGUTa4503oxS2hWLxU4Eg8HgmTNnaIp1rhVmTvHI7MKDy4AAQMYYKy6X&#10;SwoEAqinp2eUkjS66HrCkOxqzo9B/D61BImCMYITUCZI4TAKkKJvgRACRVEAkgWjN6LjEQIARghh&#10;qc73dkKSJNbU1NRVXFzc7Ha7exhjFCFEbALFlJiiE6+qqhU1NTVlK1eu7NuxY4dmGIZdcH9bX+MR&#10;SLihFRQUkJUrVzonTZo01el0zkMIBSxHsUuJ6hljjFLaH4vFjrW2tjb96Ec/6jEFo5aAz17urjYf&#10;kkQ4AID279/PXnvttYuVlZVHXS7XCYxxGkLIDcn9Cv4vA9NEE2Oc63Q65+bm5u64//7727Zs2RI+&#10;ffr0aNcPV7Ufxpim63rHJ598cmTTpk09TqeTqqrKHA4HlaT4awCv18s0TQPDMEBRFIjFYqDrOkiS&#10;hDRNg1gshgYGBnBFRYX6wAMP9Lrd7mpJkgowxummYx/YylO8MxjPYwYAiizLJR6PZ+6CBQsOrlmz&#10;pvfw4cNjJv4Jh8MAAKynpycajUZPORyOs2ZaVXMVe9+Tz0siSVKRy+UqLygo8BYWFva3tLTY64lb&#10;obwnymdxcTFeu3ZtdkZGRg0hJBchpEL8nrYXSktsx59/NBKJnG5ubu40BaPjwghttuDGhNnumWve&#10;DyTXpbS5udn4+c9/3vLss89+UF5ernq9XmKKRt1gq6v55w5r8BzEp0DPUhRlQXp6Ol2yZIkWDAZ3&#10;/9M//VNPNBrFhmEgaxAYpG7z0Tjei4kyu2rVKndeXl6FJEmVGOOA6ZiKbM/CdhhjLByJRA61trY2&#10;7t27V4tGo8jsz1ht6rUK45HtMx4cHETHjh1j+/bt6y4qKtqrqupMVVUnX2rfidEjADIhZLLT6Zw5&#10;c+bMxlOnToU2btyom+m0HMZvhXpYIBAIBAKBQCAQCAQCgUAgmHCEYFQwkcgQnzqsCwB+jTGWAGAt&#10;AJSkePFuBan6EUJvAEA7Y+wZMyCwgzGmicCRQHBVDBMJAgDq6elhH374Idu6dav+/vvvR7/0pS/1&#10;r169uqW4uLjT4/EwSZIqMMZuMANTzDaNKQyJJ+wuLn5FUcpyc3PLFy9efH7dunWRqxDWJYL6HR0d&#10;7F//9V/78/LymvPz89sYY2EwnU85ZxU+OMgnTlFVdXp2dva+WbNmnfj1r389qs6ZNwCIW3BNTY28&#10;YMGCArfbXUMImYIQclxyY9MkFgAopbQzEok0d3V1DUSj0dFwjEpsJ8vytThcI9PtzxEIBCS3232j&#10;CUYTJyRJkhV8xSOvnozpSBphjEUjkYgl0L1V7ssbCvtUzKO0/Y2SV8PEApdwRbwdYKqqst/85jfB&#10;xYsXn83IyOiSJCkKAC7bAIfkRoxzWIT4gIfpmZmZs+vq6o5PmTJl4Pjx48JF78pAAIDmzp0r1dfX&#10;Z3s8nmmSJE1FCLmta2xrp/l+A0B8gEF3OBw+HYlEjKeeeiqgqip1uVxUVVWqKArv+nlNWMeKRqMo&#10;EongYDBIYrEY7u3t7crMzDxsTr/utqbLtc6LdxzlHEjdkiSV+P3+qrVr1544c+ZM2+nTp62pdAEm&#10;5l5hAKCHQqHYe++9F4XkaeCvJE2JfoXT6YxWVlaeLS4u3iPLcqksy14AUAAAbH0tSx+GuHLmkGW5&#10;Jjs7e8nSpUuPvPLKKwO6rtPu7u5RO1H++ADA2traov39/cfcbvcpSZKqMMYK52xvrWcNKkJcfzVH&#10;luWK8vLyorVr13b927/92wAMCZVuhfKeENIpioLq6uqU0tLSKW63ewnGOMtyYh1BVJ/QdDHGdMZY&#10;KBKJXPjwww9DhmFcj+BMILgSkkSbuq4bb731VkRRlNNPPPHEOzU1NR6Xy+WUJKkc4gMcE+JQzjnc&#10;KutWnS4TQvJVVV2UlZUVXrp0abS1tfXA4cOHYzZHervbaCpHz7ECAQBKT09HZWVlpLq6OistLW2O&#10;JElFAKBwzpypNzbF+5TS/nA43NLW1tazZs0a/xe/+EWP2ZZSSZIAIcQIIdeUQCsNljNrLBbDoVAI&#10;ud1uZ29vb1d2dnanoihRjLGa4t1BYjdgitUZY26z7zWvurr6RFVVVfjw4cM34gAtgUAgEAgEAoFA&#10;IBAIBAKB4KZGCEYFE4kGAHsBYAfEXUO/AQDLIT5VPcDwAGsYIbQZAHoB4KsA4AJxDwsEo8Ew1xbD&#10;MNDevXv1c+fO9Q8MDDTffffd0bKysn6/3/8la8q/FPtJCqxZQhBTOUAkSSpOS0ubU1paekBRlB7G&#10;GDOna7XScNn0hUIhduzYMdrd3T0QjUbPyrJ8UZIkD39sKzDIi6TM7yRJkqrcbveM+fPn77733nsH&#10;33nnHV6cdzMHoZKc0txuN166dKm7sLBwlqqqMzDGLtt0rEnYBDqaYRjnOjs7D58+fToEo+OkmNjO&#10;FBrrjLGRpqQdCYwQIk6nU8rKykKtra03yigBBABgGAbKz88ngUBAQQg5EUIKd10v6YiFEKKMsd5I&#10;JNJjCkZ5btZ78kYnkRnXGPC/EfNlmFjUdI+63Ujkja7r7NixY0YkEgkahnGWMdYPcSEJBlMoBjbR&#10;qG1qVJkQUuxyuaaXlpZ+snLlyp7jx49b01TTVMcUDIkM/X4/XrZsmau0tLRSUZQqhJDHNsADIIVo&#10;l4cQ4isrK5s/ZcqUGkIII4QwAGB28ba9HPMioUthit8QAAClFOu6DhhjnzU4JkX6khzVOSESxhhn&#10;eTyeO6ZNm3Zy7ty5Xbt27TIGBgYMmKA+hul8Ci6Xi8KQWJQXPl6JYBQAAIfDYfbZZ5/1zZw5c4fD&#10;4SgnhBRijDMAgNgUopYYiHHlCCRJynE4HDPKy8un/sM//EPwBz/4QU93dzcz0zQaJJ3L3r17tfr6&#10;+pbMzMyzDocjAgAeaz2uPU7axuw7KrIsV+Tl5S264447Tr/22muRwcFBZg5Sudldhfm+Ipo5c6a0&#10;YsUKv8/nq1AUpQZjnGatww/A4re13BYZY/26rjcPDAx07dy5M8b3I0cxnVeyzs2aFzcj19KfGCa0&#10;vE6S8runp4e+/vrrkaysrLMej2dDSUkJcblcqimmVGHo2SMxmNESUHLiUYkQkut0OhsmT55sPPzw&#10;w9KGDRsOMcYIf1/bhZnWM+4Yi0YTZba4uJg899xzvpKSkkpVVedgjHN4QSyMfJ0RABiU0qiiKPmz&#10;Z8+unzNnjkYIoaYL/YiDL/jvrrRNpZQixhiilAKllBBC/AghmTEWYozJyJwZxGovrN1zx0EIIVmS&#10;pGKn0zmzvLz800cffbT3O9/5TgiS7ydR9gUCgUAgEAgEAoFAIBAIBILrRIjtBBOC+bI5DAAbAaAe&#10;AL4DAAvANn0YcGJRAPgDABwz129GCJ2EuNg0YVMoEAiuGV7MkBBHdHd3s3Xr1g2cPHny1Ne+9jVa&#10;XV2t+nw+RZblWoi7BFvbDoMLKiGIi/2yFEUp9Xq9XkVRUFZWFmpubr7aNDIAYH19fbFoNHra5XKd&#10;Z4wVwVB7ZgUEU4l/CMbYryjKtKKiotqVK1e2b968OYYxxpFIhD+PmzUAlXAXfeCBB9Q5c+YUeDye&#10;2ZIkVcCVt/eUMdatadrJQ4cOndmwYUNY07TRcI3iRb9GNBrtZIwFL7U/PkhpBhUlhJDb5/O5ZFnm&#10;24obIb8QYwzq6+vlgoKCNFMwitnlp1xOfE8pjWiaFunr67tVXMwE489Iwrvb9n46c+YMy8zMZF1d&#10;XX3hcPiQoiizJEnKAEg55bJFYqyDuY6LEFKRm5s795577jn/q1/9KhIKhZKczsblZG4eEoLRpUuX&#10;SjU1NZl+v3+eqqozOKdra51LiUUxISTL7XYvdrlcMwGAjiTyu8Q+hq2f9MNw4QsyxaMYY+w1B8fY&#10;n02S1rfSYN4vXlmWa71e79T58+fv37lzZ2Tr1q2Wy+hEiEYZACREtuZypYJRZFsPb926NVpXV3cy&#10;Ozt7t6IoVYqieBBCLq6sJJ2jVcRMcZBDkqSKnJycexsaGro2bdp0oKWlhWqaZnf9HJXz3r17t7Z/&#10;//6uurq6NkppF0LIZw3k4Mp+0nUw22xMCClwuVxzSktLP3366af71q1bF+zp6eGv3Y3S97gWLAd0&#10;vHDhQnXGjBlVLpdrLsY4BwCkFHkJ1mdOGMx0XT8XCoU+uXjx4kWu3zIu14SrukdbjCgYA8ZAUJl0&#10;n3V3d9N169aFFUU59qUvfWljfn6+w+VyrSGEFDDGFF7kaAkVze+o2dgjAFAIIZOcTueywsJCdtdd&#10;d2GEkALDBxdZx8YjnNtoloEkgffUqVOl2bNnF/n9/oWSJBVhjJ0pxO8j9QEJISTT7XYvdjqdteaA&#10;i2Fl1nY+I2XcsHNM1ZZafxljEsY4gBByQvJgHWtfqZ7ZEULII0lSZXZ29oL6+vpzADAAyWX+Zq2D&#10;BQKBQCAQCAQCgUAgEAgEghsGIRgVTAjmi2AFABoA4G8BYBb3s/0lcBQA/hcAfgUAlQCwD+IuMR4A&#10;mAJxp6jomCdaILj14YNNDACopmno1KlT0NbWFvH5fGeffPLJj6qqqgowxpmEkAKItyMjBs5tgR8n&#10;xjgzLS0t46mnnlJff/318KW2TZG2hKB137590ZUrVx71er0nZVmuNZ1Lkhw0eSeYIRMYRCRJKvP5&#10;fIuXLFly5E//9E+jb7/99mBLS8u4BbrHCATxIBwCAHT33Xf7iouLFyqKUsc5gPEiAAtm24duGMbp&#10;SCRybMuWLX1bt27VTcGofd1rpqenxwiHw12m098lhTxcXiKIOwBl5OTk5FZXV7d89tlnGkx84HDI&#10;Io8xNH/+fGdBQUGx6dJlpSmloMF2fpRSGgyHw8EUDqMTzhi7J00kI+aP4KYnUW+Fw2F24MCB3sLC&#10;wgMul+sUIaQMY+zhHce4bXixW0LwIElSodvtXlReXn7oW9/6Vu8vfvGLgba2tpu93RgLkgQuK1eu&#10;dE2aNKlMVdXphJBJCCEZrqDOtkSgCKE0RVE83E8jbXNNgtHL7AeBORjAJlCz748zSwMZY5zpcDhq&#10;q6ur9y1dujS4detWHeJCw4kQiyZcRlOl2/b3svs7fvy4vn79+uC8efMOuFyuP0qSVEoIcYJ5bimm&#10;GuZd4zAhJNvpdC7Jzs7e//jjj7eeOnXq4sGDB0dbiMkAgLW2trKmpqZwKBQ65XK5jmCM8yA+0CmV&#10;K2CiLjDPwSNJUmVeXt4da9as6dm3b9+x06dP8wOqbjbRqF30jBoaGqRly5alZ2RkzFYUZSZCyAWm&#10;CA5SCLn5PjVjzDAMo629vf2zbdu2dZuC0fHuu9ws1/624nLuk6N9OPMvPX36NFu3bt1AZmZm08qV&#10;K9WCgoI0VVWXE0LywfbO06zT7XUABgCHJEmFHo/njuLiYjYwMNCGEHJxz7J8nXktbdG1gAAAVVRU&#10;4AULFrgzMjIqHQ7HIoRQBmMMcy6nl2sDCSHEbz2fcKtfbtDASPu7knQPOw/r+xGE+8ClDZlpznc6&#10;nbOzsrI+nTdvXuupU6f0jo4Oe10sEAgEAoFAIBAIBAKBQCAQCK4RfPlVBIIxwwUAyxljNdx39pfL&#10;FAAOA8AZxtgXAeAJAHgQAL7IGFsDAHMAwDkeiRUIbiPsATEai8Xohg0bIjt37mzp7Oz8JBaLHYC4&#10;UJuZjkMjBpUskSJCCCOEvG63O2/BggXeQCDAt0GXC7DxQSX27rvvxj777LNT0Wj0sGEY5xljOicM&#10;Hdoo2aXSEizkqKo6r7CwcNGDDz6YV1RUJMOQ49LNKB5LBOGKi4vJCy+8kDZ79uypaWlpKyVJKkUI&#10;SQDDnHGsz7yrC2OMhWOx2JGurq6jp0+f1jl30Uvl8ZXCAAC6u7uNUCjUQym1pru3CxKTvuP+YkJI&#10;QSAQKC0vL5cRQghjfCPkFQIA5HA4cHl5uS89Pb2WEJINycFRe3CZ2QLQMcMwOtva2rqbmpqs6Xkn&#10;PAhKCLE+3gjXeayZ8Os9gbBxFnmMK9FolP7Hf/zHYGNj46lYLHaMMdZptRm86xikcLy0xIKmO/X0&#10;rKysRXfffXfR6tWrFa/XS+DmbTfGgoQYjRCCFixYINXV1WX5fL7ZkiQVQ9y90C7Wsws0EwNNuIWY&#10;Czb/SikWcokl1fojLcR2PMSJV6wORlJ+W/eIlV4AUFVVrc3MzJxdW1vrdTqd9uftcb9XuPbf3ge4&#10;VMFntoXGYjG6f/9+bdu2baf6+/t3G4ZxklI6CJCY5n3EwUPxP0jFGOd5PJ75M2fOnLp48WKVEDKa&#10;ZSip/7pv3z69ra3tZDgc3s0PUuH7HHzdx33GZjrvLCwsnPXII48EKisrrfJupRdGKc3jBQIAhDHG&#10;lZWV0lNPPRWoq6ub7XK55kuSVGTrK/JCrMRfy5WRUtqr63pLU1NTy29/+9tBGH5fCW5TxnGAkf1Z&#10;lR07dsxYt25d8PPPPz/Y2dn5ViwW+5RSetF0Ek2IFPm2n0u3VTfIhJAir9e7LD09fQkhJJNfjavn&#10;x1ocmzT4ora2Vl6wYEGex+OZRggpRwi5rfRcwTW3RJrW4EJ8mfb0cu3q1balifbUun4pHEaT2lRz&#10;YQghryRJJenp6eVf//rX03Nycvj6VyAQCAQCgUAgEAgEAoFAIBBcJ0IwKphIZIi7hFr34UhTaFUy&#10;xv4WIfRliDuR5gOAGyEkAvUCwdgxTDR69uxZ48033wzt27fvQDQabaSUBsF0FLI5r1jwZRNBfFp6&#10;p6IoObm5uW5VVe3rXEl6AACgvb2dNjU1Dfb39x/TNK2RMTbITBIHH3laPRljXJiWlnZPWVlZ7aOP&#10;PpqmqqpVl9xsQgBelIgbGhrUO++8szw3N/cuRVFqEEI+M0Borcv/BYAksUvMMIwL0Wj0yNGjR1vO&#10;nj2rQ7Kg5Fojo0nbHThwwDh16lSnYRjdjLEoQoja7p9U1x0BAEiSlO9yucpzcnKcgUAA+3w++zUY&#10;bxDERTDI7/fjjIyMgNPpnIExtgSjvBAtSRjFBZwpY2xA07SeEydOBA8cOHCl0wULRpebobyPFZcx&#10;p7qpobqus7Nnz9L29vbQ4OBgk6ZpxxljEeDKl+XSBcn1JDO/BwAgpoBsVXFx8bwHHnggc/HixZbD&#10;thAwDIEAAOXl5eHHHnvMXVBQUOZyueaZ7qJX2tYjS9TD/QXb92O2mAeyliTRf6pz4L8ztyEY40kO&#10;h6OqrKys4Mknn3QAAP/MMtFcqzMuAwB29uxZ+oc//CF04cKFo+Fw+FNK6QUAMGBIeM64zwDx9i5R&#10;rhBCHlVV52VkZMy+66670uvr661yNNp9L3bmzBnj/fffbw+FQkcopRcYY1Hg2le72Iq7BzBCyCVJ&#10;UmlaWtriefPmVd93333OgoKCVM+dN0KeXoqkfmIgECBPPfWUa9GiRZWZmZlfkGV5JsQHX/KiMsb9&#10;D7bPumEYx8Ph8P4jR46EDh8+bPT19fHCYoFgvBj2rHro0CH9hz/8Yc/nn3++t6ur681oNPopY6yb&#10;MaZD8iC5RN1uNf/cX1WSpMlOp3MOISSLryc4QfV4iGMTZXfWrFlqfn7+VFVVazDGboQQtqdnhO2H&#10;tam2/8etLeUx02d3CbXyg08nwRjneb3eJXPnzi2tqqqyXMpvlPZUIBAIBAKBQCAQCAQCgUAguKkR&#10;glHBRIEgHjxVEUKYMWZA3K3QLlAiAODkXizbXw6LF8UCwdgxzF1o+/bt+qefftoTiURazeC7hoY7&#10;Vw7tYEgxYJVrGWPsdTqdiqIoV1t+k9yujhw5orW0tDRHIpH9lNJeAKBcAHDE7RhjgDH2yrJcEwgE&#10;li9btqzm0Ucfdfj9fgJcUP0q0zYRJNKakZGB6+vrpUceeSQnLy9vvsvlWo4xzoV4HXolMEppMBaL&#10;7erp6Tm4ffv23jNnzhgw+sF/1tHRQY8cOTJoGEY3pbTfdJCJ/zjcrYcPJmKEUIYkScWlpaXpK1eu&#10;VDih70SQOK6qquihhx5yer3ebNOpy5pCOZW+KNHGmcFpjTHWaxhGsLe3Vw+Hw0JwIRhvUjkIp7p3&#10;bzaS2p+dO3dGjx8/vicSiXzOGOsF24AH84T58pcQsJlOky5Jkiq8Xu/yurq62WvWrPFkZmba240b&#10;+aKhEZbR2nfiGOXl5WTu3Ll5fr9/JiGkBABclmiQ6zPwjmL2wQnD6sHxuh9txxnJlTNl+ixxHULI&#10;Jcvy1Pz8/PnLly/3+Xy+sbjm4wmfN7SxsVHfvXt3a3d393bDMM4AQAxx7qKc22giz63rYwmAVFWd&#10;UVtbW33PPfdYU6GP1rVJ5FFXVxf97W9/O9jZ2XkqHA7voJReQEODVIY3zkPugQiZrviqqi7Mzs5e&#10;+uCDDxY/8cQTLrPMW06jFjdintrvOZyTk4MXL14sr1ixojgnJ2eFqqpzMMZZ5rM4gKmdh2RhHXCC&#10;OcoYC0Wj0b1nzpz5rKmpyRLeC8GoYKJIajf6+vrorl27tFdffbXr0KFDu/v7+zfFYrE/mm2+MdJO&#10;zP44bzGsmlO4q2C7r7nOEUrx3DKaIABANTU10rRp03wej2e6JElTIT7omq9zhj2vQ3J5TCqbE9yW&#10;Xq6usA9qRKbD+4z09PTy+vp6V3FxMbGtfyPWvwKBQCAQCAQCgUAgEAgEAsFNwc0giBHcumCIi5kM&#10;hNB+APgfc9kFceEowGWC2qZTzFiImgSCGwW769J4Cw6ShBK6rrP29nY9HA5fMAyjFQAi3O92sQ0v&#10;wOHtwSSMMaaUXk+a2KlTp/TNmze39/X1Nem6foIxFoSRg1FJbjBmGjJVVV2Sk5Oz4utf/3rFU089&#10;5YThU9PfqEEoXqCECwsLpSeeeCJQW1vb4PF47pQkqQwh5AAzrskF7ZIE96ZYkzHGDMZYx8DAwK4T&#10;J06c2Lp1azQYDFrrjZYIgAEAa2lpYd3d3bqu6z2MsS4wA7jcFIXDnEY5wYKDEDKppKSkdu3atX4Y&#10;nk/jlV92xy60atWqHJ/PNw0hlAkAMmMpzej4bS1hSlTX9fOapvWGw2GrPbuhhRe3gJDwmmBjrAyY&#10;IEY6pxFv4JsU9sEHH8S+/e1vtw4MDBwyDOOU6XDMC/2GbQOm+xiYTlcIIZ+iKPPT09NXLF26dNrD&#10;Dz98M7QbqfoRvOBttNKNAAAFAgHc0NDgyMnJmeJ0OhdijLNRfFYAy8nVWjchZuEGe9wUywiu6rwT&#10;qkQIKXG73QtLSkqyy8vLSVpaWlL7e9VX98aBnT17lv7whz/sP3ny5LFYLLbPMIxzwAmwrfzkXUZh&#10;qN1DKO42Pz09PX3JjBkzMhoaGmSv12svR9edTkopO3/+vLFv377znZ2dH1FKzzDGdJsIMuEubJnf&#10;cb9LhJBCp9O5YurUqXffdddd+YsWLZJlWbbSeqOKRlOW94sXL5Lnn3++sKSk5A63270CY5yPEJKs&#10;PLOuh7mtNcjKEpECAGiU0rPhcLhx06ZNp3fs2GEf6HkjXYObBk3TmPlMdNP3MSaomzRMjLh+/frY&#10;Sy+9dOHo0aOf9Pb2vq1p2h7GWD9wXTlzEEOinrKVf2QtXB+BcW7JAKYb5hiQ1GZ/5StfcU2fPn2q&#10;oijVCKEciJdn/th8eWeQur261LuEiWxL7S6jifNIVEgIqRjjfLfbPXvFihXlDz/8sIMQwte/N325&#10;EQgEAoFAIBAIBAKBQCAQCCYKIRgVTCQE4qIaDACZEHdL+B8AePMS2/DBgCMIoQ0AELzE+gLBzYo9&#10;qJJKjDKegdlEMCYWi9HBwcEeTdMuMMY0fp1UgUL+O8696XrSwQCANTY20o0bN0YvXrx4KhwOb6eU&#10;njenHOSPw0+Ryk+/DgghSZKkIpfLtWzKlCl3PvrooyXf+MY3XC6XK5X450YIgg+7JxBCeNq0adI3&#10;vvGNjNWrV88LBAL3KooyFyHktIKal7jeiWvCGOvWNK2pu7v78IYNG7qOHj1KIS7+uGZVb6pjWZ8j&#10;kYgRiUTadV1vsd1Dw+4X829ChUMIyc/IyFhRVVVVvHz5coUQMt55xB8Hl5WV4dWrVzuKi4vLnU7n&#10;fIxxmhV0HkmEZt2Uplg3qGna4b6+vnMdHR128YVAcF3wrn+XWu0WFcNaMABg58+fp9u3b9c7Ozub&#10;I5HIHymlPQBgcMIxu9OqJWgwdY4MAIBIkpSnquqSgoKCu772ta9V/cu//Is3Ly+Pn3L8Rms3rL8Y&#10;hvcnRivdiW1Xr14tr1ixItfv90+XZbkKIeTlBfS2gST838RiOY5apPot1f/Xgn3bK9kXJ6xLJRpF&#10;LO6K5pMkqSwnJ6f8L//yLwPl5eW8G+14MlrH49smevbsWePQoUPd3d3d2zRNO0QpDVu/DzVxQ9M+&#10;c9fNGrRT6HA45lZUVNQ8++yzvvT09LF4L8Eopezf//3f+5qbm5tisVgjpfQii89skaj2OOFVkguf&#10;+bsiy3KVx+O5r7Ky8o6/+Iu/KLz//vtVp9PJO41ORL/8ciSJRR944AHl3XffnVxdXb3c6/XeI0lS&#10;FULIzWyCOG5BkLidGUDcXbQvEons6O7ubjpy5EjEMAwKyffFrdyOjBnctRdcP4l7ctOmTbG/+qu/&#10;OtvY2Li1v7//PV3Xj1BKBziXYauiGrYTbrAdv459HE2q8s4opaOSl16vF8+cOZPU1NSkp6enL5Bl&#10;uQxjrFjl1dZtY7bPiWWE/g3/XVL7NxrtJ7+k2i/3vX02kkS62NAzO8IYexwOx7ycnJy5c+fO9ebn&#10;59/Ig3QEAoFAIBAIBAKBQCAQCASCmwYhGBVMJA5zwYyxyQBQAQAKACwCACnF+vxL5CYA+K7517i1&#10;TLAEggS8uCPVYhd+jDUMAFgsFoNoNBpjjEUgWVCYMg0pyueouVW2t7cb77//ftuFCxc+0TTtEGOs&#10;zyaQSgT32JAoKLE9AKiyLFe63e57SktLVzzyyCNT/uzP/swVCARSOV1NVFDKflzLnRkvW7ZM/s53&#10;vpO1ZMmSWdnZ2Q8rijIPIeRhw8U5CbiAnvVTTNf1E6FQaMvJkyfPvPfee9H+/n4r4AowOvllpYEB&#10;ABw/flxvb28/FY1Gm8z7KEmkYf1vOwcEAMh0hl2YnZ0945FHHsnm8mo8y0Ki7M2ePVt58sknJwcC&#10;gVmKokxHCLkBkgQAfHrswWlKKe3p7+/fc+DAgbMHDhzQ4cZGCBpuMjDGlxPpW07D45Wk8YavxxgA&#10;0B07drT09fXtMAzjOKU0BHEhVKptACAhurWcxzBjjEiSNMXtdt9TVFT04D333DP9m9/8pheGxJd2&#10;AdlEtRtJfYhAIIC/8pWvKOvWrfPt2LEj9+OPP87+8Y9/7K6pqZGysrJGo/5EAIDq6urUoqKiqaqq&#10;zkQI+U1n1pT3Ia8X4X5PGuBhvzdH+N8Sxlz1wm2btG/rf/vCpd3ujMY7pgEAYIxxpt/vXzhz5szi&#10;6upqGSF0Kzx7UwBg/f397NVXXw3t3r17fyQS2U8p7YDhz2QJMSEvuDLzViWElKSnpy+vra0tWrx4&#10;sZKXlzdaIqBEvgaDQXrw4EH90KFD3X19fds1TTsIADEYuY/DC5mtxSFJUkUgEHho+vTpS5999tnJ&#10;jz/+uJqVlZWqzE80SQOLCCH48ccfV5977rn8GTNm3OXz+f5EUZSZGGMnDPUD7fexRULTRSkd1HX9&#10;RE9Pz5b333//6I4dO7S2trbR7iteLUIsNrFc7tqPd94k2nmA+PT0+/fv13/5y1+eO3PmzMeDg4Pv&#10;G4ZxgsXdxflBc4n0smQHUeDKB1jrp/h/NEmU37S0NPzII4+4CwsLixwOxyyMcT7E35vxabPOe8T0&#10;2NNsO1aifuaeua54SewoRVvN/2bfry399vRYjQWfdoUQUuZwOGqKi4tzV6xYIduvV8qDCwQCgUAg&#10;EAgEAoFAIBAIBIJLcisErQQ3LyoAOAEAEELdAPAWAEwFgMUp1rXefkcB4FMA+L8QF5b+OQAE7C/3&#10;BYKbnITQIxAIkKKiIjJv3jx53rx5cmVlpTRlyhQCya5g9mllxzJdSFVVcLlcLoyxF5nTzJqknMJ4&#10;DIJpiYBgW1sb/e53vzvY2Nh4IhQKfWwYxjHGmGEFpMxAoOWSlCpdCADcsixP83q9D5aWlt710EMP&#10;lSxatEgpLCwkTqczlRBgPOsb+3ET4sgZM2bIjz/+eHp9ff2SvLy8ryiK0oAxzgIAiRNkJAXf+M+m&#10;CoBSSvt0XT/c2tq6c/369Z2hUIgXAIwWSQ5Uu3btMjZs2HB2cHDwKAD0Ukp108WKWfnFnXNCzGMK&#10;YRWMcZ7X622oqqqaVlJSophip7F2m0kSYciyjEtKSqSGhgZvVVXVfJfLtRhjnIUQIta158WvkHzt&#10;ASHEKKVRSmlnb29vyyuvvNJ34sSJsbj2o8lN39YahnHbBZZ5Qd0lfr+V4UUk9OWXXw62tLQcDQaD&#10;mwzDOAUAvDO15WzFX69EfWR+jwFAJYSUut3uPykoKLjvzjvvrCwvL5cmT55MfD7fRE5XjVIsuKSk&#10;hEydOlW+//77sxoaGuZXVVX9P9OnT79/1apVlY8++qizqKhIgmsT3icdKy8vj5SUlLjcbneF6S6q&#10;AgwbsAG84IW71pQxprO4+yNFCFEAMLhFv8RiQNwt9qqXFPs3Ui3W+pbjIu/axjurceeJEEIZLpfr&#10;jqysrGmLFi3yyLKcKn+ulittI8airuPbM7pnzx5tx44dvcFg8KCmaY2MsYjNNW7YeXJ9L0QIyXU4&#10;HIsyMjKq77///oAkSXzfFuD605/Il40bNw4cOHDgM9NduAPi+ZoQjQHntgeckN5cEEIoTZKkOr/f&#10;/8WampoVa9asyb3jjjtUVVXtotGJEI8mlXdzIdnZ2URRFPLII4/k1tXVrfD7/Q/JsjwHY5zGGEsS&#10;ctuEowg4sSgAGJTStsHBwY/OnTt35Mc//nHQ7K9Yg8auq9+CMb6R+z2Cm4+EaBQA6P/8z/9Ef/Ob&#10;35w8cuTI/4bD4Q8NwzjH4rMbWGJJa/r5+MZDzyG8gBTZ632AUZ+Snt8ZLisrw0uXLs3LyspaIMty&#10;OTcgMPEsAUP11dDJD/VlqFmPJfo/tsWqA/n/r3UZsV2+xEIBkoShfB1stafIHNyBMcYuWZan5OXl&#10;TVu4cKEHhFBUIBAIBAKBQCAQCAQCgUAguG5SuTgKBOMFgfiUyq2Msd8hhEIA8AwABMzfeYETAEAY&#10;AD4GgE0AUA8AXzA/yyAQ3BpY9zx2uVyooaFB+vu///u8srKyGqfTWYEQkqPRaGt7e3vjxo0bW158&#10;8cXBEydOUF3XKcSDw5Tbz2gFX4cF7f1+P3G73dmyLBdCXPidWJfx1pYQjzYjhHjHLY1S2jc4OBgl&#10;hFx3GimldHBwED766KPe0tLSXaqqFrpcrhxCSCEAyMmHThKp8OI9hDH2SJI0zePxoKlTp3p/8IMf&#10;fLhz585Dv/jFL3r37dun9/f3IxgKPvKMZZCbv/aWWBdPnjyZPPDAA877779/cllZ2aK0tLS7FUVZ&#10;aDm5WWIMNOS0mrgf+OxA8SkZBzVN+7yvr2/Ljh07Wn/2s59FufMcUWB2HefDwHT9+d///d/IE088&#10;0aZp2jFFUdIZY1bdP0ykBaZwgXMoU2VZnpGVldX20ksv9f7mN7859NOf/nSgv7+fUUpp8mFH1SEV&#10;AQBWVRXn5eWRv/u7vwssX758Tlpa2kpZlqdhjJ22IpC0rd2RjjHWoWlaUzAY7Nq8ebM1Hb2VZiGg&#10;GAPGQMB+Q2MKZC+LXdB3C0ObmpqM7du3t7tcri3l5eXFGON0jHEBAJBLOF8l4MTrTkJIkdPpXF1c&#10;XEzeeecd7yeffHLglVde6W1sbNR7enp4MZVduD/a2NtqjBBCWVlZuLS0lHz5y19OW7p06dTMzMz5&#10;DodjniRJhYyxmKqqs7/85S9vWbhw4c5f/vKX7b/73e9i4XAY4OqEYIk26umnn3bMnj272ul0zsAY&#10;5wGAxA1eSOyPF6qZGIZhtOm63gYAmtV+WZuxKyu4V7haihOwqTy587J2DIwxjDF2EkKKMMYZjDFs&#10;rj/ModIaAGEOcJjsdDprFy1a1Dhz5sy+Xbt2jUX7Ot5YIiN07Nix6KlTpw673e5dsixPNftfKt/3&#10;48WInNgJobjLaEFaWtqimTNnnqmvr+95++23jVAoZN1T13ON+PaWbty4Ua+tre2sqKjYLstyscPh&#10;uNvMx4Rw0uaYl9RmI4QwIcSHEKoNBAJo8eLFvqKioi1z5sw59utf/zp46tQpGBgYsI4L3LHHOp/t&#10;g2yQx+PBdXV10kMPPeRZsWJF+aRJkxrcbvdKWZanm2JRsJ0zXz8BQHJbSSntisViezo6Orbs3r37&#10;/IULFwzG2KiIRc39X3fjc7u17TcA9gFpNxpWHYU1TaOvvvpquL+//+Rf//Vfry8oKJCdTudqQkgR&#10;QkhNNaDB+o5vu7h6zGI0n7f5fWIAQLNmzVKzs7NLnE7nQoRQFsTfnSGuTR2yRjUHXyCEgFIappR2&#10;GoZxnjEWtoTvKbhk2q+5QbWfUPJ7gcSgAYxxliRJ+QCQBqZzaoprzCcDYYyneL3e+VOnTt09a9as&#10;voMHD2qapiUJ3UcjzQKBQCAQCAQCgUAgEAgEAsHtghCMCiaSGAA0AsBbCKEBAPg/jLFy86WyPaiu&#10;A8C7ALAVAFYxxpaDGYyEGzdQIRBcDQmRBwCgxYsXy9/85jezy8vLF/t8vjWSJM1CCCkOh+OUqqrb&#10;HnjggY8nT558+IUXXuhqbm42ent7qbkPu1gO4PqDJ4m0BQIBMmXKFNXhcOQTQiZbgTZrnVRCOZtg&#10;M6xp2oX29vZQKBS6nkA6vx37/e9/HykpKTnj9/u3SZJU4HA4fAihdMYY5oPhXIDNSpuloASMsVuW&#10;5RqMcVp+fn7W8uXLP5w0adKe119//dwrr7wSHRwc5EWjqYJSo3Wd+c8JIY7L5cLz58+Xv/rVrwbm&#10;zJlTkZWVtcjtdq+UJGk6QsgL3DSFduGutS9Ov2FNL3p0YGDgg6ampl2//e1vQ5AsFB3toFuSc4yu&#10;6/TChQvt6enpnxJCiiVJSkMISabLj+WIk7gOnCiHAQAhhOQ5nc6lkyZNGviTP/mT0MDAwKlf/OIX&#10;g1w+8XnFp+FqGJYPAID9fj/51re+5V+6dGltdnb2PaqqzkUIZTDGCMCQMDfFsRPnzxjTdF0/EwqF&#10;/njixIluSBbq3ogkBXxvE3Gh4NYhUa50XWc/+tGPBjRNa37mmWc+kiQpT1GUAELIbbYZI5Vdu5iQ&#10;AQCRJKnM6XQ68vPzM++6667M8vLyPa+//nrbyy+/HAkGg/bBBqnajasVOdiFOva2A4HpgvzVr37V&#10;dd999xUUFhZO9/l89Q6HYyHGeApCyAEAlBBS6ff786urqx2PPfbYR52dnee3bt2q9ff3AyT3J1Kl&#10;L6l+dLlcuK6uzpuZmTlfluVpCCGn1b5aQhZb2q19GpTS7kgksrO3t3cbAIQRQhQhxDBOmLSOV704&#10;rB1mjAGlFFFKiSzLfr/ff5+iKLMQQi6It7u8S2XSNLrmOTtUVZ2Rk5PTuGrVqmMdHR3GyZMnrT7b&#10;tZzXRFe+/L1HN27cqBcVFZ3Lz8/f63K5ZmCM/RjjTK4bYjngMe5/gKEy5VEUZXZ6evrxZ5555jSl&#10;9Nzvfve7KKS+V64lrYnPH330Uayurq6pvr7+3ZycnEmyLM/GGPssF8FUolEYEiwhs35Ik2V5jtfr&#10;9RcXFwe+9KUvba2urm5ct25dx/r166MDAwP2tpxP/2iJmuxlP1HuAQAtXbpU/upXv5pTV1c3PT09&#10;fZnT6ayXJKkMAFx8n9zqFNr6i7zQlQFATNf1Q8FgcMuOHTuavve974V6enpGqs+u7WSG17lXjSka&#10;G2sxn2CIK7q2E9xXZABANU2D7u5u2LJlS4wQsv+b3/wmzs/PJy6Xaw3GOAfiAxsQNxjEvo/xPgk0&#10;adIk/IUvfCHX6/VOlyRpKkLIDQB2QSU/AC2RXkppRzgc/jgUCu3Rdb0fY8wwxrwb6ngOfkyk13Jx&#10;ZYwhwzCQ2+2ucLvdSxRFmYkQcqZICwKzGrYqYUJItqIoNUVFRRV//ud/3vn973+/5+jRo0IsKhAI&#10;BAKBQCAQCAQCgUAgEFwjQjAqmCgYALQAwE8BYCEA/A0AFCKE+Gn8rJe+MQD4bwD4dwAoAoBMFJ+m&#10;kgrRiuAWAwMA8vv9ZNmyZa6qqqpZXq/3XlmWGxBC6QCAJUnKdLlchTk5OXmLFi16/3vf+97ezZs3&#10;X3jjjTcizc3NBgwXjdrdGq9WlJIUhF69erWyZMmSAofDUYIxzgDT4XcEhyIr6mYFsyhjLDQwMHBh&#10;9+7dof7+/tFyU2QdHR1006ZNA+Xl5QccDkeOJElFnJASzOMPqy84RxZr2kEnIaTU6XQGJEmaJMty&#10;ps/n2zlr1qyzmzdv7n/ttdc0GC4atbvHJQ55mXTzeTJS8B8BAJ45cyZ5+OGH3fPnz8+eMmXK9EAg&#10;sMLhcCwmhBRB3OUVp3DI4tOY5PTFGNPM6UU3nTt37tN33323Y9euXZbD5XgE3FhHRwd95513zvt8&#10;vm2lpaXzCSEFCCHfCMcfioQOOWOpkiSVuVyuVaWlpd2PPvroR36//+RPf/rTgY6ODn47u3Aj5X5H&#10;+J3PDwwAeNasWdLTTz+dtmrVqum5ubn3Op3OZYSQScD1qWzCKID49ecFu5RS2qtp2uHW1tYDv/rV&#10;r3ptaRVBz4nhRnbLGm9u1evAIpEIbW1thU2bNoVnzJjx2YIFC/IlSZqEMa5ACLlsTswAw4VrloDB&#10;+k0xnUb9sixPUlU175lnnvlk+vTpZ955553gu+++q0WjUQMu3W6kut4j1Vv8d8j2GXs8HrR27Vrl&#10;nnvuCVRVVRXn5+cv8Xg8qwghUzHGAYSQbGkvMMZ+WZYXpKWl4WnTpmnPP//8jpKSkvb//u//jpw/&#10;fx4gtbO2PR0oKysLPfHEE46KiooCVVVrCSEFYIpwAEYWuZhuaDFd14/09PR88Nprr20OhUJRRVEo&#10;Y4y53W5gjIFhGGy4efToI0kSYIyTrnc0GkW6rqOBgQE0ffp035133pkuSVKuJEml1jqc2IhvZ61z&#10;lWVZrnK5XDNXrVq1fWBgoOWll16ifX19SWLGMT+50SVx70ajUbp79+7YmTNnTvp8vo8lSSpDCPkQ&#10;QgovGk18GHLuS7iwEkImO53OueXl5UeXLVvWt379em1gYGC0RUD0wIED8POf/7y3oKDggNvtfi8t&#10;Lc2PEJqGEHKa6Up0CYG7X3n3PtNZ1iFJUqXb7fbLsjzJ6XR+kJ2d/fnChQtbf/aznwUPHz7M96cu&#10;Jbbmr2cqRqqHh/UVFUXBS5Yske6++273okWL8ouKimYGAoF7VVWdb/bXVetcknaUQkTG9bOihmG0&#10;DA4OftTY2PjJq6++2tfa2spPaX2ptF8xVj1xLZsCAFBKecGcdU2EiGwC4Oo+6/+J7kswMN2QT548&#10;abz88svh7Ozs/Y899hgqKirKUlV1IUIoGwBkqw6AZIG7fYDGWME/96H8/HxpypQpVS6Xax7GONNs&#10;txlXT43kxhnVdb35/Pnz67ds2bK7ra1t0OVyUYQQqKqaVBYYY6Dr+mgZiY4IxhgIIcg8HtI0DYXD&#10;Ybx69epD06ZNiwYCgRKEkAJxB9WkJFrptAafIIQkjHF+enr6olmzZrXU1NT0Hz161Hr/Icq6QCAQ&#10;CAQCgUAgEAgEAoFAcJUIwahgIkEAMJsx9rcIoULuO54YALwPAH8AgEIAKIG40DSDMTbJFJgKBLcC&#10;CADA5XLhZ555xrF06dJJPp9vsaIo802xqGQG3RwY4wKHw3FXdnZ2qcvl2pKdnf1+ZWXl6Q8//DD4&#10;+eefx3p7e9GFCxdSiRoBLh9QSSVcxACAa2tr5QcffDCzvLz8DofDMdd0A0kIZ0YKClrmWwAQppR2&#10;DgwMdP3hD3+I6rp+3UJRc8EAwHbt2qX7/f6uzMzMnfL/z965BbV1nQv4X2vtm7S3tiQEAombsAQC&#10;y1wdSBwb+5y459A4zc2epJNkMuOZTDuZyVNe+tTpy+mb26dOJ8z0oRO3nU5meuo0aXpS26HEcQix&#10;wTb4hohrhMEWVyHAAt323ueBveWFEM7Fji/J/l7ETbDW3uu2+b/1L5Z12O12gWGYrZqm0UHyDYIg&#10;JS2Anj2KBQAXy7LtTqfTI4riNrfb/XFtbe25nTt3znzyySerQ0NDmStXrqiqqt6J5LeZ8IMAAGw2&#10;G+no6CBtbW1cR0eHo6WlJehyufaIoriLEOLTA4gcFdinA//r7jOVQUrVs6XNpFKpz6PRaM977713&#10;5YMPPkhmMhk6K+e3FXTL/d65uTntr3/9a3L37t3XKyoqzrIsuwVjLMHasdB0ltF1dTKChjo8wzB1&#10;siz/uL6+vkSW5X+6XK4Lx48fT/T09GQTiYQhaeVnw9pMxMrPTgWgy9LV1dXkscce455++mnnjh07&#10;2txu95OCIOwhhFSgtcyoheQyQ5AxAtDG305ns9nwysrKuUgkMtfb23svZd1vQn7mru8i32tZNH/4&#10;1m4dG/pdRAMA9cSJE9ny8vI5r9d7oqamRpYk6ceEEF+e6EaLIwB5YyuVkYwBACfDMC2yLJcEAoFg&#10;cXHxv4LB4PCePXumP/7445VwOJyJRCLq6upqoTmj0MeFxqNCH6Pi4mLs9Xpxa2sr+8gjj4jt7e2e&#10;6urqdlmWd3Mc14ox9iKERIQQoecMTdMQxtjGsmxbUVER09TUJNtstl6r1Tr+29/+Nrm8vPxl4xIC&#10;AOTz+ZjnnnuurLKycgfLsn6MsUTJohv6ldG2dAEmsbq6enpycvL8kSNH4n19fRkAUApcl/tFbvPG&#10;a6+9lmlvb/9cEIQ6/eh1DLfWEXRGSkTtEMAIISvLsoFAINDa3t4ee/vtt5Pw8AsuRtnVaDSq/OEP&#10;f5h68803z0iS9BjG2EsIcUNu+oOciGU0B6oNIP36NDudzsjWrVvDP/zhDxN/+9vf1Gw2iwr8vW9a&#10;TkilUuqJEyey77zzTlSW5X8FAoEyq9UqEUL8AEAKZBrNnxeo5QniMMZlHMftcblcfkmSmkpKSo77&#10;fL7zp06dio2OjqaGhoaU0dFRel2VvwYp9DcKsaHPAwCIoojKy8tJfX09aW1tFTo6OpyhUGibw+H4&#10;T4vF0kEI2YIxdoJ+lHXeOEavDXPPC5SQllEU5cbKysoH0Wj0497e3umTJ0/Sm6by63Gvyd0rTdNQ&#10;KpXKX6fcr/n8rl0T6v48NDzA6wYVAFAmk4Hu7u5EVVXVJULI4fLyckUQhD0YY7e2lgEz96wBt9+0&#10;sRl3tF622WzY5/PhHTt28KIo1jIM04AxFqj5hX4WMp5djVdVVdWZdDp9ORKJhN96663Z8+fPZ9Vb&#10;uy0ehJuTE9ynp6ev/uxnPxuUZfkHCCEbQkiix15aJKesVoQxdvM8v8ftdp/t7Owc7+npyepZj42f&#10;fxDqaWJiYmJiYmJiYmJiYmJiYmJi8lBgCqMm9wsMAH4AOAgAlfrXCv1zPQ0AdQDwP5qmOdHa8Y8c&#10;rAW9VFjLbmhKoyYPOzlZ0O/3k2eeecYdDAZ/wPN8J8a4zJDRqKA7QwgpRQjZbDab0+/3+8rKygZb&#10;W1sHPv3000h/f//K8PBw+vz585sFqb9MUjD6FAIAZLfb8bZt29if/vSnrvb29hZZljv1zFpsrgKF&#10;45nrAv2qqs5lMpl/Ly0tLUYiETUej9+tgI4GAOri4qJ29OjRdFlZ2cTBgwd7GYaRRVFkGYapMwQg&#10;+j1UEJaWPYxXomfIEjHGcklJyRa73X65trb2zI4dO4b6+/uvj4yMrITDYeWLL75QJiYmaHnUKNNm&#10;gatCAW0EACBJEq6trcWBQIBs3bqVf/zxx11+v7/W5XK1cxwXYlk2RAipQggJCCHjKFykaRsyzdDB&#10;/1x2LABQNE2LZzKZcwsLCx+ePn368qFDhxKLi4v34zh0LRwOKwMDAwuBQOBTjuP8utQka5pGCgTJ&#10;10laAGDITiLLsvUIIaGqqqrkwIEDvY2NjQMNDQ1Tp06dSo6NjSnRaFRNp9ObyRr5rBN4A4EAbmho&#10;YB999FFLV1dXtc/n67RarZ0cxzURQrx02yqQmQyACuzqn2cURZlKJpOfTUxMnP7888+XFEUp1Fcf&#10;WL7EX3go6kBTQJr53pEnnH9XyZ//1L6+vtT7778/duDAgZ6qqqoii8Xy35Q0CrDWfwEKjNu0qJ8z&#10;BNekh1qMscSybLXdbg/X1dWd7ezsHOrv75+8cOHCyrVr17JffPGFEolE1Ewms5lAVoh184XVakUV&#10;FRU4GAwSv9/Pbt++XWpqaqoqLS1tFEWxlWXZEMMwfn1zAQFqrqClHn0cdbIs2ybLMhMIBPiXX375&#10;mKIo/z506FASCs9l68bJUCjElJWVVUqS1EkI8YD+jEm1KfraI6oMq4qiTCwvL589derUtfHxcUMW&#10;faCkNNDXRZcvX05funTpstPpHOZ5vh1jXAZ6Zjqg2pZRb2ruZRiG8cuyvLOmpma4ra0t3tPTo6qq&#10;+nWFyAepk+YEnrGxMXVsbCzV1dU16fF4+vR2VwQbRUU6Mx5tXzKEkFKe55t8Pl/j/v3748ePH5/V&#10;s7DezbUiAgCtu7t7taSkJPLKK6/8X0VFhUMQBAljXAIAnFEkyBsvaIGMar+s3r/sFovF6fF4qouK&#10;ii62tLScjkQil/r6+mbD4XDq6tWr2ZGREWVmZmazNTl9PQE23ud1m4pKSkqQ3+/H9fX1TH19vdDR&#10;0eGqqalpcDqdbTzPtzAMU48x9mKMBYDc2oQ+bntDneCWk6XBWhb0qVQq1TszM/PPEydOhI8dO5ZM&#10;p9P3YmPR7ch/fkGapiFVVWF1dTUnduvf20z2u6fr3Dt5c77MCw9W/y9IgfnlPpYmB10INZFIwOHD&#10;hxcVRRl85plnioqKiiSO43YZm9bg1kaRb3S9Mf7a/5oy2i5aXl5GL774ovXZZ59tEAQhpI9LdObN&#10;XDug5xmdbDabvXLz5s3B0dHRueHh4awkSery8vL97LMG68Ywm80Gf/nLX1ZeffXVSElJyUmbzVaq&#10;b2pZJ+xT98B43kUIISshpFoUxW27d+++2NzcnOjt7VWh8FhqYmJiYmJiYmJiYmJiYmJiYmJichtM&#10;YdTkfmIHAOeX/DNeAoAAwDpBaF1wHh6C4ImJyVcAAQB68803bYFAICSK4l6GYYIAkJPRaGnFEOUQ&#10;Qg2EEC/LskGLxVLn8XjOP/HEE+HBwcGrv/vd7+IjIyMKz/PqjRs3tAJCI1Af0/0IG+XxeDy4s7OT&#10;e+211zwNDQ2PFBUV/RfLss0YY5kue15gbZ2sqH+eVRTlWiKRGLp+/fpiniRzNwI7GgBAPB7X/vzn&#10;Pyc9Hs/YU0899U+fz2e3WCwCIaQarR3nV3C8KCQw6N9iCCHlGOMyhmG2chzXIIpiqLKy8koikbgW&#10;jUYnTp48Ge3u7k4kEgmNEKJhjDWEkLa0tAQulwsikci6+tXU1KBYLAaLi4vg9XqRqqpIURSEEII9&#10;e/aw+/fvd2zbtq3C6XT6rFZrDc/zIZZl2wghHoSQxRB/9F+HqbHREJvWZYrSXzUAUFRVXchkMoPx&#10;ePzvw8PDpw4dOrSwuLhoyDn3KgNNTtYCAPT73/9+JRAIXN67d++nhBCf3r7EvDE+F/jPk/uMo0wt&#10;DMMEMMZFLpfL09zcXF1TUzP85JNPjh49enT63XffXZ2fn1cZhtEwxoAx1rLZrHbjxg0AAGBZFkmS&#10;BBzHASEkd0+8Xi95/fXXbR0dHVWlpaVBSZKaLBbLLl1CltBatj5E9c0NAf28tqWpqrqYyWQGFhYW&#10;Pj1y5Ejk7bffTlHC6AOFnpTodnPsuvo+IGLA1+Why+D1bUCvsb7jrBO0Jicn1e7u7pvFxcWjXV1d&#10;fy8tLWUEQXiCELLF2KwBkOvHG8Qd6mu3UvchRDDGXo7jShiGCfE832C1WkOVlZVX9u3bNzE/P39t&#10;YGBg+o9//OPNkZERhRCiIoRAnzuAYZjcTVheXgaO44DjOFAUBSmKgrS1LNGovLyc/OQnP5E6Ojq8&#10;bre72mq1VguCUMdx3DaWZYP6pgfjWHh6Y4GG1q+pkb6msDEM0yaKIqqsrEz96Ec/ip05c2ZmdHRU&#10;m5iYoOUr+mNMCMEHDhwodjgcDQzDhBBC9rxNDPnjhGaUQVGU+VQq9fnU1NRod3f30vT0tAJrwuhX&#10;Ffy/beh1jXbu3Dno6+ubbWlpCUuSNMqyrAOtZZel2wLkvyKEMMbYzXFcc3l5efDll1+eHhwcnF9Y&#10;WNhsA0/++7+Nut0tjHul9vX1LYVCoUFRFJuMTOiwlrmTzjCau6ZU+wMA4AghfrvdvjMUCo099dRT&#10;Sx999FFyenoa4M7XJ3Rbyq09ZFkefvHFF+Xi4mILz/O7McalsLYZarPNOEbBaTEOYYw5TdMqOY5z&#10;syzbyHFcUJblC3V1dZHl5eXxa9euXfvwww9njhw5klpaWtIYhlGNvj43Nwculwuy2awWjUbXFdrj&#10;8SCWZUFVVZTJZJCmaUAIwXv37uVeeOGFomAwWGW322sEQdjCcVyI47gQIcQLAAJaO4XDqAOCW/2+&#10;oEhJjf2KoigzqVSqLxaL/eOzzz67+Otf/3ppYmIiX+S+5+Sv/4xXRVFwMpnETqeTYIwxy7IqIUQj&#10;hOTKyjCM9m33I0EQtIsXL9JS8J0KbA/zhGw8rz4odciVY3V1VR0cHMxks9nFQCDQ39TUJNrtdoFl&#10;2e0YY1nTNOM5eDPp+G6y7vlbkiS8fft2Z0VFxX9wHNeEELJs9uxqoF9iVVXVlXQ6fXl8fHx4aGgo&#10;oWmaUkAWvV/3Y92cNj8/r8myDAMDA9Mej6dXEIRmjuPKkH56CRR4vqCf0zHGVp7nW91u93BTU1Nk&#10;ZGQkMzU1tUH0NzExMTExMTExMTExMTExMTExMbk9pjBqct/QNE1Ba1lCjc/zszgVzAii/8yqEWB8&#10;wIOoJiZfBgI9gI4Qwm1tbV6Hw/E4wzBBhJAI66UUQ47LHYMLa8d3F7Es28YwTL0gCBOSJPXbbLZP&#10;Ghsbr87Ozs6PjIwsvvPOOzf7+/uzhqgBBWJ4VP9DCCH0wgsvcPv27XOEQiGP1+ttt9vtXTzPtyOE&#10;XKBn+TDKlidcGcKlEbBRVVVdSqfT4cnJyQvvvffecjKZvNtZowzU2dlZOHz4cILjuNFnn332w9LS&#10;UkEQhB8Y2SCp665f0g2Zl2gRAOv1xBjjEo7jHmdZts1qtc7Y7faw0+k87fV6z3d1dU0nk8nkzZs3&#10;b8ZisZXJycnU+Ph4ZnJyUgEAZWJiQtM0DcrLy1F1dTXeuXMnrq+v5wKBgOBwOCwOh8PKMIxgtVpl&#10;WZarbDZbq54lyocxtgOAAGv3GujAIaKObM/PRETJuoAQUhVFiWcymbOxWOx/jx07dvStt96KXbp0&#10;KV8WvZdoAKBGIhHo7+9fCgaDp2pqasoIIS6EkA8hxFOSCcCtvkDLsHRfYAkhJRjjXSzL1lsslmFJ&#10;kk6Wl5df2L9//1w8Hl+Ox+OJ8fHx1UuXLqXHxsayyWRSicfjUFNTgwOBAPH7/aSpqYkvLS21OhwO&#10;yWaz2ZxOZ6XD4WgXBGGnnjVNhjWhJD9b34ajXY3iGvObpmmr2Wz2yvLy8vGzZ88O9/f3J2dnZ+/H&#10;tf9KbBLnp/v6dyIgeyeZpL5LfI/WVLQZpUajUfjlL38ZTyaTZ/ft26dWVFRoFouFwxh7qHEIoLAU&#10;bohYhhwDoPsMmqbxGOMSjLGTYZgWi8UyL8vyqMPhOON2uy/s2rVrKplMrqbT6VQymUzGYrHVRCKR&#10;XlpaUi5evJiOx+NKcXExqaurY2VZZux2OyuKIi/LsoVhGIFlWYvdbvc6HI5GQRC2MwxThzF2IYR4&#10;WHvGo2WxdfU2yqqPSyoljVr1ska9Xu/Jzs7O2NjYWJaua179ged5qK+v3yKK4iO6cMcZ4+Jt2hOC&#10;tY0k1+fn53uHh4evR6NRJZvNbpZt+V6PNfnXTAMAtLKyoobD4UwsFrtqs9kGZFmuwxhbNU1bJ0XS&#10;zzTU+kIghFTY7fZHm5ubr5SVlcWpY3RvK7kUkhYfEOgNIOTo0aPJtra2idLS0kGWZes5jrPDrbUL&#10;fcw70H1G/z4hhHh4nn/U7Xaffe6552709PTMwMYMi3fSFnLvnZycVN5///0Ey7J9zz//PLjdboFl&#10;2R0Y4xJ9M0j++3IbWPT+Qvd7DdY28FgQQl5BEIp5nt8liuK0LMvnHA7HQFVVVfill16KJZPJlUQi&#10;sTo3N7c6NTWVvHjxYjqRSKhDQ0Pq9PS0ihCC2tpatGXLFlxZWckEg0HW4/EIxcXFFrvdLhJCBKvV&#10;anM4HH5Jktp5nm8lhFQCgKjLy0QvE8prN/n9N38jDsBan5xLp9N9sVjs3YGBgYFf/epXC1euXLnv&#10;smgBjLIQjLHo8/kcP//5z5EoiirGWJMkCTRN03ieBwAARVG+UtkJIYAQgmw2++U/rCOKIqiqqmUy&#10;mezAwMDqn/70p8zExIRirA2/Zr1y0Otc40vf9HeZAMB6aVTr7+/P/uY3v7nxxhtvfNTY2Ki6XC6R&#10;YZhtxqY1TdPwbeawuwkCfbPmwYMH+erq6gqLxdLJMEwdUP+vzW8P9POgpmkpRVHGVlZWLp08eXLy&#10;8OHDKaBk/gJ/8162JWPsocdRFSGEfvGLXywWFRVdfv7554cJIQGEULW+fgLQ5X5q04sx9gIAcAzD&#10;hCRJCnV2dn525syZ9NTUVBru3lxhYmJiYmJiYmJiYmJiYmJiYmLyveD/AQAA///svXl0Fced9/2r&#10;6u2u2jcQEvu+GjBeMAHM2I5jTpxJZuyZvHbOZLLMOONZMk6eed45JzPvvHnnzTInMw4JGezE79iO&#10;V7BNbOOAbWzMEkBiERISQkhCQkK7dKW7d9/urnr/uN1XfVt9JWEjJEF9ztHRXXqpvapvfetbTDDK&#10;mCwoQqgNAH4LAPcBwCpDhJapTJpiOR0h1AHJrern3SLCBsYtwIIFC9B9990nFBcXz5YkaQPGuMiY&#10;sKYo3dXMum06skwWiQghgeM4ye1254uiuK6wsLBtzpw5F5YsWVKzYcOGpu7u7qAsy4lwOKwGg0H1&#10;8uXLaiwWowgh8Pv9qKSkhM/Ozub9fr+YlZXlKikpySsrK1uZlZV1tyRJt2GMyxBCOSjdVXGE45r5&#10;2ggnBYCYpmnnI5FIZUNDQ8++fftUY+J2IiZyCABAfX09ffHFFyO5ubnntmzZwhUWFlKXy7XViINo&#10;pGPaFuIWIWKaSMVyHAIACSEkGqKAfJ7nl/l8vsCMGTMGCSFdiqK0KorSHovFemVZDsXj8Vg0Go3H&#10;4/GEqqrE5XLxWVlZHlEUBa/Xm+Pz+WZKkjRTFMVynudnIITyMMY5GOMchFAWSm49z0MyYCk3uNES&#10;wBTrWsqJTggZUFX1zODg4Ftnzpw59MwzzwQqKipUGCkAuFGTa6lyQwih+/btU2bMmHHlS1/60hGe&#10;54tdLpfIcdwsNOwKm8onsJQvsIk2aXIrezfHcTNEUfQJgrDE7/f36breqWlaiyzLV6LR6NX777+/&#10;PxaLxUKhUFyWZd3n8wnZ2dk+t9vt8Xq9RV6vt0ySpHk8z8/GGJdwHFeIEMpFCHlgeLvTVF5YRTBg&#10;EWdYyhIlhKjGZO4HV69ePf3rX/96oKqqSoN0cdRUndxMCWUcPp/2WCbfxxRMGk7NNxVmvC3i51uB&#10;tIUGXV1d8D//8z9hj8dTe99993GFhYWax+P5vNEOuSxCjbR+znidJhCHYcG++YGEEBIQQh6McT7P&#10;80t9Pt9QcXFxkFI6pOt6v6Zp3YlEoltV1SFN06Lbtm0biMfjssvlcnu93hxBEHyCIGQLglDI8/wM&#10;QRCKEEL5Rn+RjZJuoqZgDFv7MVPIaC3bFiGTKcRIxcNoW6mqqqDrunmKvf4jAMBlZWXcgw8+6Pb7&#10;/QsEQViGEJJMQYd5HUs6pQWLEBLUNO1yb29v06uvvhoOBoP27a4nszBa23MzDgQAoLKyUj106FDr&#10;l770pQqPx7PBSHs/GH2Dmba2BQXJiyGU43K5bi8sLDz56KOPtu7YsSMSCATGFLfYhGdmezyVoABA&#10;GhsbUXV1dWz9+vW1Xq+3yhAxF1JKeYe21bpgBwAAjHHsTL/ff/fy5cubv/jFL4b27NkTtwlrP2s4&#10;KSTzitTW1uo9PT2h0tLSM3feeSefn59PRFG809gGWjCOswoqU+GwjBlTomAjDhwAuAFA4jjOizEu&#10;EEVxXXZ29hCltF/TtE5VVdtlWe6Ox+M927ZtG9A0LREOh2PhcDjB8zzyeDyi2+2WPB6P1+Px5Lpc&#10;rgKXy1UmimI5x3HFRr3PRQjlGotYXBYhlZmWaQvOzI8tiZ+WJpRSnRDSoyjK4UAg8M65c+cqXnzx&#10;xYG6ujoNJm+smIZT/4wxzvX7/SvXrVvHrVmzJsbzvOksSo1+LfXMZF7DNs6/1jBYFweYz2WAEKK6&#10;rsdWrVrVtnnz5o7nn38++Nprr1lVp9dyT+tisNTLa7zGpGArV1MRq8gdHT9+XM3Pz+/2+XwnRFHM&#10;8/v92HDK9ljKjvX8sdpe+3PkeEAejwfFYjG0ffv2wsLCwrU8z5ebYw9bGUjdx2w7EUKEEDIoy/Lh&#10;jo6Os6dOnYonEgmnbegnK0/s96UAgIixjcHFixfDkUjknCRJK3ieL4Fk+wkw3NYCDI9TzLEWRghl&#10;i6K45Lbbblu+ffv28LFjx1TI/LzCYDAYDAaDwWAwGAwGg8FgMBxgglHGZIEBYDGldAtCqA8A/gsA&#10;1gLAQwCQclWEYaEoIISCCKFaAIhTSu8GAOtkNIMxrVm8eDG65557JEEQ8jDGRQBgClRSEyTmhCRA&#10;2oSnKQxEAIAwxm7D1ayAUjqH5/mlbrf7rry8vI4lS5Z0a5rWm0gk+mVZ7hsaGupXFCWBEAJJkiSf&#10;z5ftdrtzRVEsEkVxBsdxpaIozuU4bg5CqABjLNDkNn0ANrcl23+rA6Sm63pvPB4/3traWnnixInw&#10;0NCQud3sREEAAFdXV2v/9E//NLhjx46zGzZsUAsKCsIul+s+nufnG5NwprgjNalOHYwGTaGAbdJO&#10;5Dgul1KaAwBlHMcplNKwIAiDXq83mJubG6WUKpRSmRASoZTKlFIdYyxyHJcNSYGvhBDyI4SyrAJR&#10;SPbNONPkP6QLcMDymRkXq9hGI4T0JxKJM0NDQ2/X19cf/bd/+7fu+vp6q7MotV7jBkMBgDQ3N8Nz&#10;zz0XLSoqqr/33ns/KCoqykMIuQzRRpq7jn3i1CIkTX1GKRU4jssFgByM8Sye5xeJorja5XINZmdn&#10;hyilUUqprOt6mFKawBi7McZZGGMJALyGGCMPJQXSbkMAYjrejCYaG45Yev1UCCFtiqIc6enpOXzs&#10;2LG2/fv3J2DqiKPGS5qzor3C2MVRn0WUcYOxCn9vORzat1uFNNFobW0t/PKXvwy6XK6ajRs3kpKS&#10;EuR2u7dhjOei5EIBJ8dOR/c+q6jI0kaJCCGB5/ksSuksSqlKKZUFQYhTSkNutzsMADKlVC0uLo5R&#10;SjUA4I02SISk8NSHEPJhjH0A4EEICTDc71rdDkfkp6X9Si2YsPQZAEk3cJkQ0qSqak1/f3/g6NGj&#10;Wn9/vzWtzPtgAECPPPKI65FHHpnv8XhWYoxnAQBvtn2W49Mw7k00TWuOx+OnGxsb+z766CNzAYN5&#10;r6nSdtjFNrSzs5Ps2LEjevvtt1/Oz88/y3FcGc/zPvNYW5+UckQzyoKL47i5WVlZ6x9++OHLhw4d&#10;qj98+DCB9HSyC23H6zDqNDa4EVjHgOTYsWOJZcuWtebn558SRXGZIAh3GNs8A0CqbljLqNU1DmGM&#10;cyRJWl9cXFz/6KOPdnd1dbW/++67Voe86yEGIgCAA4GAHggE6M9//vMBURRPrVu3Dufm5sqiKN5l&#10;bO0uQXI8luaQaq3Xlvwe4ThqbFVfAAD5HMdplFKZ5/mQKIqDHo8nYoxFYpDcBj5EKY0b9/NgjN3G&#10;ONFliNfMxUR+43PTRThdzTayfRorvQgkx4o9iqIcGhwcfO/MmTMVzz77bP/vf/9768KiCauXtjoz&#10;LozhB+V5fobP59vm9XrXA4BmXA/AWaQ24jKfJrgZzkUAoOTm5l72+/37v/GNb5y8dOnS0NmzZz/1&#10;M4+tDZ8qbeKo2MeBU5RUn9ff3w+vvvqqUlpa2u7xeD6eM2eO2+Px8DzPLzWeyUaM7ccaK11D/FN9&#10;d1lZGc7OzhbmzJkzx+fzbTLcujFYFh9Ywp42vqBJd9HOcDh87siRI1fOnDlj1tvJfsZzIrUAIxwO&#10;YwCgNTU1ypUrV2p8Pt95QRBWYoxFGH72s/YX1rYMIYQkQRBWFBQUbFqzZs2l9evXx86fP68qisIE&#10;owwGg8FgMBgMBoPBYDAYDMY4YYJRxmSBAaAQIbQWAPIBIA4AHwDA7QAw1zjGFEDpCKEWADhGKfUB&#10;wCaEkBsAVADoNs5lMKY1g4ODtKenR9N1PU4pjQCAiowt2SwT6dbJX0dXPOM4bIhLcniez+U4br4o&#10;irKu64OU0gAhZFDX9UBhYWGAUqoa54oYYz/HcVmGOLTAEMy5wbK1bfIWFKN057CUUMY2kUYopUFV&#10;VSsCgcCx//iP/2g5ffp0AtInnq/nhI51wpkAAPT19cGTTz4ZeOqpp8588YtfjJSWlioej+c+nueX&#10;Yow9ZrysLjLDWpvkpSwiIdOFySqIRcakPY8Q8nAcV5QWIEoJACiUUhWS2+/xkBT5YEgH2+9ve2+G&#10;xS7OTeWBLR6UUqrpun5FUZSKoaGhD8+dO/eHHTt29Jw7d07TdX0qTCRa40Cbm5v1f/zHfxz67W9/&#10;e3bdunXZOTk5oiiKd2CMC5DF1dYq2gBL+bPXB1NEYYhARQDItdwXKKW6Ic7QjPritggtrK57VlGx&#10;NezmcfbPwHIshaRoul2W5Y96enreOXLkSP2PfvSjCAyn/5Tdkn4sMgnSht9Om/laaz0abXt6ahgi&#10;TRswxuPKBIeyfauQJhqtr6/XfvrTnw7+/d//fc29995LiouLZbfb/Uccxy2CYRe/NLGbcW6amNr8&#10;3NY3m68RJLfp5gwxWA4AlIwSLnt5tG/NaheMpV/I6JdRBqdBU4RBCIlpmnZBluX3+/v7D584cSJw&#10;7NgxXdM0a1sNAIB4nkd5eXmwevVq79y5czdKkrQOY5wNhsumUxWyjCEopVTWNK2+p6fndF1d3XRo&#10;D9P6K1mW9cbGxt7y8vIKSZJWG+JCN8CwWznYBJ9G34QRQtkul2tDUVFRbWlpaRMkn2fGK3CxlzPz&#10;/2SJRe3Q6upqbdeuXaFVq1bVejyeE1lZWYsAwA+WcRUddndPgYYXQrk4jpvt8Xg2LVq0qHXjxo19&#10;7777rgrJrdav14IjBIZoFABIVVWV9qtf/arvkUceObpt2zY5Pz8/7HK5NmGM54MhGrXcFzm0l9SS&#10;745bRgOAgDEWAMBnlJdUPAxBcRySO2gghJAEAILDWBHRdFfW1NjENjYyvzPH5ql6bhWOG+8VXdfb&#10;ZFk+HAgE9p86ders3/7t3/b19/dbt6GfUBG3XfQ6Hixj82xRFLOu9ZbXer/xXIdSCoSQJX6/P1Re&#10;Xt6xcePGyNmzZ62CcOuYe7Q4p9oay/hzqtTxUZlG4z4Ao7+RZRn+67/+K6pp2qWvfvWrfFlZmeTz&#10;+VwIofkAIFrqzyjDwxQIY3yt+YRKS0u5J554Ii8nJ2eJ4dbthwxCSbA8iwIAIoQMqqp6fmBg4PKL&#10;L74Ybm1tnRKOwKOQ1p8ePHhQXbt2bdfcuXPrXC5XsyAIuRhjHka2VwDpYlmMMS6VJGntnDlzDn3l&#10;K18ZbGpqCimKkrZo44bGjMFgMBgMBoPBYDAYDAaDwZhmMMEoYzIxJ8EuAUAdAKwDgALbMTEAOAwA&#10;z0NSSPoNhJAXkkLRwwDwMgCEgP0YzJjmXL16lf7sZz+TH3rooWZjWzwPx3GzEUJuy+Sw40SV/TPL&#10;xLEpJuEMMaMbkqIUHZJiTuuEkjkRhiFZNznjtelelAoDpE90Wp1OUk6cxvUHVVU9MzQ0dKC6urr+&#10;rbfeSsDwZP9E1dkRotGBgQHYuXNnWJbl+i9/+cuJ8vLymNfrVTiOW2Js5ck7iBGtwkPr9U0xiD2+&#10;AOlOT+YEL4akyCHtAk4TqoZAOCUCsghW0w6DkSLPNNEBQohQSmPGFuyH+/v7P/jwww/P7t27N3j0&#10;6FF1iohF7VBCCBkaGtJ++9vf9rvd7mMrV67k/X4/FkXxdoxxPkpuT+8kmAWwlEczf8zyajnHDjYE&#10;vGae2IXZacJTWz443t8meqAAoOi63inL8qHe3t53X3311TOvvPJKpLu7e7o5i1pJTfLCNBAvjBer&#10;Ahxuorg5tGF210uGpQ4SQkh9fT385Cc/Ccbj8ept27ZFy8rKoh6PZxvHcQuMhRSiWdcdRFoj2iQY&#10;KZSzun2mit44wpgm8szQNlmPHSFmspyeEtrTpNPpoKqqFyKRyO87OzsPffDBB83PP/+8YohFRwhN&#10;Mcbo/vvvl5YsWVLi8/k28jy/yGijHeuQtT+llKqEkNZ4PF5XU1Nz5eDBg4ot7aZ6m0gBgO7atSs8&#10;f/78+tzc3PMcxy3gOK4Mkos/kK1MAMCwIBIhJPE8v9Dr9S597LHHToRCoa59+/YpMMoChEzhsJS/&#10;yW63UuHVdZ22t7eTw4cPd5WUlJzzeDxbEEKFCCGPGV6UvvjFBKHhRS9uURTXZGVlXbrnnnsaHnvs&#10;sdaXXnpJAXDs/z9LeCkAQDQa1d9//306MDAwpChKxR/90R9FioqKgh6PZwvHcQsRQtkIId62MAds&#10;4bCPT9JETkbZtx+TOgBj7KWUeiwJ4ThWBEhvRzKMFdPEZRnErBqlNKjreks8Hj/c2dn5XkVFRcPu&#10;3buHurq6bphY1Ma4yr3lv/XZxOm4a/n8M4OS+DHGc3w+3wy/338JhvPZLuQdC2s5m+pt4nTELAcE&#10;AGg0GsVvvvlm3O/3N3zlK1/5kOM4r8fjkQznbMl8Psj0rDjO+1lB1r/FixcLK1asWOTz+dYZ4wyc&#10;4dpmuTevp+m63hEOhytaW1s7u7q6CCHEWm+nctmhAEBVVaXNzc1KX19fg9frPSsIwmJKqQuSz2nm&#10;SpPU2MI6nsIYu3ieLy8qKtqwefPm9ldeeSWiqiqJRqOftY9gMBgMBoPBYDAYDAaDwWAwbgmYYJQx&#10;WRBIij7fAIBOAPgCAHwOki5wAJD6YTiEELoCAEEAOIgQOg8APkgKST0AUAYAVQAg39jgMxjXDQoA&#10;cOXKFQoA+h/+8IeWrVu3vp2Xl5dwuVyf4zhuHkIoCwyXT4B04QWyOTSZ17RPoFpecwAgADg7gKVd&#10;ZHhi3+qoZp3gtopFrdfTLWLRNxsbG0+98cYbARgpFr1hotGOjg547rnnohzHNT300EOJ8vLyAZ/P&#10;94AgCMs4jisBAC8MbzuKjHiDEec0JyfzHg7f212enES+TgKAlIDAnBgeh2gtlQe2CWVF1/VBXdeb&#10;IpHIh729vUeOHTvWsGvXrlBVVZUG6QIAgMmfTLPfn/zud79TJUnqefzxxz9ZtWoVzc7OJoIg3IYx&#10;LkZJJ9CUrtY4x55GI0Q6Dsek5ak1T1C6oxfNcJ800YpNtEGNz2RN064oivJJX1/fviNHjpx75pln&#10;IlevXjWFGFPVSS8Fx3HWsmUXxdhfj2Cck+g3DF3XM35nNHNjTjAnEonrHawJx54Ptv7D3oZPrUy7&#10;cVjznbS0tMAzzzwTURSl8d5775Vnz57d7ff7twiCcBvHcTMAwEMp5QCGhQx0uMEfIbBMvUnvN6zC&#10;j7HSPa3/sbX7mURR5r3SFjJYvieU0jghpCeRSJwNBoP7W1paKj/66KPOF154IdbU1GR3KTPPxx6P&#10;B335y1/OLSsru43n+YUYY7+tv7Pfy+rYHFcUpXJgYKDq9OnT4VOnTk30QpLrRSp83d3dpLu7W710&#10;6dLAggULqkRRXGWUCxFGaRdNERDGOE+SpFXLly9fvX379uC+ffs+TcNCx1tnDQHRRJPqEwcGBvRX&#10;Xnkltnnz5sv5+fmVHMeVcxw3G2Ck26VtXGm+5zHGxZIkrZ03b96Fhx56aHDfvn19Q0NDptPn9YxP&#10;ymn09OnTmqqqQULI+Y0bN4ZLS0u7/X7/NkEQVhmiVxelFAPAaGNwx7SxtcNp4wzLeCRtTGIfP4Il&#10;3pRmWEVmG5sApA3jzfjKuq73appWG41GD3d2dv7hyJEjza+88krk+PHj9rHiVKqX9vY0TZAPkJZ2&#10;Y42frxvWxIVk3rpRcjtzu0NsRkYbL1nqyaQwXqfyaYhVwE0aGxv13bt3R3NycmofeOABqaSkxGc4&#10;DZei5IIIuxDcqQ6OJ62s5+BFixZxd9xxh7+goGCVKIrrEUK+1MVGLvCx1m1CCAlpmtbU19dX9+67&#10;7wZkWb5eLswTTVranzt3Tjt9+nRbfn7+WbfbvZHjOB/G2GNrC83nKwCL2BZjXOzxeO6ZOXPmuT/9&#10;0z/tfv755yOXL1+2P6swGAwGg8FgMBgMBoPBYDAYDAeYYJQxmQxCUqT1d5TSEoB0YY/xugQAvk0p&#10;fQQALiOErgKABslt7JcDQAUAHIKkoJT9GMyYjqQJr3784x+HZVmu2bhxY2TmzJlXvV7vNkEQ1mOM&#10;88BwwgRICUCd3GrSJuNh2EnMCSe3E8fj7NewTI6mRI7GRzqlNJxIJE4Gg8G3z58/f2T37t09+/fv&#10;n8it6B3DDCNFo/TnP/95dGBgoOWhhx6KLFy4sD0vL+9ut9u9mef55ZDcTpaH4e3hUwIghyQcMWlt&#10;m6ROc3JyEvhaJ4BHEZFaX1tdVqh1gpom3WJVXdebZVk+HgqFjrS1tdUcO3asY8eOHdG+vj6rq+hU&#10;EYvaoQAAiURCf+ONN5S+vr6u733ve4eXLl0azc7ODhqTtjPA2KbV4rCVUaRlEzumTbjahb6pQCSv&#10;l3ad0cJMh11dzQ8IACiapjXEYrH3u7u7D1RUVDT853/+51BfX59dLDrV8iANnk8NE+2VwNEpy5qm&#10;AAAYp7QSU0KEqOs65ThuZGUz6uJ4hHvWNIGpn3+OYga7OAnAUVSKLPl3q2DNT72pqYk+//zzkYaG&#10;huY/+7M/Cy1cuLAtJyfnktfr3crzvLllLAfD/W5KyGlrRwAcypWt3bKKd+3ngvF5apxsCtOdrutw&#10;nv16lFKqU0ojxhb0R/r7+49euHCh/p133hl44403EuFw2N5npIlO/X4/N3/+/NKsrKytHMfNopRy&#10;ln7OMRjG9zoADMbj8Zra2trm48ePJ2AatYmQnl/01KlT0XXr1tVnZWVdEgRhNcY4l1LKWdPcut7G&#10;UvcEnueX5OTk3Llw4cKaVatWhWtqaihkWEhAh92vraREuGNoyaggCOZ9JxpTfEnr6+v1mpqanhkz&#10;ZvxBkqS1GOMZCCHRVk7sgh7rohqB5/nFWVlZ9yxcuPD8Aw88EHz99devp8uo9b4p0WhNTQ39yU9+&#10;Enrssccubd26dWjhwoVteXl5n3O5XJt4np9viLlSDvy2cYj9uvbFP/ZwI6c6YxdAWsYyqbJgHec7&#10;XNcsdNTAvJxOKY3put4ci8U+HhoaOtba2nrx448/7tm1a5ccDAY1uLFjdQBICRLT+qRxMqIMTIau&#10;0q7IBQCOUooVRbHHyV5GKBj107qIyXJdx89vMPRaxgL2ceA0IK1+1tXV6b/4xS+C2dnZ5zZu3CgU&#10;FRVxkiRtxhiXIIQ4m2jUKV/Gk1fW8o4efPBBcc2aNeUul2uF4VQtmY+ftvAlTx7uD3Rd16/E4/Gq&#10;1tbWrrffflsZGhq64fX3M5Bqt5qamsjbb78dvv3225uys7PPut3uYkg+l6f9yGAZq5vtIcIYe3me&#10;X+T3+1fde++9zc8+++xlSC5SNZny43UGg8FgMBgMBoPBYDAYDAZjsmCCUcZkgQFgCQA8BABFY4hz&#10;MEIoDwDyAGA9DP+4TCBZhjmHcxiM6YJ1Upk0NDTAE088EXr00Ufr//qv/zq4ePHi/qysrE5JkjZg&#10;jGcjhLIMsVzy5NQO5inRAAWLaDSDyGCssNhxEqdatI4pgYxKCBkwxKLv1dTUHHn66ae7JkEsamIX&#10;jaJAIEB37Nghv/baa1f//M//PPD1r3+91xDm3ikIwmqO42ZjjP2QLhpNRjxdYJgmcqB0xFbkI7CK&#10;R9Dwlqzmd/YJQbuIgtJ0x1irGEUmhPSoqlofj8eP9/b2njh8+PCFZ599NnTmzJlMTlFTbeIsTewQ&#10;j8f1AwcOQH9/f8f3v/995Y477ojk5eUNSJL0OWPrY681bzI4bWUSbFi/cxQX2OsTpKeX6e6DzHy0&#10;iEY0SumQqqrnYrHYR1evXv3ktddea/jVr34Vl2WZKIoyHSZwAQDA5/NZxZHUScRG7Q1QZqZEnNGw&#10;c3BaPpgT/06ibyscx1lFsFMiTqORaWyVSVBjFy7dIFfCqYZZNrCmaeTixYtw8eJFZe/evZ3f/e53&#10;g9u3b++ZNWtWl8/nu0sQhDU8z88BAI9FxE4ppaZbdZoTGYzsS8H22hREOAbMtvAgowANIDU2sDuS&#10;G19RWdf1q4lE4mwkEjna3t5e8dZbb7Xu2bMn1tjYaIo37e6iqWDMnj0b//M//7O/oKBgviAIKxBC&#10;2TCyGXY6l1JKg6qq1gaDwYZ33303UFtbO13c0OxQAKD79u1LbNq0qWvmzJlVgiCsEARhDcbYR5Pb&#10;j1vbHATDolkAwxVNkqTV8+fPX/zkk08Ofvvb3x6yXHtcC30cxg4j0hIhZLZbNyKdzbJIdV0nL730&#10;UnTu3LkXc3JyKjHGpTzPz6OUisjmzGkZb6UJbTHGBaIorp49e/Yd3/rWtwb27t3bkUgkEIzsl68H&#10;BIyxX3t7u/6jH/0o/vLLL1/93ve+N7Rly5aekpKSNq/Xe7coiqs5jitFSQdJs64hS12z1wPHMbQR&#10;11HFjpnEpKYININo1CooS4mrKKWKruvtqqqej8ViJzo7O48fOHCg+d///d/DwWDQWu/NtLgRIsUR&#10;+ZjhuWW6tBGpNCOE2IWTGcssxthRlOkwtHJcHKWq6gix8PXE7XZbn1ms46cx6yHGGGGMwe/302Aw&#10;eL2Ddr1ICcc1TYOLFy/Cv/7rvwb+5V/+5fTWrVuFgoICjyiKmzDGuQDAOQi6HdPBoS+31lMEACgr&#10;Kwt97nOf85WWlq4TRXEFQsjjcG7q2pZnQUoICauqWtvV1VV57ty5oUgkMlWdgUeDAgBomkbq6uq0&#10;+vr6jry8vGOiKK7EGBdD0rXb7D8ztUkcQijX7XbfNmvWrHOyLLdIkoSn0zMXg8FgMBgMBoPBYDAY&#10;DAaDMVkwwShjsiAA0AwANZTSLQih1HbbFjL9KGyfFGE/BDNuBlKTVQAABw8eVKLRaPvjjz8eWbNm&#10;zdWCgoIWt9u9juf5JRjjUoyxD5JtuF1ImCZQsEzwfdqJ3xHnO4lUCSERXddbE4nEmcHBwfcvXrx4&#10;5rnnnuvav3+/alxjstzDnCY19d7eXvTGG29E4/F4wxe+8IXepUuXNhYVFV1yuVzreZ5fbDhheSml&#10;qbbJOnFrcTpJXd+cxLcICO2iT/PA1Eu7GMBBqGh1VrGKTQghJE4IGdB1vVlRlOpwOFx5+fLl6vfe&#10;e69r3759Sl1dnekUZU/7qdpm2oUVenV1NX366af7v/a1r1Vu2rSpf+bMmT1ut/senudXcBxXBM7u&#10;MwCQWUBjd+uyk6b0yLBNt1HnzFtShBAQQoKGGKM6FAp93NTUVLF79+6Ol156SRkaGpoODq9paJpm&#10;CnZMUYv5h2ztTJqw2sBeP6YEHo8HIJlfY+Y9DAuDUwJvhBBIkmQ9xUlQPBVIlTMHMa81D81j0vLT&#10;xHAlnGpxu1GYgikCADA0NERfeOGFSHd3d9P9998/sHLlysv5+flNbrd7LcdxizDGMzDGWba2wakN&#10;sQs9HcuPk1AMIK3/cBKNWg5LuZ2m/hNComafIcty5eDg4ImqqqraF154ob+iokLt7u422yirWHRE&#10;2EpKSvBdd9012+/3r8MYFyHDdc2h/qTiYqQJ0XW9OxKJHG1tbb1cUVGhGk6mjveZwqTSprOzk5w5&#10;cyaycuXKapfLtYjn+bmQ3D0BW/qZTGIiN8dxc/Py8u667bbbLkNyt4RUv285FwRByPTcYz3eccwB&#10;AODkrDxBpOJLKaXHjh1TL1y4EFiwYMFxURTncxw3A2PMm6Jq83jztSm8soyFBI7jynw+373z5s27&#10;+OCDD/YePHgwEY1GJzL85n/a3t5Of/GLX4TPnj1b9/DDD3evXbu2NScn57IkSWs4jptvlH8PHXbY&#10;TY3TbPU3NU6x9JtpcXYKTAYBqWNdcxBammOTGKW0W9O0y4qinBkcHKxobGysffPNN/v379+vBINB&#10;U7Rtrfc3ol9L3csUS2bQg90I4epnZYSIEyE07nqHMXYclxoNuZnd1npOree6XK6JEthSAECJRMIu&#10;fs+44MEJhBCNRCLXO2zXG+tzOG1paYGdO3cGBEE4uXnzZl9eXp5bFMUNCKEcSikGAMdxkxXDOXdU&#10;vvnNb4qLFy+e4fF41hoLUEz34kzPM+Y1E4SQzng8XltVVXV5586dsXg8njZWh6mb1k7Q/v5+/Te/&#10;+U1gzpw5dbm5uQ0cx80z2lgn8XUaCCFJEIRl2dnZy3fs2FG1d+/ewJ49e6bj+ILBYDAYDAaDwWAw&#10;GAwGg8G4oTDBKGOy0AGgGgD+L4TQ/0kp/YJVRDXGuamZZ4RQBAASExdMBuOGkTbJOzAwoO/fv5/2&#10;9vYGPv/5z9esXbv2yooVK6ry8vJud7vdd/A8vwBjXIySTou81eHIQXTodK+x3KvSJiYdXMoAkvVY&#10;1nV9SNf1S/F4/GhXV9dH586da96/f3/o/fffV2GkSG6yGHH/jo4O8tvf/laur6/ve/DBByN33XVX&#10;2+zZs8/l5eVtkCRpHc/z8zDGhQDgQwgJCKHUJB6kizdHCOMsArvhAKRP/lHb5yn3MYCR2xubE8k0&#10;6WAZp5QO6rrepijK+UgkcqK1tbXm/PnzvUeOHIl98MEHSl9fn3Xyf1oIFA3SJjlVVSUnTpzQNE0L&#10;tbe3X9yyZUvf4sWLG/Ly8raJorjemFzNRsltbtPyBwCs6eZUfu2usVb3PuMjlCZEdcoPSNaBQU3T&#10;LsZisWNXr149VF1d3Xro0KHg66+/nohGo3a3vqmeD2bam9u3jxAioHQXtbSybIIQopIkTYW6n4IQ&#10;AhzHjeawaS03I9y9MMYgiqI9TlMmfnZ4njcFCyPaIiuZROtGXNNOnZCATl2sAhJ0+fJl+uKLL8qN&#10;jY19999/f+S2225rmT17dkVBQcFdbrd7g9Ev5xn9sgBJt8I0oVgGEYijO5ytPoHtePtr6tSWUUpV&#10;Smlc1/VBQkiroijnQ6HQ8YaGhqq6urrB999/P/ree++ZCzvsf06gO++8ky8pKVnicrnuwRhn2cOQ&#10;qTwRQmK6rrcMDAycffnll3tCoZCTQHU6QQGAVlRUJJYtW9ZWWFhY43a7NxplwO2wOMGazwglnT+L&#10;XC7XHcXFxYc2bdp0ubGxkXZ3d1vPAQCg1nbLJkRNHevgRkgBgBhi97Hy9Xpj5is6c+aMbAiAzomi&#10;uBoh5EYIiZY6Ya5CSo17DEzhXa4gCGuzs7MXfvOb37wwNDQUOHz48ESVGXtbSRobG2ljYyNpa2vr&#10;efTRR48vWbKkYc6cOadycnLulCRpLc/zs1FyJwyPfTxuhH84Qs7bWGdsZ231Cdnz3tpnWdIyVe8J&#10;IUOaprUaQtETbW1tF8+dO9d3+PDh2P79+9VYLGZ3JJzMekjNeFjKQ5rIdqpiKbOpOGCM7YsurOmb&#10;FiHTzd06voTh8j+m+M8yVpsQwa/X66UOY6cRjsA2YR8CAMAYk9HGXVOMVOAJIaSyslLdvXv3oMvl&#10;OnTXXXcJeXl5Hp7nVyOE/JAUdjo5iVOEEBlLTGqydetWb2Fh4Xye5+dijNPEqPayb+9PNU2rj0Qi&#10;DW1tbbGenp7p+MwHYAlnMBikH374ofrtb3+7f968eed4nl+GMS6AYVdXp7bRTCCB47iZkiStvOuu&#10;uxZGo9GqPXv2qABjC5oZDAaDwWAwGAwGg8FgMBiMWxkmGGVMFhwAzAUAFwD8CCHUCwBfAYCsMc4z&#10;58ZkhNBJAPgNAAwC+xGYcXNBAADpuk4qKyvVyspKff78+fG/+Iu/CG3YsKF51qxZhwsKCtZkZWXd&#10;JwjCbRjjPAAQjUmm1Fa4dmGjTZQ9Wp0ZIRIFSJsMpABAKKURTdMaYrHYB4FAoKK1tbXxzTff7Pnd&#10;736ndHZ26jA1BYvWsKB4PI6OHj2qHj16VN+0aVP8y1/+cmD58uWXSktLPyooKFjh8/m2iKK42tgW&#10;zw0AvCFMTJsgzuQmlfZBBucki0AiTchrSW8zHVVCSEDTtAZZlo8HAoGKzs7OloaGhsDzzz8fOnr0&#10;qNXN1WmCerpgF+PRU6dO0VOnTkV3796tPPnkk8E77rijpby8/GR2dvZmSZLuxhjPAgAPJCdwOVsd&#10;ALA4Ptmxf2bNS6sAx1b+zfwY1HX9UiwW+6S/v/9ES0vL5ZdffrnnhRdeUGA4H6aKaPqaMAQPlOO4&#10;1HsTiwjOflpKmIQQon6/P/U52MTAkwD1er1UFEXqNPHs8D711vhPEEI0kUhMm3zkOI5aRAsj3Cwd&#10;8i+Fcd60K7cTRKr8RqNRevDgQXLw4EFt+fLlsS9+8Yv9mzdvbikrKztUUFCwwu/3bxUEYRXHcSUA&#10;IAGAYC4KsPalxvWchOwow+fDgUlvi9Kw9hmUUo0Q0q9pWl08Hv9DX19fZVdX19XGxsb+p59+OlRb&#10;W6tZ4jcuAd4DDzyAt23b5pMkqZzjuLkIIckWL8dyRSklhJDuRCJRGwgEOl966SVZVVXrFtjTzQ3N&#10;hJ44cUKPxWLhO+6446Lf76/gOK6U47gygFRaZHSRxRi7KaWzvF5v8be+9S3Pjh07wt3d3SOON9ot&#10;itIFMqPW4eTXVKWUKqM4lE4E1rEMOXToUKK6urrvzTffrJQkaaHL5SpCCIlGAMHpvyUCgBDiEUJZ&#10;LpdrwfLly2du3bp16PDhw+YhE1FurH1V6vXHH39MP/7448Hly5dH/vIv/3Jg3bp1F2bMmPFhQUHB&#10;Oo/Hc48gCCsQQvmGGJYz63yGftK+db0jDgI9uyjP+p5Acmyu6Lrep2laXSQSORwIBM51d3d3nD17&#10;tv/111+Pnjx5UoP0ccmk1zuzr7I4MqaJoMco51MRDWOsy7I8noBTjuOo4eYOYOmrxxFvihAiDg6j&#10;14NUPTYW21CbY+YIobr1uQggrfzaz53KpMZ8AIB/97vfJTo6Onp/9rOfHVu6dKk3Jycnm+O4xQAg&#10;mXU4TeWeFItSAKBXr161Xs8OAgBUUlLicbvdczHG+WCIUAEyl33jfhohpD8Wi1WcPXu2+tixYzIM&#10;9+PTlVR7dPLkyfCKFSvOeL3etTzPL4Ph5zuA9AUqac8iCCGJ5/myrKys+XPmzKlds2YNVFdXT8f2&#10;g8FgMBgMBoPBYDAYDAaDwbhhMMEoY7JwAcBDAPAIALwFAC9D8gfgP4fkBHsmV0QKAH0Iof0AcMS4&#10;DivHjJsJ+6wGBQDa3NxMfvCDH0QAILp9+/bep556qmf+/PltHo9noSRJcwRBWGRs3VYAyTrEoWHH&#10;RfuESsrRKe1Gw+5OaUpI4zBiCD4UQki/rutNiqLUyrJc29HRUX3gwIErTz/9dLS3t9fc2tL+N5Vw&#10;TOOjR4/So0ePhr1eb2Tbtm3dTz75ZOeCBQtas7Ky5giCUC4IwgJBEBYjhIqQ4ewKSYEugqSTHMCw&#10;w2UK++S++bF5b6uwF4xJfOMznRAiE0IChJCWRCLRmEgkWmRZbunp6Wn+4IMP2n74wx9GCCHEtg3h&#10;VBPpflbMSVDU1NSk/cM//ENowYIF0R//+MeBlStXduTk5Jxxu90LRFFcZmwNXQjJvgEjhKwOf+MW&#10;lpjHWso+hWEBVogQclVV1YZEInExFos1d3V1XTxw4EDbzp07o11dXU7bz087eJ6nCCGNUhpCSTdv&#10;FSGkG1+nKyqHRSyIUqoihEIIoQjHcbrt2ElNj87OTn1gYGCorKysi1IaRAhlI4Q4sAgzrPXVbCsp&#10;pREjzwebm5s1mBoC2NGgAEB5nqcAEAOAMACoAKCbYtkMIndEky7GUUppOFN+32I45TMFAFpXV0fq&#10;6ur0nTt3xrdt29b9xBNPXF20aFGrx+OZLUlSmSAIC3ieX8hxXAml1G/rM5BRX5IXzFz+7OFJExKZ&#10;whRDJEoIIQqldEDTtCuqql5UFOVyPB5v6e7ubnrzzTfbf/nLX0ZjsRglhDj1GWOVaRSNRinGmGCM&#10;zXZORwilbftqCVuqsFFKI7qu14VCoROXLl0a0HXdKlKdjuUrrTxUV1dr9fX1HcXFxZUul+t2hFAB&#10;SjqTj5qelFIdABKU0kQoFLI6vaa5oimKoum6PkApDVBKFYTQCMc163WN/3FCSIumaVcURTEd353C&#10;P1FQAEAdHR20o6NDbW5ubs7LyzstiuKdKOkyysFweRvLii9BKQ1rmhYPh8M3ok8xr2vNPwIAqK6u&#10;Tn3qqaeGRFEMPvXUU90PP/xw58yZMy96PJ45kiTNFgRhCcdxczDGhQghNyQXSSKz3oPFCd1a1y2k&#10;xuw2MRq1fE7BGJtQSnVKaUzX9V5d11tUVW1UFKU5Ho+3t7a2Xvz1r3/duXv37oSiKGO5iU5WPaQ8&#10;z5uuiVFK6QAhZCbGOJX2doHsKFxvG0vr89BY90dGfoR1Xb8Si8W6YrGY9ZnIft1U/KLRqKaqai8h&#10;pNeo39iymCzTgjSVUtqt63ovIWQix1qUUkpo0rE2AAAxY5zHOdzLKmbXKKWBRCLRGgqFosZ4ZDq1&#10;9SkB5unTp7W33367w+v1HuE4zuv1eh823C9dtj6aUkopx3GAMYby8nK4cuXKaNenkHzW0ABAg+TC&#10;JLvo09oWJTODkEFN086Fw+HaZ555pv/s2bOa5bjpls4A6fWBHjp0SL733nvbioqKThljqGUYY2/q&#10;4JHP2ea4SIOkWFvjeZ7GYrHplg4MBoPBYDAYDAaDwWAwGAzGDYcJ7RiThQAA+ZTS5QBQjhA6AACN&#10;ANBBKZ2HRm6lTQ3h2mWE0KsA0AMAjwFAFwBUAUAUpt+P4wzGaDiKGgEAV1VVKT/96U87li5d2rt8&#10;+fJTq1evnjFjxowlXq93Mc/zJQihfJ7nizHGhRjjHIRQFgC4rBOOTrZGprON5StiCBaDhJA+QkiX&#10;ruvdmqZdjUQi9R0dHXWnTp3qOnnyZLSyslIPBoPmhKVVPDKV66XT5CqSJAlVVFQkNE3rXLBgQV9Z&#10;WVnl7bffXjh79uz5OTk5y3ieL8UY52OMczHGBRzHFSGEcg0RqSmASGO0CWZIzf8RmVI6RAgZNP76&#10;CSEDuq73RKPRht7e3kt1dXWd58+fj3R1damnT5/WJUnSdV2nNsGoPW7TFbtgI1UHBgcH6X//93/3&#10;L1y4MLhw4cILd999d2F5eflyr9e7jOf5Mo7jCjDGxUbe5CGEfJnyZtQAUJoghAwZ5b+XENKraVpv&#10;IpG4PDg4eKG+vr751KlTwebmZqW6ulofGBiYbnXACQoAIAgC7ezsVAYGBjp8Pt8JhJAbY1wGyf4b&#10;wCJqgeQkN4KkyLk/kUhURKPRpv7+flOkNJlpkLr3hQsX9A8//HBw/vz51aIo7uc4bgXGOJsm3ZlT&#10;DaCp0jBexgkhrbFY7KO2trae/fv3q5MUj/GSGj/19/frQ0NDnT6frwIh5Oc4bh4kFxSYoiP7Vp3E&#10;2MK4IhaLXezu7k7A9Cu/E8Fo7SpRFIWePHmSxGKxrmXLlvUXFRVVrF+/Pn/+/Pnzs7Ozl4qiWM5x&#10;XKGxVXk+x3EFCKEcNLx1fRq2vtopPMgQiCqEkJAhJBww+wxN07rj8XhTV1dXfW1tbeelS5cily5d&#10;0s6dO6cLgpByPwPnPiNTflMAoOfOnSNVVVXRO++887wgCPsxxvMQQj6wiJ9sgldiCK7botHoJw0N&#10;DTWvv/56mA47Z09nrEJCePPNN4OLFy+u8Xg87wmC0GP0Px5ICgYdz6OUhnRdr4lGo5d37twpGwsO&#10;rKJRBAC0qqoqsX79+laPx3MMIeRCCJUghFyQuU/TCSFd8Xj88MDAQM3Vq1cV270nGmt5IgCA3333&#10;3YH58+efdblc+wRBWGX0zQIMxwE5nE8opTIhpDUajZ69dOlST1VVlV0cN5HYx4kp0aeu6+iNN96I&#10;NTU1tZSXl7fPmzfPvW7duuJZs2Yt9Xq9C3men8FxXK4xFi/AGBcYixRcMLzFckbM762DckMcGreM&#10;EwcopQFd1/tUVb0ajUYbOzs7G48dO9bZ19en1NbWqlVVVRrP81RRlNHq/WRBAQACgQDVNA1isViL&#10;1+s9KAhCyNyKGgyB7TgEm9cNq9g9FVBjnZ19rZ3lP6WURnVdb47FYkc7Ozvbzp8/b11gkpH6+vpE&#10;T09Pi8fjOYIQ8mCMS5HFvRmM3SNguAyqhJC+RCJRGQqFqtvb2zMJUz8rFCA5lujr6xvIyck5w3Fc&#10;Ac/zvQihbOMYe4ZQANAppQOJROJET0/PhcOHD4fD4fB1DtqEYhUwEkop7NmzR3a73ZcffvjhfYsW&#10;LXK53W4RIbQIGW7JMNwvRxBCCsaYDA4OmtcCy/XSrh8IBMLxeLyW47jjlNKY0WeA5RxrmIjR5zdF&#10;IpHDXV1dzXV1dVp/f/9NsVANjDjW1dVBZWVlaN68eScxxpLL5erEGM/CGJt1wpouZnXVCSEDqqoe&#10;j0ajDa2trYlLly6Z15zOacJgMBgMBoPBYDAYDAaDwWBMKBP/izuD4QClNAcAfkAp/VvDcSlBKb1k&#10;/OK7GJJi5jQhA6W0AyH0/wBAF6X0/wCABxFCRwHgbwDgijEBzmDcjCDba/MPezweKCsr42+77Tau&#10;oKBAKC8vF+++++4Zc+fOXeH1epdJkrSA47gy67b1FpejTBAA0AFA1nW9X9f11ng8XjswMHC2pqam&#10;6dChQ8H6+vpEa2ur3tHRQUZxLZouddLqcGUVLiAAwBhjKCkpwStXruTy8/P5RYsWSevXr8+eO3du&#10;WX5+/mKfz7eS5/kFHMcVGxN9PBiT3GBLZ0P4nuYQBQCaIYgY0DTtiizLl2KxWFNbW1vDiRMnulpa&#10;WpT29natoaFB7+zs1A13rdFEidMl3T8N1vIPAIAFQUCzZs3CS5cu5RcuXChs2LDBt2LFirKSkpKV&#10;brd7pSiKiziOKzWcvnhwyBcbZvlXCSFBTdOaZVmuDQQCNS0tLY1VVVWBmpoa5cKFC+qVK1e0QCBA&#10;DVGBVQA13ScoEcdxkJWVhe+++27+O9/5Tt6yZcsW+f3+FRhjLyEEW45NbXtOKY0pitLW2tpa99pr&#10;r3W+8MILqkVIDjC5aYI4jsOSJKHvf//7ru3bt5fOmjVrhSiKZSi5hXCaO7CxfapOCAkGg8ELn3zy&#10;ycU9e/ZEDxw4YBWATNU8RmDE9/Of/zz++te/nr169er5ubm5q3iezyeEODk0UYSQIstyW39/f93L&#10;L7989YUXXrAK2ACmbnwnA3tfkXqNMUZFRUV4zZo1fElJCTdr1ixx8+bN+bNnz56dk5OzyOPxLOU4&#10;bh7P88UIIT8k2yUMmfsMU7xEIFnfdABIGOLeK4qiXIxGo/VXrlypP336dG9TU5Pc19endXZ26mfP&#10;ntWj0SixCJ8+bT+danN9Ph/+4Q9/6L7vvvvKi4uLbxMEoZhSyhNCUulAKTW3IE6oqtrd09NT//bb&#10;b7e89dZb8ZqaGl3X9ZtB3AJg6ZN4nkf3338//9WvftW/du3aufn5+QsFQSghhFifacy6RhFCqqZp&#10;Hb29vdVHjhzpfOKJJ2IwMn8QACC3243++I//WPjGN76RN2/evAV+v38hxjiXEDJiIYSxtbUcjUYb&#10;29raLu7atatr7969qjF2uNFC3VT65Ofn48cff1x88MEHC5YvX77C5XLNwRj7LOUGwCJ4N5xsdVVV&#10;+8Ph8MXTp083f/e73w329vbqqqpOVtmxi1tTiw1EUcSlpaV43bp1XE5ODj9nzhxx3bp1uUuWLFmS&#10;lZW13OVyLeF5fq4hHHdTSnmLGHS0MQmF5JhEo8Z286qqNiUSieZQKHSxvb29qbKysq+hoUG+evWq&#10;1tjYqLe2tuqapgGk5/eNdpgdD2lt53e+8x3x8ccfnzF37txVkiSVUUrd9r55MrE2x8ZHZlmllFJV&#10;1/W+gYGBC2fPnr2ya9eu0IkTJ3RN06zjdTup+r1582b+r/7qr7JXrlw5PycnZwXHcTm6ruO0g4fH&#10;WtFoNHrpypUrl37zm9/0vv7666osy1bR4PUCAQAIgoDnzZuH/+Zv/sa9devWOUVFRSsEQZgFyd0V&#10;0uqvsdBGkWW5ua2trfbnP/9593vvvZewPLtMjcwcH9byiV0uF/7GN77h+ru/+7sVM2fO/JLL5XrA&#10;6MNN5+CYpml/6O7u/vXq1avPhkIhp2dj63Xx3Llz8Q9+8APPli1bFmdnZy/jOK6IEJJyIDcXMWGM&#10;wUjX9ra2trrjx493v/TSS7Hq6mrN4hgOML3S106qv/D5fPiOO+7gn3zyydwVK1YsyM7OXszzfA4A&#10;YEJS1ckUcVOEkGLs+FD/k5/8pOPIkSNqT08PG78yGAwGg8FgMBgMBoPBYDAYY8AcRhmTBQIA60SZ&#10;CADLAUABZ4eZEEJoJwAcB4BVCKFFlFIvpVSwbInGYNyspCbQwSZIi8ViqKGhQW1oaNCKiooSoijG&#10;A4GAvGHDhv7CwsJTXq/XI0mSVxRFjyRJboyxG2NsdXQaASEkoapqXNO0uKIokXg8Ho1Go+HGxsbw&#10;3r17ox999JHm4FQ0nSerrOElkJ7WlBCCOjs7SWdnp44Q0mbPnq00NjbG77rrrsE5c+ZcLigoOOZ2&#10;uz2iKLoFQfAIgiBxHCdhjFOuM073NFxFE6qqxlVVjSUSiZgsy/FQKBTt7u6OVVdXR15++eVER0eH&#10;kyDXKa2nW7p/GuxxJKqqQktLC21paSEAkNiyZYuyffv22NKlSzvy8/P/4Ha7vS6Xy+dyubwcx7mN&#10;fMkkGqWEkAQhRFFVVVYUJRyPx2PBYDDc0dERPnr0aPTw4cNqS0sLSSQSTgKsmyUPqK7raHBwkL73&#10;3nv6jBkzBgOBwPny8vJWnuc5WZaRruupgxFCIIoiUEq1oaGheFVVVXTHjh12d8pJFYsCAOi6TmKx&#10;GN65c6fs8/murlmzJuh2u92apmFd18EaJ0EQQBAEouu61t7eHnnuueeix48fnygXr+sNBUjG9+OP&#10;PwafzxeORCINs2fP7hQEQVAUZYQAh+d5ihAi8Xg8XlNTEzHEotO5XZ9o7GU7tfCAEIK6u7vJgQMH&#10;CABAcXGx3NraKm/atClQVlZ2KTc39xOPx5PqM3iel3ied43RN1NCiK7rekLXdUXTNFlV1Zgsy9Fw&#10;OBzt6emJnjx5MnLgwIFEV1cXGRoaytRffNo6acaRRCIRePHFF+Mcx11ZtmzZoMvlknRdR7quI1PI&#10;gTE2Rdc0Ho/LVVVVkWeffVZub2+fCFHTZJKKh6Zp8Pvf/16TZTk0ODh4ae7cuR0+n09CCCFFUVIn&#10;SJJkLhrRCSFKbW1t+N1335UhPb/SxnzxeByOHj2q5eXlBdavX19bWlraIgiCgBBCiUQiJQDned5M&#10;ey0UCsUrKyuj+/fvt4pFbzRmfPDAwAB59dVXE6qq9sVisVNZWVm1PM/zqqoC2Mo9IYTyPA+iKBJF&#10;URIdHR3RDz/8MN7R0XEj3UVHwyrCRAAAiUSCtrS0kJaWFh0AEtnZ2fKf/MmfxLdt2xaaOXPmBa/X&#10;63W5XG5jPO5BCLl4nhfHcj+nlOq6rsuJRCKuaVo8kUjE4/F4LBQKRXt7e6MVFRWxd955J9Ha2mrW&#10;LTN8Tu23tWxNBdJEdLt371Zzc3O7N23aFHW5XOcopVjTNEQpBYwx0nXdFEyCIYgFQRBA1/VR42QI&#10;6j4TCCHgeR40TQOEEAiCAIbzKRVFERBCRFGUxOXLl6MHDx6MnzlzhhhiUWv/4JgG8Xgcampq9Dfe&#10;eCPY19d3cf78+Vc5jhMAACUSidSBGGOzjut9fX3REydORH//+98nZFme0PqtqiptaGggu3btihNC&#10;WpcsWdLv9/tdqqoiXddT4wmz3RcEgQSDwegnn3wSee2111SYHuMmJ6x5R2RZpm+//ba8Zs2aho0b&#10;N76Sm5v7B47jPIQQbAg645FIpO3MmTOXje3QM8U7dd2Wlhaye/fuOKW0YdGiRZ0AIBJCkKqqqTLN&#10;cRw1fjIjwWBQrqioCO/duzdRX19vX3gxHdPYSir8kUhE/+ijj2hubm7gwQcfrJ03b14LQkiglCKj&#10;zwCAZJ/HcRzwPK/39/fHKisro3v27DGfP6ZruWMwGAwGg8FgMBgMBoPBYDBuGFNpwoBxC0EpzQeA&#10;/xsA/gqSTnxOP+aaP9CHAOBdAKgGgDUAsJlSOtOYMDqEEPprAGhmDqOMW4xM7mbgcrmQx+NBhBDE&#10;cRwqLS3F8+bN49atW8cXFxcLHo+H4zguY/sfjUb1np4eta6uTj1+/Lg2ODhIOY6jgUBgLAHKzVQH&#10;7a6uaf+zsrJQOByG3NxcbE6WlpSU4C1btvBlZWV8UVER7/f7+UxbZ1JKQVVVMjQ0pHd0dGiffPJJ&#10;or6+nmCMaSwWozb3rOsl+LnZsCau6cKEioqKIBKJYJfLBWYdWLx4Mbd582axrKxM8Pv9HM/zjhlD&#10;KYVgMKhFIhGtpaVFe+edd9RwOEwxxjQYDNKCggIaj8epIb4BcBZj3CzY2xgnB14AAPB6vSBJEg0E&#10;AgDDooVMDriTxYjykpeXhxFCKBwOA0IIDFFXmlDL5/PRRCJBDYHwdJuATuVbUVERIoSg/v7+jNs/&#10;e71e8Pl8tKenxxSf3IzleiIZ0VdY/iOPx4NEUUSUUsTzPCxdupRbvnw5V15ezhcWFgp+v3/UBVDx&#10;eJwMDQ1pg4OD2oULF7QzZ86QwcFBQgihDu5tTn3FZ83HtDrk8/mQz+dD3d3dIIoiMupQWrniOA7c&#10;bjeNRCI3w+KS0RjRXno8HqSqKvL5fGBsTYwAgPr9fjC2Z6alpaU0FovRwcHB0dIlU1uM8vLyQFEU&#10;FI1GAQBoXl4eRKNR8Pv9lFIKAwMD1vZ4stPb6qKLAACys7MRQgiGhoaQ1+sFQRBA0zQwygvk5+eD&#10;IAh0YGDAOi6aSm1wprEiAgAoKChAplug4aSKVq5ciTdt2iQUFxfzOTk5vCRJ2H5RK6qqku7ubvXy&#10;5ct6fX29euHCBaIoCsUYU5swHBxeW/9PdRAYfXNRURHq7e1NG3Pk5OQAAEAwGBzhkH2jMcMSi8Ug&#10;kUhQQRCA4zjIzs4mPT09ANfW1qWVG47jkNfrRaFQKGNfnZeX5zTemqhEsZdxnJ2djUKhkHXhSWrc&#10;lJWVBS6XiyYSCRgaGrIveJuupOVRbm4ufuyxx8R169ZJOTk5guE8SxVF0U6cOBF/7bXX1O7ubnMF&#10;0mjustbXuLi4GPX09CCv1wvxeByMBRgpsbHxXJNpPDqd09dOWnp7vV7k8XhwX18fWPpPBADg8Xio&#10;oiiQlZUFg4ODTvXhZkoXBoPBYDAYDAaDwWAwGAwG47rDBKOMSYFSWgQA/y+l9C9RJkVV8gdeHQA6&#10;AKAPAEoBoBCSAlPz+48B4AlgglHGrUnK0czy3v4fCYIAGGOUnZ0NkiQBz/OI5/mM9UVRFFAUBUKh&#10;EI3H4wBjT0Df7HXP3kY5iuYQQsjv9yNRFEGSJPB4PKNeVJZlpGkalWUZQqEQ6Lo+Wjrb0/hmT/Nr&#10;YVRxLyTrAMrOzgaXywWSJAHGzvoMXdeRLMuUEAKyLINFjAEw+sTszZof9rR1SmuT6SBqtraZo5Ub&#10;gPHXxamMGV9s+8z6HyCzsHA6xXWq4ZTOaQIoQRDA7XYjs10arW+mlEIsFkOqqlJKKciyDPF4nBr9&#10;BsDo9e565uNY9WY8deh6h2mqMFp7aX42Wh6NR1TmdO00kfsoryc7zTONVe2vTaZbuzSesSKSJAn5&#10;fD6QJAlEUUQcx5luvI6oqori8TiVZRlkWabGwoax+iezn5uqaZWJEYvgHF5PNTLVtWvJg/GOtUZr&#10;Sycyr8fb7t/MbX5afH0+H87Pz0dutxswxqbjLe3u7qaWregBxm7X7WPSsfLefH0zpa0TYz3bWXEq&#10;dzdjmjAYDAaDwWAwGAwGg8FgMBjXnan84zvjJsYQjP6UUvq1MQSjpmiUM9wbrNegCKGPICkYvcwE&#10;o4xbGLtwFEZ5/Wm4ESKU6cJEpbHJaELEWzG9r5WJrgO3Yn5cazpOdVEPQGZhjxM3gzh4vHl4K5bv&#10;icKpXwa4/v3GaP3zRArGriUe013Edq1ca337LMKysa5tfz0VuBn7FJOJHo+bTFa9n2gyLYSbDlyP&#10;scKnbVdvBNeaNzdru59J2Okk6Pw07brTe+t1R3t/s3GrjdUZDAaDwWAwGAwGg8FgMBiMGw4/2QFg&#10;3LIgSqlkCEDNH3SdfgRGYJRTi1qUGu9jAFAJAAFgPwozbm3sk4aZJqhGq2uZjmMTMOlkir99YnC8&#10;k9z241l6fzauZx0Yy7XtVsFJjDLe46cq1jCONaE/HeIzFmPVC6djGZ8NJzHPZ22XzGMzuY7Z309k&#10;Xl7LtW+1NvTTpM14z/m06T6VuJb2yHr8dGC843HzmOsxVryZxo3TXWT4WcM7lfvqz9JWTbd8HI1M&#10;ZXO0vn081wTI/Cz4aa55M3AtY3X78QwGg8FgMBgMBoPBYDAYDAZjHDDBKGOyEA39ZxelNA8hJMHo&#10;jiwmpmPDAAD8fwDwIgBEMpuUMhi3JGNNYk2EMOFW5HoKdVhaX1+uRx1geeLMzZYuN1t8RuNWiutU&#10;5Gbtm6daeKYSU0W0OxWZ7uEfD9erzn/a46czt1Jc7UyHuE+HME4UEyXSvpXTdCxY2jAYDAaDwWAw&#10;GAwGg8FgMBgTAJ7sADBuWURKKQGAtxFCewFgyPg844/BdJh2SukzlNIqALgbALIoZb8hMxgMBoPB&#10;YDAYDAaDwWAwGAwGg8FgMBgMBoPBYDAYDAaDkQkmGGVMFhxCqBgAlgHAUUrpTki6hjphuopShNAV&#10;hNBvEEJtAPCPAPBlAMiG8W/px2AwGAwGg8FgMBgMBoPBYDAYDAaDwWAwGAwGg8FgMBgMxi0HE4wy&#10;JgsMAF4A2AQA/wshFKOUnoJhcWgalFJACPUAwLMA0AMA/4QQWgcAHmDlmMFgMBgMBoPBYDAYDAaD&#10;wWAwGAwGg8FgMBgMBoPBYDAYjFFhQjvGZMEDgABJZ9DZAPC/EUKlAKBAulsoBQBACHUCwC8AQAaA&#10;vweAuZRS5irKYDAYDAaDwWAwGAwGg8FgMBgMBoPBYDAYDAaDwWAwGAzGOOAnOwCMWw9KKcCwYNTE&#10;DwDLYdhh1CoGjQLAS8bxXwOAhcb3I5xIGQwGg8FgMBgMBoPBYDAYDAaDwWAwGAwGg8FgMBgMBoPB&#10;YIzk/wcAAP//7L13lBzVmff/fe6t0DlMzjOaJI1GjHJCASyQhIUJAhO8xvbrdw1eL/hlbZ/frsPZ&#10;9btec3bX6/U6gPFrfHzsNV4cwMYgsJAFWGQQBpTjKGuUJ/ZMx6r7+6Oreqp7ekajCZqeUX3OmdPd&#10;NdVV1Tc890n3Xjth1GYiIABMCCETkfkZGLjirRBCCCI6CKAAwBoA5cb5RETCcr1RY65YarmujY2N&#10;jY2NjY2NjY2NjY2NjY2NjY2NjY2NjY2NjY2NjY2NjY2Njc2UwE4YtZkQhBAMA9vfgMRPIooBcAG4&#10;G4BLCAFKZpkK4zqciEbVjo1EUReSyagQQhwmovhormljY2NjY2NjY2NjY2NjY2NjY2NjY2NjY2Nj&#10;Y2NjY2NjY2NjY2Njk0vYCaM2EwERkUsIoQ7jXA6g1niFsSKpuQKoMFYD5Zf6AEIIIJmg6jCuvw7A&#10;xwCcB/AZIcRxe6VRGxsbGxsbGxsbGxsbGxsbGxsbmzHCOlne9jva2NjY2NjY2GTH1plsbGxschNT&#10;Ptuy2cZmCmAnjNpMBAJALxGdAlACQDaOZ9tafrA2KgAcAvAUgBO4hEHJWFFUBVAphFgFYD0RLUUy&#10;efQAgMJLvaaNjY2NjY3NpMBcpTybzmGP+zY2NiMlm0wBbLkyEoaS04BdpjbDY7D2A9htyMbGZvwY&#10;SvZY/2+Oc6kdlAbBllc2NjY2NjY2U5Hh6ExWPYjh4nqRrTeNH7Yf3cZmanMxX+xg2LJ5bLB9mDYT&#10;ip0wanPZISIhhDgC4HsAPglgJQAnBg5Gg80g0wHsAvAYgDcAJIZ7byGEBKDIuOcdRLQMQD6AcwCe&#10;BfAMksmilzoo2tiMB9naYS61zUtVVGzFZiC5XseXg2ztwjoejFe7GcoIypU6uFjw0J7Jd2mY5cUy&#10;jomM91d6eU6GvjEcLqUec7XOp0pdjBdDjR+Xo05pkFfzOcxjIuOYTXas5ccwsI0PVt+5iN13k1zu&#10;JKhsvoRs7cjul0mGaouX0k4vhywe7HmupP40GJNJNk4FhtsWL/Z5METG+6FW1rqS69keZ/sZrB1M&#10;hfZh13M/E1XPY6UrjCfDSVKwVynMzljpVxNtl48FY9nWp0J5jAWDyfDB4r/ZPg9Fps6U+X1bRx4d&#10;g9VTNj+6yVQoX1v3GJrJZPtns52uNDk8GNnaOWX5nO39xRis3LP9b7DvXCnYPsxLYzL5MCcd9gBn&#10;c9kRQjAhxHQA1xPRaQBrAXwcyVU/s85UMraQBxFFAPwZwM+RTPy8CsAPAOwiIn2Ie5rbzzcD+GsA&#10;NyK5uqkO4FUAv0QyCbUAyS3qNwI4PNQ1bWzGkZEqY7nEcAbWK3bwxdSo4/FmvBwOo3FG5RK2gXXp&#10;mImihIFGsDVRVM84fqUxmIE61cjlPjRV5NTl5nI5qrMlNlr7jdWJk/lnMziU5c88bi1T3fLe+poL&#10;2H13eIxHX7W2l2xtyLxX5lifi+1ovLEGB8arjY5FHWcGMez+NDymWtA2V7hY0DhTBmX7zlBtOFtg&#10;LVM+Xaxur4T6tsfZ4TFV5IAt/4dmvOt5qvgth5NQeqVxOep2Mk1yGO/ymCoyebgMN0F0sOSk4dRB&#10;tjK19aaxI1s9sYxzBvN1TdZytXXMkTNZbP+p0E5Hw1D27MXs2qGuYWUw+TtY2U8mXWGsuVQfZqa8&#10;vdLK6nL6MLN9nvLYK4zaTARERA1CiK8C2ArgV0IILxHdjoGryQghhCCiOIBjAH4D4DUAywF8Tghx&#10;hIi8g93ISDSVkUwOXQvg/wBoQjJAdATJxNNNAIJCiM8S0a1ICgIG4CdCiDCRrRvaXDaGUhKA3DRU&#10;hhpIL/a/i836nIpMxjq+XGQqu9ZA/ljO7rEql9kU8Vysg4sZVbmc+JYrMABUU1PDPvrRjypLly51&#10;OBwOmTHGNE3T4/F4/PXXX49s2LAhtnfvXqDfALtSZpZlcwZOhr4xHAYbiwbrSxM9Ng2WcDDZ62G8&#10;yOaEuhxOQAJAS5Ys4Z/61KccZWVlTkmSGGOMACAWi2nnzp2Lbdy4Mbxp06ZEd3e3meh4JciTSyXV&#10;th0OB1u5ciVfv369o6ioyOFyubimacQ5F7FYTGtvb4/+7Gc/C2/ZssXcYSKX5HQ2mWnref0M5ugc&#10;i/pLlXlDQwNbvHixdNNNN7k8Ho9CRCwajZIsyyAivbOzM/b000/3bdiwIREOh8dL15wMZEt2t75e&#10;KtkCtKOpY/M5rP4heywcnMHGQsLAcdHm0hhOUigBQE1NDZs5cyabMWOGVFVVJTmdTsnhcDDOORER&#10;SZLEiMj0U6ZgjIlEIiESiYRORCIUCmnt7e2JM2fO6EeOHEns2LFDO3LkiNB1Hbh4Imm2z1MFe5wd&#10;nLGWwRPNYHVsjwED69h6LPP9SLmYPQrkZh1cij/a+p6yHJ/KWHUs8/NY1e1QsigXGU/fy+Xoq7nE&#10;UImfA8q3urqampqaWEtLi1RZWSk5HA5JVVXGOSdJkoiIWLaYrBAC8Xg8pTPFYjHR19endXV1JU6c&#10;OJHYvn27tm3bNr2vr28ofck6PgKTd6wcL9LqKi8vj33hC19QZs2a5XA4HCoAEJEIh8OxDz74IPLL&#10;X/4ydvDgQR39cZzJWJYX84nn4pg3kVxu2x8YeR1cbDyabG11JAzHngUAkiSJli1bxpqbm6WqqirJ&#10;4/Fwt9vNJUkiAExRFMZYZu54v2wGoMfjcREOh7Xe3l79/PnziT179iR27NihHTp0yOp/s5b7UIu2&#10;TdX6SZV5ZWUlW7NmjbR69Wqn1+tVdV3nmqaBcw5JkkR7e3v8gw8+6Nu0aVN8x44dup50ClxJ41am&#10;fLgcPkzzuldC+aawE0ZtJgIC4CIiH4B1AKYR0VYApwCUDziZ6CSAJ5FcWdQlhPgUEd0IwENERzFw&#10;dhMAQAjBAAQBLAbwVwA+AsCN5JbzLyG5/bwAcDeAdURUByAuhNgNoIfsTFGby0taAltJSQnjnJPP&#10;56NEIkEAYL7mEowxMMZSAycRgXMuwuEwotGoICJIkiTOnTsnwuEwMLiTJHMAnoqDsVWJYWVlZVRQ&#10;UMAZYyRJEum6jlAoRE6nEwBgJJcAAHw+X6rujfOGXT5ut5s455f8sJd6n9FgthsAkGVZKIoient7&#10;6cCBA9YEm7FKKCAYCQWyLBMA5vF4qKOjA8DY9zPOOdxu94iv2d3dLSRJSv1uSZIEYwwdHR3C/Hzq&#10;1ClhGGXAwMS3iyWVTnVSdV5dXc3/6q/+SrnzzjsrKyoq5iqKUklETl3Xo4lEoq2+vv4vRUVFx7/7&#10;3e+G29raTGfXlVZubPr06SRJEgPAhBDweDwsFArBkOHjhizLKfk3lvT09AhTvphjVjgcRiwWE5xz&#10;0d3dLbq6ugZLHkWW4+NJmuMmEAiw6upqisfjTFVV0nWduru7075gHR+mOtZxEUiOHYwxYchZxONx&#10;0dnZqQsh9BMnTgwWmBktqToqLy/nn/nMZzxr1qy5yufzzWaM+ZG0r4Wu6119fX0HKyoq3ovFYu0v&#10;v/xyvKenh2HgqoZXOqnyJCJ2/fXXS5/+9KcDixYtavF6vTMYY0EAjIjMMt2nqurWzs7O7m3btlmT&#10;RieatL5bVFTEKioqWDgcJk3TSAgBIQRpmjZmN5QkiVwu15hdbzhk9sHhwjkHEQlJkgTnHIlEQt+/&#10;f79mSX4ai0A9AaB77rlHWbNmTWF9ff1CRVFqiciVnH9KEEIkotFoa2lp6Zuapp19++234ydPnrQG&#10;t0b7DLlOSify+/1UU1PDdF1n8XicZFmmcDiMbG3U5XKRJA10HUYiEcRiMQEATqcTuq4jEAiI3t5e&#10;0dbWpl+4cCFTlxquLp/qTy6XixUXF5Pb7WbBYJC6u7upr68v5+xiIoLX652QZ4pEInC5XIJzDk3T&#10;BAC9s7NTj0Qi4tSpUzquvESY0WC20cEClASAKioqSNM0cjgcTJIkuN1ulp+fz1avXu1obm72VVRU&#10;5Ofl5RWrqlrAGHNxzlUiUhljKhFlW51J1zQtput6GEAsFot19PX1ne/p6Wlva2vrfOONNzqff/75&#10;aCKREJFIRFcURbS3t4tIJCIMmzBbAsRU862k1UF5eTkrKSlhkUiE4vE4eb1e6unpgdPpzCnZAACh&#10;UMhM9r0krH6Ei/lmXC4XHA4HJEkSfX19IhwO60byxnjpw+NFWr/jnLP6+nomyzLTNA3D8Y3mum00&#10;Ul0KSNqysiwLr9dLsVhM13Vd9PT06OfPnxehUGis/GYD+lpxcTHTNI3JskxCCHR0dAxIfL+Y3zGR&#10;SMBI4Bo3gsEgdF1Hb2+vMH2MjDH09PSIRCIBIhIdHR0YJJEMFzk2FbD2DeZwOKiuro5xzsnpdLJE&#10;IkGhUAjxeHxEOk13d7fweDxwuVyip6dHKIoiDhw4oPf29pp+XSC3yjPNR19TU0PBYJD19fUxt9tN&#10;mqahp6cHbrebsiXHXIze3l7hdDoRj8eFoih6Z2en6Ozs1C0TSadCIsKQSaJERGVlZZRIJCgQCDBN&#10;00iWZaqsrOTXXHONOnv2bF91dXWR3+8vVlU1yBhzM8YcjDGVMaZkXN+8tq7relTX9YgQIqFpWjge&#10;j3eFw+Hz58+fP3/w4MGOV155JbRz5854IpHQOzs7RSKREOFwWJw+fdra97NNHLR15n5MXZjddttt&#10;6h133FFfWFjYoihKNQAuhIjFYrFjjY2N2wEc/ud//ueI8b3JuFtn2rhXV1fHzMngnHPSdZ2G8od7&#10;vd5hpRGMdPwfL1/5xYhGo4hGowOe2RrDKywshK7r+oULF3QjhjcSvTOt/IuLi1lxcTGLxWJMURSS&#10;ZRkdHR1QFIVUVb2k3xCLxaCqqujt7RWyLIve3l5x9OhRLeMZp4IstpJNbpqvqfeqqlJ+fj4Z4z25&#10;XC7SdZ3q6uqkO+64w9/Q0FCQl5dXoKpqnizLQSJSOecqY8yZxZ4Fkn7wqK7rEU3ToolEojsej3f1&#10;9PScP378+LkPPvigc8uWLZHTp0/rnHPR19ent7e3CyOuSYNMjJyK9WOFPB4P3XDDDfJf//VfF02b&#10;Nm2+w+GYRkQeY8dkIiI9Fosda2pq2hoIBE60trb2hUIhYPLZeCMhre06nU6qra1lnHPSNI1cLhfr&#10;7u5GLBZLfWG48hgAotGoYIzB6/UKw87WE4mEvm/fPqveOpXb3wBy2oi2mZoIISQA9wB4FMlt6AGg&#10;C0AUQD4Ajv6OGAbwBJKrgC4EcD2AGQBUIQSIaCeAzwN4jYg04/oEQAFQCeAuAB9FclXRuBDiFQDP&#10;E9FpAIsArAYw3bjfPgAvAngZwGEkE1g7ieiKEQg2E0ZasuhnP/tZ9Z577skvLi4uURTFL4RgiUTi&#10;IpeYOIiIdF1PJBKJKGNMF0LofX19ve3t7aGzZ8+Gn3/++d7f/e53sXA4nC2hzXzNpuRMNaXQVKbZ&#10;jTfeyB944IGC2traMlVVA0IIbjgw074gzAh3FkSmhzYLo018H849xhLD4NQSiUTo5MmTJ3/2s59d&#10;+POf/xw/evSoNdg8kmdKc4wCoG9961vONWvWVPj9/iIADl3XMZJAznDuPRbzDzRNi2ualtB1PRaP&#10;x/suXLjQ85e//KXrscceCx88eDDT2DVfB+tXVxKp2WcPPvig43Of+9yMkpKS6xwOx0rOeRUAB4CY&#10;rusnIpHIKydOnHj+X//1X/c//vjjMSTLysycmMrlljZT7/7771fvuuuugrKysgrGmIuImKZpA4JC&#10;Y/4Q4zhRRwghNE2LEVE8kUjEwklvcs+f//znrh/+8IeR7u7uTBmTzYmMLO/HGmuCM/vP//xPf1NT&#10;U7nb7S4w9Gdomkbmb7oSJzdlG5ckSQIRCU3T+np6es4+/vjjJ7/97W9H0V+XYyncCcm+wh5++GH3&#10;zTffPCcvL+9mRVGWE5EfSTtGAOiJx+N7Q6HQn1pbW1/92te+dvKll16KW55nKsuU4ZIWpOOcs9/9&#10;7neFCxYsWBoIBG6QZbmFiAJIlrdZpts7OzufOXDgwNt/+7d/e27Xrl3m+DfRgYlU3120aBH/+te/&#10;Hpw2bVqpy+UKApDj8bh5ztjdcAL6/2j0QkPHE7qu9547d+7UH/7wh7O//e1vY62trWYdjja5gS1d&#10;ulR69NFHK6dNm3aDw+FYxRirR3KcN9uQpuv6/u7u7uf27dv36o9//OPjL7zwQuzMmTPWZ5iq+lJq&#10;rGeMsa985Svq+vXry/Ly8oo5585EIsGMxObMxPwh25lxujAmZAAANE3raW9vP/Otb32r7cknn4wj&#10;XeYNN2GUANCSJUukL3/5y77GxsYKt9udr2ka03Xd9PnkDOPUHzOvOWTZGYnZWjweD508efL4hg0b&#10;On7yk5/EOjs7zfKfaDmZ62QmPQy2egV98pOfVO++++5gVVVVscvlCnDOPYqi+CRJKpRlOcg5D3LO&#10;CznneUhOlleISEVy96NsATYdQEwIERFCxHVd79J1/YKu612apnXG4/Fz8Xj8XDQa7dY0LdTX19d5&#10;+PDhcz/84Q87XnjhBVO3AAbqspmydTLLtVSdXHvttfzBBx/019XVlXo8njwiUk39OFcZ4fiZJloG&#10;u4Z5EmMMkiTp8Xi899SpUyd++tOfntu8eXP82LFjk2kiZJpu+H//7/9Vbr755rJAIFAsSZI7kUgM&#10;OflmsthGo9GnjEQNAIiHw+GO1tbWkz/5yU+6//CHPySQrOfRyvpUktA111zD//7v/z5QV1dX6XA4&#10;fOjXabM917DKfrx8jOb9hRAikUhEiSguhNDj8Xisq6urp7W1tXvz5s19zz//fLy9vT3Txs/mB8h8&#10;P1V80ylb9vvf/75z6dKlRfn5+WVE5BRC0DB8otZ6zloenHOh63o8Eol07N279+Ttt9/egYE2cC6U&#10;ZcpHv2DBAv5f//VfxSUlJWWSJHmRTIgbzEc8XDkjDN0sYehmJ5588smOH/3oR9FEIjGZfQLZkkTN&#10;92mr1kqSRPfff79j9erVebW1tUUOh8Nn6EwBWZYLJEkKGPpSAWPMT0RuIpINnUlBdp1JCCFiACJC&#10;iIQQIqLrereu6x2aprXrut4Zj8fb4/F4RywW6zLskvbdu3ef+/a3v925c+fOTLtvsH4PTM76GS0p&#10;fSsQCLAvfelLrhtvvLG6rq7uJqfTeS0RVSLp84rpun68r69v86FDh577+c9/fvwHP/hBxJDxk6lt&#10;p8WL1q5dK33uc5/zNjQ0lBl+WHmoeNGl6h0jGQMnUrcZ6nmNCaVC07RQW1vbiQ0bNlx4/PHHY21t&#10;bdY4yqXY/mzt2rX8i1/8YrCqqqrc4XAEkLSdTD/4YNcarHwEAFNngq7rkVAodH7z5s3Hv//97/dZ&#10;Yo2j9UXlEtnsWSBdlhIAWrFihXzffff5pk+fXuT3+/NkWXarquqVZTlPkqQCSZIKGGP5nPMAEfmM&#10;JH6ViBwYRDYjac/GhBBRIUSPruvdmqZ16rp+TtO0zlgs1q5pWlckEunq6+vrOnny5JnNmze3f//7&#10;34/EYrFM3WwwXS3z/WSFYOgfjzzySGldXd0Kj8fzEc75DAAu9Nefruv6sb6+vhePHz/+4h/+8IcD&#10;//iP/9iHfp1/KvswgX7dgj75yU8q9913X1FxcXEJ59wLgJuyOUuMbFhykzEGIhJEFO7u7j69adOm&#10;Uz//+c/DO3bssNpUU7FcszIpDGmbqYUQQgHwWQDfhjHoG5iz6wgAGQpJF4D9RgC2HBZhaQiB3Ugm&#10;jL5CRJoROPACWALgQQBLjc+HAfxSCLGViK4CcCuAZuN6xwA8DeBPAC4AWCyEWEVEfwLwMyLqG8fi&#10;sLExYQDoK1/5iuOOO+6oqKqqWuZ0OucRUTGM1aqQmw4qs8+GhRBhIYQmhNB0XW+Px+MXNE0LhcPh&#10;c9FotCsej/f29vb2hcPhSDgcjrS2tvb9/ve/79uzZ4/W1taWzUCfSoZ6SrZ9/etfV2+99dby8vLy&#10;xS6XaxHnvASAbMivwX7vJQUMs9x7pIxVmQ/adrModHEhxLlIJPJeW1vb27/5zW8O/8u//Is18Wek&#10;z0QAWENDA/vGN77hX7Jkycy8vLzliqLMAGDO3MIorn+xew/n2GDoAKK6rkeFEGFd17vj8fi5WCx2&#10;qq+v73w0Gu0JhUI9vb29vYcOHQr9/ve/7926dWvi7NmzmclSU92IsJIWbGpoaJD+7d/+LX/VqlV3&#10;ejyej3PO6wA40Z9EEtE07XB3d/eP33vvvee//e1vnzECsJnG11TEnE3Kbr75Zvkf//Efa0tLS692&#10;OBwLkZzIYzoCxrsMRiOrsskY6zHNGKNiQog+TdO6EonEhUgk0tbb22v2od6urq7Q3r17Q0888UT4&#10;wIEDmmXVpsvRh1KOnKKiIvarX/2qYMaMGXN9Pt9yznktjMlSFkTG9zLfZzIa2TmRZD639XdbdSMd&#10;QHc8Ht919uzZLS+++OKBBx98sNeYET9WDuuUI7OwsJA/+eST5XPnzv200+m8nXM+DenbJ+lCiK54&#10;PP5BR0fHT5977rmX77///q5oNKoh94JlEwkDwBobG9ltt93muvfee+eVlpZ+WlGUaxljBUgGI0x0&#10;XdfPxePx10+fPv3Igw8++O4rr7wStyRDTVRZpnS8iooK/sQTTxQ1NjbOc7vdyznnFUIIxwiuN1zH&#10;+nCOjZaL6eIX0/Gs52kAOmKx2I729va3n3nmmT1/93d/F8bo+gQBILfbzR944AH185///JKioqJ/&#10;4ZxPJyIX0p3ZwnBa7+zp6Xn2yJEjL2/atOnoT3/60z5j8s1Udrim5Nejjz7queGGG5ry8vKWy7Lc&#10;TEReGKuKG2QbT62v1nOE9TgRCSHE+UgksqOtrW3Lli1bjnzhC1/oMwIAw+mnqbFw/fr18v33318w&#10;a9asRW63e4kkSTVCCG45J+3e48Sl2N8Xe5aLjdEj+S2ZCb4JXdfPRyKRD86fP//W448/fvAHP/hB&#10;NAfkZC6TlgxqfS/LMqusrKRbb71Vveaaa/yFhYUen8/nd7vdxR6Pp9rhcNRzzks553mMsULGWCH6&#10;7QtmrL6SmXw6FFa9Uxg+UU0IEdJ1/ayu62c0TWtPJBKnI5HIwVAodDgUCp0PhUI9p06dCm3bti30&#10;xBNPRDJWlswm0yZbO0jJhWXLlkkPPfRQwfTp0+d5PJ6lxgRAU9aPh0zI1DtHe51LZTg+Cutv1gB0&#10;RiKR986ePfvWiy++ePA73/lOeIwmZ1wOCAD5/X72zW9+07VmzZqa4uLiaxVFuQpAHvr70nCTBkZa&#10;b6NtR0Pdc9R1YOhWkUQicTIcDr999OjRrQsXLjyFZP2P1m/GANDq1av5N7/5zdJp06YtcLlcV3PO&#10;ywyd9lITNqxcDn+Cput6L4AYkvZYbyKROB+NRs8YCWShaDTaGw6He6PRaKS7uzty6tSp8DvvvNO3&#10;adOmeDgc1g3/tPm8g+mFud6XskEAaNmyZfyuu+5yrlu3bmZBQcEyo395kW7LZpN9l9IvwrquHw+F&#10;Qm/s3r373R/96Efnf/Ob35j+Nev1JwoCQOYkqttvv728srJymcvlWmiM5XKGXjzYbx80gda0gYzk&#10;xvORSOQvbW1tbz366KOHn3rqqdjp06cnm26WTb6m7Aufz0cNDQ3stttuc1511VXe/Px8TzAYDLjd&#10;7hKXy1XtcDjqGWOFnPMCznmRUc4OANyICbCM+wzHt5VKLDJ0pjS9SdO0c0KIC/F4/FgkEjnY3d19&#10;JBQKtXd0dHQfO3ase+PGjb1vvfVW4sSJE7qRxDuU7nSlkKrTuXPnyg8//HBlU1PTOo/Hc7ckSc1I&#10;JvISknpqVNO0dzs7O/9769atL95yyy1nEolE5iSVXC8/AgCn08k+9rGPyffee29BXV3dQqfTudCw&#10;Pc2lPYerhw3F5fDJZjt3pPe96G8mIk3X9QvRaPT9U6dOvfn8888feuSRR8JHjhy5FNufALBbbrlF&#10;+od/+IeS2trahR6P52rOeRmMxcaGyFsdlu5v+Ch6NU071N3d/UZra+vO//iP/zj37LPPmrNgJpMs&#10;zkam3LTKZ8rLy6P169crK1eudFdWVnoDgYDX6/UWer3eKqfTWS9JUjljLN+Q0SVE5EYyH8GUz9ns&#10;5cHIas8iGe/t1DTtrK7rZxKJxOloNNra29t7uLe390xnZ2fn+fPnQ7t27ep+6aWXwu+9955+4cIF&#10;qz9/stuzVggAXX311ay2tpZ/85vfXFhcXPw3siyvYozlI0O3EEJEdV0/EAqFNpw4ceKF5557bv+v&#10;f/3r3vfff9+cLDZVxyzT18u++tWvOtetW1dZXV29wuFwzCWiAsM3aGLVVdPaKCUFgPUc679ARNB1&#10;vSuRSOzu6up67fXXX991991398DSjsfn5+Ue9pb0NhOBBKAQ6YaAQMbMBMOw8gNYaKwmCsv5AJLK&#10;gsUAA5IOpLsBfBHANCFElIheAvATADEi+hyAVUgaJGEkE0V/AuAsgKsB/AuAWUQkI7md/VMA7IRR&#10;m/EmpRzfeOONedXV1VcbhtgsJBXj4QYYJhIdhnPS6ItxJBVBM0mnI5FInNI07VQikTgXj8fPNzY2&#10;Hp0/f/7Jzs7OUGdnZ/TkyZPhjRs3Rjdv3mwqO6ZsyOaomowDNQGglStXBqZNm7ba6XTeYtSxA5Oj&#10;ji8HAklHT0SW5TkVFRWuxYsXn6+pqUkcOXLEdH6PxOmfMpJaWlqkRYsW1RcXF39MluXljDEzKds8&#10;LxcxFVRdCGH2NXMVmk5N09ri8fiRWCx2oq6u7vBVV111+PTp051Hjx7t3bp1a3jDhg1xS+Kb+ZfZ&#10;v6YiptOR1q9f72hqaqpRVbWFMVZPRO4Mw0IiokqHw7Gkvr7+8Ny5cztfeOGFhPH9XHFqjye0YsUK&#10;9tGPftRbVla20u12/5WRVGtNdMrV/jEcUk5LIYQGIIHkGNVnzHQ9EYvFTsTj8eMNDQ2HFi9efPzk&#10;yZNde/bs6X322WcjW7duHWoVw7FqFyldePHixVJTU9OcQCBwhyzLK42JU5kOdJt+TFmWkGW5pbS0&#10;NLB48eLHA4HAIY/HI1pbW8f0ZoWFhXTXXXdJhYWFBbIsNzHGKolIyVzxjjGWJ8vybLfbvXDRokWH&#10;m5ubd7733ntT1ZFzqaQ5HAsKCqSPfOQjpcFgcLEsy3MZY0VIjs2ZZVoky/I8VVVLGhoa5CNHjmid&#10;nZ25MpbRmjVr5MbGxvl+v/8OSZKWE5EHV27fzVYnAkBMluVFkiSVLF68+OyqVatOvfrqq8JYsWrE&#10;9cgYg6IonDHmY4xVMsb8hk2SVu7GCgmzfT6fu66uzv3hD394kyRJhx577LGeAwcOANm3J5zsEADK&#10;z88nWZbZ4sWLi4uKim5XFOU6xlg5+nd4GasEmZgkSS1VVVX+ZcuWPVlQUHDIMjlwOGVKAOjOO+90&#10;zZgxY1YwGLyHc77ACFwMJ4h8pWKWcVRRlCWSJDlXr17dvnPnzrO///3vc0VO5gqZk21SCYkAMHPm&#10;TH777berjY2NruLiYndZWVlxYWHhTFVVqxVFqZckqZ4xFgDgNlbBkgDIjDFZCHHp+9YO9pCGr5Mx&#10;5iaiIOd8mizLCSFEzOVyhQKBwOl4PN4aj8ePTps2rbWpqenwwoUL286dO9e7bdu28NNPPx0zVpfM&#10;lgABTI42kaYv3HPPPWpjY2NLIBC4XZblVURkJuja/pT++o3JsrxAluWiZcuWPbFnz57jjzzyiD5I&#10;oCyXSNX1zJkz2bJly0pKSkrWOp3OWzjn9UgmqVjPuxKx1p8uy3JIUZQZVVVV8U984hPn33nnHbFv&#10;377RBDZTdXDdddepNTU1c30+3x2SJC0xJpdMhn5mJiYk9zZN2v5xj8cTQ3JFvB4jUeFkIpE4k0gk&#10;zvf19Z2aN2/eidtuu+1CV1dX5PTp05FNmzZFnnnmGXMF56HG0FzuU1YIAHm9XrrhhhuUa6+9tqK4&#10;uHiNw+G4jTFWin67a6x0QV0I0SNJUuXMmTPZunXrXn7ttdcSbW1tuaRbk8PhoA996EOBadOmrXa5&#10;XLdKkjQTY+ujT+lmsiy3VFRUyHfffXePrutnH330UesK4bnOoMlIy5cvl6677jp1+vTproqKCl9x&#10;cXF5IBCoU1W1RlXVGZzzaovOpCDpe5Wz+U9G9YCWdSiIyMUYCxoTr+OKokRcLldPIBA4E4/HD0Sj&#10;0db6+vr9M2fOPNzW1tZx+PDh0EsvvRR+6aWX4r29vYP5zoHJU18jJVWvRMTWr1/vKC8vr3O5XNdz&#10;zutMnctM3mOMcSFEk8fjWVVbW7v/uuuua3/33XdjFy5cmGzxBmppaWE333yzp6ampsXv9/8vznmL&#10;OanSPGciHzBHMes4rijKfMaYcs0114TeeuutE0eOHLlU2x9Lly5V6uvrFxt6x1JjJcux1DsSQohO&#10;RVFmSpL03zfeeOMr+/bt0/bv3z+Zd+EYVDYHg0G2du1a+brrrnOVlJS4ysrK8gsKCmo8Hk+dqqr1&#10;sizXM8bKiMhjlLVpzyowVtkekwc0ZLORtOsjohIAcVmWo06ns8/n87VrmnYsFovtj0Qih2fMmHFo&#10;xYoVJ06ePNm9f//+vk2bNkVeffXVlF6HKSSbw+EwxWIxYox5OOfljDEvEcmZZU9EEue80e1231pZ&#10;WSnfdNNNL+Tl5e373ve+17Vr1y4zjwKYgj5MAFReXs6uv/76opqamjUul+sWSZKmY+xzZuKyLM+W&#10;Zblszpw5j61fv/7AG2+8ET9z5swYXX5yYCeM2kwEGoBzSK4eGjSODdmxjYElLbOeiEzD3wzicwDX&#10;APh7AKVCiKNE9CyAd5Hcfv5OJFcp7Qbwpq7rTzLG9iG5xf3fAViG5GoA5wHsAPAbJFdNJHtbeptx&#10;JjUAFhUVlTidzsWc85mMsZKMZOlx3xL4UrEmbA+2Q4IQQhdCRDnnfUKIXiSTtfv8fn9HSUnJqUQi&#10;cTwWi53o7Ozc19jY2NrQ0NB59OjReF9fn3bs2DFx6NChzG2VrLPHcqtAspMWkAoEAl5VVRdKkjSf&#10;MRYQQrAsW9Ff3ifMASxtSRhLwXsURWkuLS19ecWKFT3G7MTRKL1UXl5OK1eudLjd7mpFUZYwxuqI&#10;SLUucporZX8JO3rFOOcNkiTNdTqdIa/X21FQUHC8oaFhd0tLy45Zs2btc7vdZz/44IPY+fPnNcuK&#10;M2afmkx9abhkBoH5smXLAiUlJSskSZptJBwwQ4+wbuPnlmV5js/n29Hc3LyjuLg4cubMmUTGtaZS&#10;OQEW42rVqlVKc3NzhaqqLYaj3G+sjJQiV/rHcBnGGKXpul7DOW+SZTkEoMfr9Z4rKSk51tDQsKOl&#10;pWVbY2Nj6wsvvNC1b9+++NmzZ3WjD2Ua4+b7ET+q9X1JSQk3ZvnOY4yVG870zElSNhggKwURuWRZ&#10;7vB4PH/0eDyH3G631XE2FnVEDoeDZs+e7XS73SXGLGyHGezImLnKiSigqurVJSUlhz72sY8dCYVC&#10;Pfv37zcDmWPxXJMZM3DJlixZ4igvL290Op3LDaelZC1TGBOSjEl9fkmSfI2NjeqGDRuiGde73GWZ&#10;5pgtKyuT3G73QlmWlxNRORFxu+8msep5nHO/JElHAoFA8Q033HBh69atWjweH3X/FEKQEIIbwcj+&#10;2aZGvzTGfU5EPs75DLfbzadNm+a+8cYbN0qStPPRRx/tPXDggOlfAKaWwxVFRUXshhtuULxeb5Es&#10;y3M55w1IbpedOmekbTRjvBUAFFVVl/t8vi0ul+sI+icDDhWQSetPNTU1QY/H08w5n8E5LzVsJrOu&#10;R/ScU41sNqRhR/lkWZ5RXFxcUlBQcAHJNj0Vdf6RkGknsLy8PPL5fMzv97Oamhrpwx/+sHvZsmXT&#10;CgsLm1wu10xZlhs452VE5CeiAGPMZ4xHlCnjLfbFYPccDiLjeowx5gDgEEKAMQYAQtf1cs55vaqq&#10;PW63uzMQCBwvLy/f3dvbe3Du3Lm7a2trj73yyivhI0eOJHp6erQDBw5km/yU6+3BlMMEgIqLi11e&#10;r3ee4Uspy7RVgCtTPmToGYJzHlAUZW5+fv5b8+bNO4vkaouTYUwjILnzRTAYLHU4HKs4582MMV/m&#10;xjRXYj0D6XXNGPMDEKqqNt5zzz1/6e3tPW8kjAIjr2uqq6ujuro6h9PpbJIkaZGpm1tPysXyH0T+&#10;WtGFEHEhRFiW5ZAQIgwg4vP5uouKis5MmzbtWCwWO9LT09Pa2Ni4r7Cw8PyFCxcSZ8+e1c6cOaO3&#10;trZmW8VpUo2tnHNqbm52FBUVNUiS1MIYq2aM+ZAxTl1q/Q6ij3glSZrvcrn2FBQUvKmqai9yI7kj&#10;zUYIBAJep9O5RJbl+UTkQ/atdrOWyWAyKfO4oRszRVFaysrKdkyfPr0dyYU2zOfJ1fYzIAkJAE2b&#10;No2Vlpby4uJifscdd/jnzp1bm5+fP9PpdM6UJKmBc15EyS2Mg0Yykmxeyywni45DQ/TZS8VcxIQT&#10;ETeSoIBk+RYLISo55w2qqnZ6PJ6OgoKCY/X19btnz569fcaMGXtLS0vPvf/++9G2tjbt5MmTg63a&#10;lsv1NRqsdc0kSWKrV68u9fl88yRJaiYiv1FXZNSbEEIQYyxPkqSmQCAw/ROf+MSxY8eOnTdWBZxM&#10;spFqa2tZXV1dntPpnMk5n2nsFMNtvSM7WfywDkVRWgoLC7fX1taeQf+qfBez/VPtrrCwUHE6nVdJ&#10;kjSbc16STTZcSh1k+a4wFmOQnU7nW42Nje8Hg0Fza+/JSFr5Iam/McYYmz59ujRv3jz1+uuvL6qt&#10;rW3xeDwzZVmulySpkjGWByDAGPMzxlJJ4Nl8lqMQzpm2rCnrJcPXm7JnGWNlnPNpkiTNdjqdXT6f&#10;73xZWdmhxsbGHbNnz97Z2Nh4KD8/v/PEiRNae3u7ZuQJmG3LlMeTSd6YUDQaJV3XSQghIZkAyYAB&#10;5a4bvnGXJEl1brf7lqqqKp+qqs9FIpH3/v3f/70rHo/T2bNnp6QPE0bMoKCgoNTpdF4rSdIsxljQ&#10;mk8xlFwYpF0POM/wU3uEEH2BQGDzxz/+8bb29vauM2fOTMa2NWLshFGbiSAGYCOSq4zeDqAR/ata&#10;WBlsQDIHnF4AWwG0GccYkiuSMgBbiOgZJLcm+hSAhUhu5bmdiJ4H8IGxmsbfIbl9fRDJ7ei3ANgM&#10;YBuS/eNaAH8WQvTYSaM240RaO5dl2cUYKzJm7ZltPWdnsVkH2yyDs3mAEZHDUELzzH9yzhNCiF5d&#10;1y84HI6zLpfrSGFhYeuCBQtaQ6HQ0aNHjx779a9/faGoqCh26tQp/dy5c3pfX99QMz1zGYJhgDLG&#10;VCIqJCKf1VFypWMpA3M2q9MIdjrz8vKyLTF/KRAAuN1uFgwGFc55AEC+kSyaef+cYJjPQwAUxpjC&#10;GAsa39M55yFFUWY5HI4FgUBgd2Nj487Tp0/v27Jly4lf/epXoRMnTmjnzp0jY6uYydaXhgvBWG3m&#10;zjvvVKqrq8scDscCznm18T9r8ogAUjP2KhwOx+yFCxe+95nPfKb3oYce6jWuN9W3ICCPxyM5HI4A&#10;EQVgrKpglE3OjkEX4yJjFJAcn5zG+FQAAJzzuCRJ3bIsz3I6nfMKCgp2L1myZE9bW9vBjRs3nvr1&#10;r38dPnHiBPX29mau2DQWEACKx+NERD7qX1lUwGizNulkmXnrZIzlE5GqaRr19vYCYyffCAASiQQV&#10;FhY6VVU1t+rJNqnNvKfEOW9wuVyL1q5du0PX9d1f/epXezRNM1cvvlIr1Rzr2W233abceeedVX6/&#10;f4EkSU2UXJVzMLlDRCQxxgLl5eUeJCcCmo7SCS9LzjlnjJUSUTGSjle77xpklIECwK0oijsQCMiy&#10;LEcwSievrusUjUZJ07Rs10j1S8urS5KkJrfbLVdWVjpuuukmORgM7vrud7/buWPHDui6PlUcrqm+&#10;pGkaFRQUyLIse5CcFKKawb7R3sRSv2Zyt5MxVkxEzlAolBZkxtBlmXoWp9PpMAIa5uoiOaevTzTZ&#10;7G+j/CUAHkmSPH19fZNWjxsH0oLhACgYDFJzczNfvXq1c+XKlUVVVVV1Xq+3weFwNMuyXM85r+ac&#10;FwFwWBOWLeN8SsYPlixqBChH8pzGV02VPHXQuB05jETSYgDgnE+XZblZVdXjPp/vYGVl5c5169bt&#10;O378+LHXXnvt/G9/+9vI6dOntY6ODqFpmjWpbLIESsnpdMqMsULDXjEnlFzxbTyLLFAABGRZzvd4&#10;PLJxbLKMZURETJIkL+e8gog8ueqzmQgyZAFjjLkYY3632+3Oz89vN/41krpO9SNd15ksy7KR7JVn&#10;ToDKdS7STkx9TjFWz/JbvicAhGVZvqCq6mm3230iLy+vtaWl5WAoFDp2/vz5Exs3bjz94osvho8d&#10;O6ZfuHBBC4VCg/kBcrqgdF0nSZJkSZICjDG/mbiB9ISLS2aQeAAjogARBWVZNttQrsghQtJWIwAK&#10;ERUbCXGXdJHBzh/kuEJEeaqqBkRyNfKcsWGzQJmvRMRKS0tZRUUFu/XWW51r166tLCgomObxeBpU&#10;VW2WJKlOkqRqIiow+hhZ+uSAtmXqRaZPdiySRjP1sYzfk/L9EVGJEEJIktQsy/Ish8MxLxAI7G1p&#10;adl99uzZvW+++ebxJ598MrRr167EmTNnrH6/0Sbk5zrmpD3mcrl4aWlpndPpnE9E+aasMBOgTeWU&#10;iGTGWJnH41kyZ86c/U1NTZ2tra16LBazlk/Ol5XH42GSJLk55/lITtBKZrNNgrFvIsiSVCgRUVCS&#10;JJ8kSdZVWYfTV0w/KzfGjDHR+7J81/Ql+onI7/F4VFmWrUmXGMaz5gpp/hWfz8eKiorY0qVL5fXr&#10;1wdnzJhRHQwGG10u1wxjRdVpjLESIvKSZbLdYDETizweaXkMqPdMuWzRCWSj7QSEEJAkKaHrerMs&#10;y1e5XK4DhYWFuxcvXrzv7Nmzh55++umTf/rTn8KnTp3S2traoOu6qbtMStkshEA0Gs06+JnjotWH&#10;CcDJOa93OBxScXGxctNNNzkKCwvf/da3vnWhs7MTsVhMy7zM+P+KcYfcbjeTZdnLOa82Jy8Aw5MP&#10;2c4Z7HuGb8UvhHDE43FmrJY9qdrUaLETRm0mAmb8/RHAXgD/G8mVQc2EoCETRQ06iehxIcQv0Z8w&#10;qhvX+39IJn9eDeBDAIoAtAP4HyJ6GYBHCPFxIlqMZNJqL4AXADwHYBeSCQO3G993AfgMgLeQ3L7U&#10;xmY8SCl4xqwSq9I0mtk8OUGGkm+dySsB8HHOPZzzSlmWW1RV7XQ6nUd9Pt/evLy8XXV1dfvOnTt3&#10;Ys+ePeeefvrp7pdffjne1dWVmTSautXl+1Ujo6OjA5qmZQZNs62ifMViVYiBpLM6kUhkzpobUV07&#10;nU7inHMk9R/TOZiKuI3+6S8rAoZvO0PRZYwxL4Amznm9oijzHQ7HXo/H825RUdH7V1999b6tW7ee&#10;+tGPftS7e/fuBJDm+JoqSnBaMPjuu+/OKy0tnStJUp1hHFOmIWyUIyMityRJzUVFRYtnz559wOl0&#10;hsPh8FQok4vCOYcQYkC/EGM74z9XSJuQkZGwrhirRvolSZququpip9O50+fzvVtUVPSXpUuXHty4&#10;cWP7008/HTl69GjmCtipa4+GRCJBhoPSGkiYivUwlghL2yVN00jTNBJjH5giTdPI5/M5ZFkuQHJ3&#10;AmumFIjImjRCjDGfLMst5eXlK+fPn39m7ty5fe+//74wEtvG+vkmAykZ3dDQwFatWuWrqqqa7XQ6&#10;FxvJvmmrcqJfHgHJxD8mSVJ+cXGxr6ur6xQmVn8yHZQEgKLRKNBv6wLJfmt33CQiwxYgTdNYJBIh&#10;XddHWkaZwUxTUFo/w/re7JdIBjFVznmj0+l0FhcXKytXrlQVRfngn/7pny60trYC6StjjCqhdYIh&#10;JMsbiqIwIYQMy/gylnZIRhCANE0jRVEyAzHDel5jLEyTj7bNNCQis7x0XadYLDbcZN2pjFVWEJKJ&#10;hywvL4/de++9rrVr15aWlpbWeb3eZofDMUeW5ZnGiqIuJP2UjIjMLTitZThAxmd8FEiOW5fSZs3r&#10;W79HmWOixWa23tvDOa/jnFcrijLX0GG35+fn76ypqdm5YsWKQ6+//vqFJ554Irx7925zaz+B/slJ&#10;mb8vlyAACIfDA5JA7HG2n9RAmywSTkSyMcZOlv5vJg2Q4TczF5cY07FqKmBOSjI+EmOM4vH4mNS1&#10;ruuIRqMDkr0mcV+zllWmPmrqhy7GmMPY6WuWoih9DofjmNfr3Zufn3+gvLx8z/r16w8fOHDg1DPP&#10;PNP59NNPx7u7u7OtcgXkbn8jIQR0XYemadbkOutq2WOuDwJg8Xjc9OvmFEII0nUd6NeLzbF3VAm0&#10;Gfew2otMCEGJRMK8Xy5CGe8pEAiw6upq6YEHHvDOmTOnuLi4uNbn881TVbWFc95o6EwqDF87+pNF&#10;BS4+To+ZwzHT7jOvb/Z5843Fx+nlnE/nnNcqirLQ6XTu93g8fyksLHx/8eLFe998882TX/va17p1&#10;Xdd7enqsepJZp7nYz0cDAaA5c+ZIn/70p4t8Pt8sY0KvmjohXfckJMefgKqqC/Lz8/9y2223HW1r&#10;a7vw1ltvWSdH52pZpewCzjkMPxSHMdxl+KTM823SSbMfhBDIiOENF6sOk+nbGRN5bJ19Z4yDzLhn&#10;6pTR3mOcGWDPwpC3n/rUp9TVq1cHa2trKwoKCma63e65iqK0SJJUD8BLyVWeTdk8oCyHkMEjLfu0&#10;WKt1gkDqBMvqo0gzYUhijBUxxvIlSWpWVXWR0+nc6/f7t3/2s5/94JZbbjm0ffv209/73vd6du7c&#10;ae48bN5zUslmM6ZriV2ksMogq44mhJA459UOh+P6oqIi17JlyxwPPfTQO4888sjp5557Dhi4MMWk&#10;KItBIACIxWKk6zpDMrmYGWP4WOpqqfi6EEKPx+PRM2fOaIYtekVhJ4zaTAQqgE8juern/wPwT0iu&#10;AvpxJBM0s3V0c+TQiegAgIcB7CSiRQD6kEz01AHsE0I0EtGDQoirjMlO24joJwBahRAfJaJbiajA&#10;ELTbATyG5Lb1RQA+I4RYQ0QFSDqmugCUjWdh2NhYoEQiMWCWgxkMwOQxTASQvtIG0rd0MZVAMzBh&#10;vsqMMQcRBSRJalRVdYXb7W4NBoPvlpSUbJsxY8aBj3zkI2c3bdoU2rBhQ8xYbdS6vWHOB3JVVc2s&#10;w5EYUVOaDOOBNE0jxpjVKBpx/TLGoGkaWYImMBRNq1ExKTDGMJZpbJlvkfwtEmOsRFGUgCzL0x0O&#10;xyKPx/NKXl7eG6Wlpft/9atfdT711FMxJLepnAyBwuFgFggLBAJs9uzZUkNDQ5XX6/0Q57wcxlYb&#10;QGq1sczkEolzXqmq6pz6+vqX/+Zv/qb7v//7v8PGljqZM/WmEmQE5lKfU28mbVwoK1ZnfdoWyRZZ&#10;kBqTKLnqrJMxVijLcpOqqrM8Hs8rpaWl78+ZM+fYj3/84+4333wzM/F6tJAlgJNp5NMk1AnGm6yy&#10;W9d1c/wYS3lGQHJyjyzLCufcR/1bX1vrJdNxwSVJmuZyuVZWV1e/f9ddd3Xs2bOnu7e312wzk1nm&#10;XipWxyb78Ic/7LjqqqsqPB7PAlmWm4nImWUssyKQLM9ir9cb7OnpydQPJtQ5GI1Gs622MKn0i/HE&#10;GmAyHNUUi8Wy6S+XXIeJRIKi0SiMoO+AW5vXtIxp5huFc17pcrk+XFRUJC9btkx66KGH/vLwww9f&#10;eO211xJI9lFzReC0a002nE5nVrvD0IVG207NgHBaH9A0jcLh8KVeJ/XdQZ7J7lPpDFYeWQNCmMRt&#10;eARkC6xRU1MTv+OOO5wLFy4MNjY2TisoKFjkdrtXcM4biSjIGHMBkDO+l7xQumJstZ0GK+vRPHMm&#10;qcC7JQAnRP/KI6Yey4lIMVZKqjQSR7d5PJ43S0tLt82ePfvoE088cWHTpk2xCxcuDLZlZK60kbTy&#10;j8fjg8n5K10uZJXBpj48cY91SaTavq7rMCfTZ8Gua4u9YQQ3M235kZKydYytQjNzCCZj2acl+SP9&#10;N5mxJtP+5zDkJwCHLMseSZJqVFVd7na72/x+/9aCgoKttbW1e9asWXPq5Zdf7nnqqadinZ2dVp90&#10;riYsEIBUWzEPioGdbCzqeMDvjsfjyJBFOVM+2RI1xojMshRAMlHJ4uPOJTL1D5Jlmc+bN4/dcsst&#10;rqVLlxbW1NRMDwQCC5xO51JjQn6AkjvkKZbvmr4R6/g9VLsar7JIu6f1eTL8fgzJeJQiy7JfkqRG&#10;h8Nxtcfj2RIIBF6fNm3a/nfeeaf96aefDu/YsUPTk0pIrupMI4UAkKIo8Pv9tHDhQrWlpaXF4XDM&#10;Y4wVAzBXIrbWrdU/qXLOy91u9+y5c+fuWbBgQeitt94yE7kmRdnE4/E0fcnis7AnLGYhZXz0f4Qx&#10;IYESiRGtuZWKiYvxWbRigC4Qi8VgmViZ6+3UKk8ZACosLGSrVq2S165d65s3b155UVHRLK/Xu0hV&#10;1YWMsQrGmBvJnVqsExTSYiEWxtKWHc73UnIkQzab3yUkJ2zKnPNpRmxzttPpXO73+98sKip6p6Gh&#10;Yf/bb7997o9//GP4jTfeSBirGltlTq7XKRKJBA01mWaQhHUCIHPOy1RV/VBBQYFr7ty5zi9+8Yuv&#10;hsPhtpdeeimO7LGpnC+PDFK/V9O0lP0/HvqaNYfFEidExu5Vk0FOjBo7YdRmIpCR3DLpWiHENCL6&#10;KYDHAZwF8DcA8jPONztiJxG9AOBJJAe7ryOZ5LkfwG4kO+0sAF8QQjQD6ACwkYg2A6gC8HkimgEg&#10;CmAvEW1Acvv5AIB7AdwohCglojCAwwBeAfA7AB8A4EKIxBRLmrCZJExCw8SqfFodZqnkLEtAwwwe&#10;m8e4EaBxG8GaIkmSGl0u17WBQODd0tLS12tra3dWVVWd3bJlS2Tbtm1aLBYzA7m56phLoSgKsiiC&#10;VsXDxoJpcI7VZOO+vj7E4/EBt5mEfSzrtj2ZSRBG2clEJAshXLIsB7xeb6Wqqk1er/eF/Pz8t8rL&#10;y08/9dRT0ZMnTyaM71mNipzsR0OQZgDPmDGD33fffcH8/PzpsizPIiIf+uWTMAMDlhl7wpBPXkmS&#10;GioqKhZ95CMfad+yZcsxI5g6VbeQJgAIh8ODJRZMJVKBNessTaujwlwBwjI2KUY/cquqmifLcqPL&#10;5XrT5/NtIqIPFEXp3LlzZ+LChQtm4rXZh0bTTtL3HrWMbRbnrE120pxNGWPumJRdIBAgzrnCGAug&#10;PzhiXr//Q79MZkTklWW5saCgYOny5ctP1NTUhPbu3Ss0Tct53WUMSasLp9PJrrnmmkBFRcViVVXn&#10;McbyjMTtAbqvxYFDSCb2l7hcrjzO+UTLLKvjdrCVFCf6GXOFrG2ciKwrjI64HzDG4HQ6zWsMdn/r&#10;PawJpApjrNzhcKwtLCz0Ll++3BWPx1+Nx+Pt27dvT4TD4Uz5Ptn6qwBAPT090DQtM2A/VrbmoO3e&#10;2OptuPdInZtl4oTNRchMyhZDbHN2BZEKOpWUlLD6+nq+fv1693XXXVdfWVm53OVyrTBW5SwjIg8l&#10;t+mjDBs0M+HcOunsciZQWRMvUseMhG9zlThr4M1BRCoR+YkoPxgMzvR4PLuCweAWv9//emNj46k/&#10;/vGP4a1btyYMG8Cqw+aSnLP9JSNECIGM1ZMmBab+niWZDbDbwWX5/VlW871s9x5jrHI68welfEPm&#10;AVO2i+TuMw4k5WiAMVbocrkqVFVd5Pf7dxcWFm6urKzcXltbe3rjxo3ho0ePaseOHTMTyQg5vKiB&#10;JSFjwPHxinuNU0LmqDF1pctAmkxLbnyVU+3CqqsTADZjxgyqq6uTb7/9dv+SJUvqysrKVqmqutTQ&#10;mYqIyEVE5m6RVns9LVlngvQl87eYz5TW/6l/5xKgP+lRouRW2C4iCrrd7mJFUeYEAoG3KioqXiwq&#10;Kmr95S9/Gdq6dWvCGFfHwu+XS5AQgrlcLlZXV+cOBoMLJEm6iojcqRPS9eKUrmyonj5VVRcXFRXt&#10;W7x48aEtW7ZEduzYYfWj55JeaZJqkxmTkTLbik0G2RLZdF03fbDDukTmgVHsOjMsrHLAjDda/A25&#10;1jZNMv0oHADmz58vrVmzxnHNNdcUNjc3LwgEAisVRZnHOS81dm1ymBfIWNBJWH53tsnUl4s03cyq&#10;f1jem7JDAaAaPvUCznmNw+FYFAwG3y4uLn6psLBwv9vt7j5w4EB8//791oT+zBhnzmEkWQ91Slqs&#10;yohZmm8VxliRoihXBwIB16xZs1yf+9znngNwftu2bTEjRpW6FXJTBg+b8fQNZpNnRjJ56jNyvC2N&#10;FXbCqM1EQEIIjzFI1wD4/wBMB7AVwBEMTBgFgLgQ4vdE9JwQYh4R3QWgFsBRpM9icxod/B0kt5gP&#10;A7gNwAoAfuP6LyKZDCoBuAvANcZzRIjofQCvAtgC4JwQopKI/heSW9K/JoSI2YqizWVg0g7eGWQO&#10;rGmJLtTfmUzFB0BqKz0QESciP2PMJ4QoM2YTNfj9/u11dXVb161bt/vll18+u2nTpsjevXv1rq4u&#10;DemOuVwrx8zAU9r/LvfDTBaIKLW6wWivZWwxMuAWyL22MhxoiPHIutKMeTJHcrsdl6qqvmAwmD9v&#10;3rz6ysrKP9fX1+/42c9+Ftq/f38iFAoBkzcp0pwdDgBs3rx58sKFC2d4vd6rGWOFSE5YMUkFV83v&#10;WqwuiXNe7vV6r6msrNw7f/78MwcPHtS7u7utDs7JWD6DIQBAkqRJmTw9AlJ9x+KQsM5uTZ1n/M88&#10;VzG2RQk6nU5/cXFx3g033FDW1NT0znPPPXf0u9/9bri7uzszqWjMnvkin20Gkq3MxqLfkiRJcLvd&#10;bkmSyhhjXjPolmWMN3UagWTSaIHT6VxWUVGx+/Of//zZH/7wh53bt2/PXL1wqkMAmN/vZ/fee6+z&#10;vr6+0u12L+ac16F/Nbe0883+aUka4JzzEkVR8t1uN2maxozVWoGJlc3CGENthkkikcg2kWfEGBMf&#10;hnOqaWukHI9ExCVJKiOi5Xl5eerq1at9VVVVrz788MPHNm7cGOvp6ZnsSaMAkNpWdgIYzX3tMW8E&#10;5GpyxmXC6odggUCA1dXV8RtuuMGxbt268tra2vkej2exoigLJElqMBJFk9kb2bfoHXiDiQuwmfcU&#10;WV5TtoplzCQkV84qZIzlMcaKOeelc+fObaqrq3tz5cqV7z/xxBNnXn/99ejhw4cRiUQE+m3BXJFz&#10;tgwYJkP0+0lVhmSZYG4ynslsU4GhnEM2A3zTKSx+gOQJRkIFkDaBkxGRk3Nezhgr4pxXFhYWlvn9&#10;/j2NjY0fXH/99R+8+eabp5555pnQe++9p3V2dmYuapBzXCRBYVy4QnxNg2FOSiYAMGzGXCkLsv6V&#10;lpaypqYmac2aNY7rr7++urKycoHb7V6sKMpCznm1ZXJNms6UmUyYuvjE6kvW+w52/7SYFADGGHMS&#10;UQ1jrECSpPK6urqK/Pz8V5ubm9/bsGFD2+bNm6O7du1KxONxU2dKXWscf8d4YdY9JEliH//4x13N&#10;zc01iqLMMmxjbuYpZZOXlgR0WZKkWpfLNXfevHnvrVu3rnfHjh196N+pa1KUzUTIxsnIYDrZCO3P&#10;ZHbgGMX+hnXDyaUyEZJyCXV1dWzJkiXKHXfckXfVVVc1B4PBq1VVnS9JUhPnvASARMYkfPO7Vr3G&#10;ODAhPyILKdmcEaOx6mBWecOJyMsY8xi6WFllZWVFXl7eW3Pnzn3vhRdeOLJx48a+/fv3J9ra2szE&#10;0ZzWxYBh9Rmz3szkWjPeK4iIc87zAcz3+/3yhz70IWdVVdXmp5566vBjjz0W7ujomFJJo+NJZtJy&#10;5r8v+wNNEHbCqM1EoBJREEgNAl4hxB1ENFMI4SAiDcnZElYBtouITgghPkNEiwEEDOHIkUwYNZPE&#10;DiK5zT0AzAWwCkAlgF4ATwshNhJRBMkk0WsAVBsCYBslVxx9G0BMCDEHwP8G0ALAB+CXALYDOD9+&#10;xWJjM+UZzEg3FZ+0Wd0ZMxVVznk1Y6xUkqQmRVEavV7vu1VVVe/NmTNn7yOPPNL+0ksvAf0yI3Mg&#10;v2IGdpvBkWWZcmA1ssuB1diyGliE5Db1hYqiXC1JUo0kScU333yzR1XVrb/4xS86X3vttTjGbpXE&#10;y43p6GKFhYVs/vz57mAweJWqqouJyAVLuVgTkKzGsilzOOcBIcRVwWCw6ZZbbjnwxz/+sa27u9u8&#10;/mQqE5thYHF6UsbxzFUQCMmtP6pVVfVxzstkWS766Ec/uvm5557b1draCiNABEzexOupymjqIuVE&#10;d7vdqKqq4qqqeiVJKqXkyhrIdGalvtjfhgQROSVJmu73+5cuXbr06IYNG7YbCaOa5btTtc1Y+xhV&#10;VlaydevWlZSWli6VZbnZWK0124puAxK8kXSWFsqynL9mzRp59+7d2tatW633mKplOOXISG6YkPHV&#10;kotMQghijBUrirIsEAj4Zs6c6XjggQc2P/vss63G6WbSqDUxa1K1t2zb1Y7zilJXgt5tkzukjTXG&#10;HystLeVf+tKX8ubPn99UWFh4tdPpXCHL8gxjBRZFJHcdGLDaShY9MJfI1F2tQcA0+8YS9OCMsQJZ&#10;lhfJsjxdluXalpaWyrKysnevvvrqfV/+8pc7I5GIKSRyMgFiLCcZTEVMWxaXfyW3MSWHgtlXLDm6&#10;ZfaYM0iibVpOFPpXvyIiko0VnZZLknSVoigtTqezsbS09L3GxsZt3/jGN07v3bs3YfgEpsKWoGMC&#10;EVEuJmIxxsYz2TrX7YRMnYkBoCVLliif/exni6ZPnz4zGAxe7XA4lsqy3EREARjJSMBAnQn9485k&#10;kx2mryZt/DR+p1eSpBmMsaL8/PxKl8tVXVZW9k5LS8vO73znO10ffPCBuZSiNSEpl+s8k7QJVoqi&#10;0IoVK4KlpaWLZFmuA+Cy5IiKbF3FkjTKGWNeSZKaCgsL58yZM+cIkgs5mbYzMLnKxuYSMduCkfh5&#10;yYxjvG6y+W2y2bNUXl7O77vvPve6desaCgsL53k8nqWKoiwlomIiUtGfT5P88iBJ/JOAtMRWU/8y&#10;43eGTHJzzhucTmeRJEm1Doej9u67735r9uzZ2//nf/7n7C9+8YsY+vOFrORcG8iy7flQWBOAAcDc&#10;rTUgy/I8n8/nb2hocNx1110bDx48uO/ll1+OTqGk0XH191vbWy7qq5cLO2HU5rJiKN4qAK9xyFTK&#10;FQCzjWTRTK0ilPyq+FsiCgghOCW3DwUAVYj/n70zDY7iuvb4/9zb63TP1jOjmUEDWpAQEpskkITY&#10;V4MAUzaYPIL97MQhocqV8ockdpx8o/zlxbG/kBRVpoIrSdnOS8DYSoxfMN4w5uGHX4SVAI/Y2CYG&#10;jM1ihFgE2vp9mO5Rz0jY2EYwS/+qKISkHnq5fe695/zPOabfWsT3AjiNZCv6B61KpBzAYQC/RVIU&#10;OhfAKtM0R1n/5zEi+k8AOwBcBjAfwEoAoylZct8EcABJsajrmXRxGV6GzOoGUotDEck2pKMYY0Wi&#10;KNZKkrRHluUdoVBo/8yZMz976qmnuo4dO2Yfm3ViHdfx7XILGBREtDYTHiIqUxTFX1RU5J87d25f&#10;JBL5u9fr/XzHjh1X+/v7c000mrahnjVrljBx4sRiRVHGcs5LYVUXHZwQnf5OOgKqAmMsrKrq5IqK&#10;ioOlpaWnjh8/nla5B7lxX1y+GYPETJajQrSE11MZY0UjR46UfvnLX17cunXriY0bN3ZhoNrtjZ6H&#10;3Enk1pAKfiQSCVqwYIGqaZphiRxly3E1lBMuFWAEACJiRBSQZXlaNBp9b968eR8eOXLk/OHDh/Oh&#10;MsX1wADQ+PHj+fLly9XS0tIxuq7fZlUqEW1HIJBa9w3yNFv3klkOwuDUqVO1S5cu9bzzzjvX1ffK&#10;xWUIHP5nu7gFM0RRnOLz+aTq6mpz69atV1tbW089/fTTV7q6upwCgFx2uOYK7rzncr1krtmYpmns&#10;u9/9rrJ48eKiCRMmTDAMY4miKPM450VI+iWZJRY1HXNQZrJdLjIoAcpRjYQRkUJEsizLcznnFaqq&#10;jpFlefvGjRvbt2zZcvaPf/xj1gbZhhK9uwwiL+YlK1iXEuG4vjSXW4BzLrArXgHJeKrAGFMkSQoJ&#10;glAty3JtfX196y9+8Yu3Dx8+fGrz5s0X9u3b14sB33ROV6j/utjFIEzTNDnnWXfdw2xXsu56hyAl&#10;FA2Hw/wHP/iBumzZskRZWVm93+9fJklSExGFiEh27M1T1TiHSP7LVVKiUWDAb2z7/jjnRUQ0WxTF&#10;KkmSxsyYMWOb3+//+7Zt285u37796pkzZzIFObnAoMSjuXPniolEotjj8UxnjCVgCWetNfJQ/i5n&#10;cjSSrzkv0TRtSnl5+d477rij44UXXujOOC5X7o/LF/AFtjOX7UA2MGTy48KFC6XVq1f7pk6dWpVI&#10;JJapqjrfKqykWVoZwoBtHqp4TC5ixzHNjKIv9nVKlt+uURCE0ZIkjRVFsdXn8/1vZWXliQ0bNlw+&#10;c+YMkFuxzevFvh32F5yIvJzzGl3X5bKyMvajH/2ou7Ky8tjvf//7rpMnT/bC9WG6XAeuYNTlVqE6&#10;KlnYBophsFgUpml6ANTZWSqOzYiJZMBQtI4jAKMArDNNsxHAJdM0XyGibQACAB41TXMKEfUT0SkA&#10;LwPYBuAqgBlICkXHmabZT0SdpmnusY7dDeACAA+S4lXXQ+nicnNwbthTpeiJSCAijYhGKooyPxKJ&#10;JHRd3xuPx18bM2bMe88//3zH9u3be7q6uoDCEGDkPT09Pbm6uckqyNHR167SzRgzJEmankgkRE3T&#10;XvD5fHsZY5+8/vrr3ZcvX85sk5zt7xBJkkR9fX00adIkNZFI1EmSVM0YE+0KV47M6KE2zmlVjonI&#10;I8vy5HA4/O6qVasOmKZ5fs+ePf0ooI3VcFYdyzEGVeqxHOaKIAglmqYtraurE3Vdf46IPti0aVNX&#10;T09PZvvighgz+U5JSQlvbGwMKYpSAkBx/Mg5RjKdc8mISvJ9kgRBKNd1vXHRokUHz58/375+/fpL&#10;yPI2OTcQqqysFO+8887SYDA4RRTF0USkOytXAKl2fZlZ1s7vCYwxrby83Nve3n4BuesEdckOyLFG&#10;ssefJgjCOL/fL06fPj0ci8Va4/H4h7/+9a8vf/7550CWJqe5FDZfsw1gPkEAyOPxsFgsJvzwhz/U&#10;FixYMDqRSCxQVXWm1a4vaiWP2/uhzGSwfJtP7Hk1bU61rt3DOS9VFEWLx+PFc+bM2TFq1KhdtbW1&#10;x7ds2XK5ra3NDS7lDnn3bBzxApd0Bj3n/v5+1/4PM/ZGxY5NITk2OREJVsXRJsMwiurq6mrLysre&#10;KC0tbfvTn/506plnnum+cuWKaz8LF+dzz6b9vrOqKGtpaRFWrFjhmzVrVk0sFrtNluWpgiBUMcZC&#10;sKrWOboGmHlqn53VRZ3VRpklUlIBFCuKMm/EiBERXddfSiQSe6qrq/+1efPmS++//34f0teR2fKs&#10;r4WzIiyLRqP8+9//flFRUdEEQRAqrUJKA/2Ph8YpFgUAMMaCgiDUlJSUTL7//vs/f+utt06eOXPG&#10;hBtPz2eyybblMoPEoqFQiK9du1ZdunRpfPTo0ZMDgcBiSZIaOOfFRKQ4u2QQkbMKcD7Z55QJsv3E&#10;ts0xTZMxxhTTNKOiKDaHw2FD1/UxRUVFr8bj8YNbtmw5v3Pnzl7TNO2uXvkUn7ELVNg2mgGQBUEo&#10;1XV95fjx43Vd158Ph8NHnnzyyQtHjhzpw0ACUy5e/00550KPgbqCUZebjYlkOfojRFSJZFa/PQkO&#10;ibO6zBAL1MxFOAdwlYj2A/gvAJ8BWApggWmaISI6aQlBdwDoBNAMYCGACaZpCkR0jIj+BmAnEf0D&#10;gAZgvmmaTUR0AsB/ADj5TW6Ai4vLV8LpkHCKLgjJtsAxIvIyxqLFxcXFmqa9EgwG9ymK8tnu3bu7&#10;jx8/jr6+PueCIhcXRIWMU+Tn8s1JBQsdzj5uObinG4YhVFdXm3ffffcbFy5c+Lytra3n4sWLwMBm&#10;Ilud3CknVyAQoIaGBqmxsdHQdX0y57wcVlLJdYwj5/0BkoKkuKIoExcuXPi38+fP/33Pnj29GFq8&#10;5JL/pEQFGYEijyAIVZqmCZWVlX333Xff8/v37//noUOH0NHR4RSNuuMld0m98yNGjGDRaDQky3IC&#10;gORwVKXGBjJEo07bY2f+SpJUF4/Hj9TX139cVlbW9dFHH/UjfT+UT2PF6fBkjY2NSnFx8URVVWcQ&#10;URjpCYPX2usBAxWm7NbhWjgcDsTj8U+H9/RdCoQ00SiSlUZ9oiiO1zRNqaioYCtXrvxLR0fHey++&#10;+GLXhx9+2As3KeDLuJEL+C/0GbkUNM51OfN4PKypqUlYsmSJvmzZstpYLLZEluWZgiCUM8b0zMAa&#10;0sdVPo6xtH2Lc51izaWyaZojJEnycs6DY8aMiXm93peDweD/Pf74451HjhxxRaO5Rd48H7uCnfPf&#10;rl/o2qQyg12Gi7S9nSMR20TSpxYkIt1qjzqivr6+WNO0VwH8a9euXd1Hjx7t6+3tzQzSF8IzK4Rr&#10;/CpkgxFz+k9ZdXW1eN999xnTp09vDgaDLbIsNzLGRhKRx64uiYE1RL6vx50J4qlvOsSQkmmaMVEU&#10;Nb/f75UkKeLz+V7z+Xz/WL9+/cXPPvsMyB0xjvNZkt/v5xUVFeW6rs+0Ym2CUySMaz/3tMRpIhI5&#10;5wld16eXlpYeHDly5KmOjo7+3t7efPV1ueSgTcjCJVOmWJQZhsG/853vqPfcc8/YESNGzNY0bbYg&#10;CBMZY2Hn++mIlw8qdJHPpCoOWPE7znmIMVbLGAvF4/HookWL/qrr+tsnT548e/z4cZw7d85+6HkT&#10;n8kotAAk/ZMeQRAqNE0Ty8rKxKVLl/5ZFMUDTzzxROexY8ec3fCAPLgHLjcWVzDqclOxNtXnAWxA&#10;0jAtQlKUCQw9mQ31PbvccjeAfQD+gWQ7ehNJgeizALymaVYT0V2maZYD6CailwH8lYg+BVBvmuY8&#10;IhprmqZiCUXfAPAGgI8BFAP4d9M0G4nIbk9/AMAm0zQ/dWTnu7i43BzSys5bAd1UyXVBECo55wZj&#10;LDxlypRQPB7fW1ZW9uFjjz120RKM5lKVRJd0CmKjcxNJOXwcrQkFzrlBRM3BYPDKjBkzuolo7+9+&#10;97uzr776ardV4TVb35u0SqGqqvI1a9YEqqura0VRrGGMhRxOri/LjrZ/x5mxqEqSNCkWi81oamo6&#10;NmnSpK729vbMDZZL4ZA2dmigtadmbchvr6ys7N2wYQN+/OMf/3PXrl32/POVRaMF4IwfLobLQUYA&#10;oOs6UxTFJwhCEQb20pTx95DHOwK5TBCEEo/HM23cuHHvPvLIIxfXrVvXgfTM/Gy2u1+FNMdnS0uL&#10;dNttt5V5vd4GURRriEjB0PdvqOfovCeMMRYIBoMRwzA+sD/fcayLy9chJRq1K8sQkSoIQqWmactK&#10;S0ulBx544K9VVVUHNm7c2Hnw4EFXNPol9Pf348qVKzfq465nGVfQOEUsBUKaWBQAa25uFtatWxdp&#10;bGycHAqFliqKMotzniAiaYjxU1CBNTjmUcc+EETEichPRHWapgUTiYR38eLFrxiG0fatb33rtHWs&#10;Kxp1ccke8q1KUi6Qtl+x5xJHl1S7slOCMeblnBeNGzfOeOihh16fMWPG4V/96lcdbW1tmdWdCsWW&#10;FsI15gL2GGYAyOv18rvuuktatWpVdOLEiTOtFvTNjLGQLUZydHosODGShVMoa7tzOBH5RFGsJyJf&#10;LBbzLlu2TDIMY//q1avPI/0+ZfvYJwCsqalJWLt2bTAQCNRIklRLRF6k27ove/apNaWVjOSXJKk2&#10;EolUP/zwwx8/+uijZw4dOuSsMpoL98blC8j1JJ4sO/c022z9YQ8++KC2Zs2a2qKiooUej2euIAhj&#10;AWi2kP8a72ZWXdgwkeb3ddhnBkDnnFcoiuILh8P+OXPmeAOBwFvPPvvsJ62trd2dnZ32Z+SNaBQD&#10;iaDAwHwlcc7LPB7P0kQiIdx+++1KOBxuf/zxx8+9++67PRgc08yH++ByA3AFoy63AgmADuA3SFb5&#10;/DcAKr580+Fs53gZSWHob5EUjNoGrhPJtvH3A5iCZKvI94noDwDaANQBuBfAGCLymKbZQcm2838B&#10;8AmAGgAPAagFYBCRjKQIdTuAPwNwK9i4uNwi7AWgY0EMDLQLEQFEZFmeyTmPSZIUufvuu1+JRqOH&#10;169f33n69GnAXQjlKu6zGgYyN8eW6M0vSdLMUCjU39zcfLW/v/+dAwcOnD1+/Lj9a9kokLTFm8Q5&#10;Z7NmzRImTJgwyjCMhYIgjLIcnamNtJ2AiC92dJlIirvAGBMAVHg8nubS0tK9d95557n29vaLyENx&#10;Ul9fHxWYyOCbYAeG7IxWk4gUQRBGa5q2sry8vPtnP/vZhXA4fPK55567ioExl43vUL4xbA6yqqoq&#10;UlWVBEHQiMhn2xfn/3kNx2m6AUr+jodzXlVUVDSvvr7+k1AodKGzs9Ps6elxtqzLFxjnnPl8Pj5/&#10;/nz/yJEjp0mSNNkSp7CMQJTNUEEJ58855zysaVrCMAxRFEX09vYWmlDKZXhwiqjs8adwzis1TfMV&#10;Fxd7FyxYIBqGceCpp546t3Pnzm64Dtcv5Aa+l4UUCPlaFJgNHCQW/fa3vy2vXbs2VlVV1WAYxkpZ&#10;lqcTUQCA6FizERHZ1UWdn1Mo2GsSZ9Vue76VOOdlqqouj0QigWnTpslbtmx5e9OmTWctW+eKRl1c&#10;XFySpHUeyRBL+URRnOT1emOCIERnz579YiAQaH/mmWfObt261bluvJW21LXfhYVTkMQ8Hg/76U9/&#10;qrW0tJQkEonmQCCwUhCESZaPg1trpczqkoUmFgUc1+58zwEwy/83hojkUCgk1NbWnr333nsPb9u2&#10;rfvixYvZvkZy+rNZS0uLMmvWrGpN0+oZYzErySrTr/Wlz95xfxTO+Uhd1xvr6uo+qKmpOX/o0CG7&#10;JbTbvjwPcCRNZJv48ppk+bmmxKLjxo0TfvKTnwSam5vHxePxlYqizOGcjwIgO/2nVhyikO1zyp44&#10;kndARAJjLCrL8uxgMBiqr69XfT7fm+Fw+OMnn3yy6/Lly/bx2Sga/brnYq9H7Xgmo2S155Eej2d5&#10;NBr1zJw506Pr+t82bdp06qWXXspci+YEbjeF4ccVjLrcVCwnbTGAJwDsRFL02YukiFO61mHWsQDQ&#10;Q0QfAdgIYA+AsQBE6+teAH4AKwBMI6JeJIWef+jv71cZY48AaEJyIrgIoJWInkZSBDoBwIPWzwUA&#10;3QBOAGhFUkx6AkmRawOAd03TPEVEbtDfxeXmk1r8DsQ2UrZFsKqN1miapiQSidCSJUv+Iori/s2b&#10;N3fu27fP2U4NyKEFUYFDnPNbfQ75CGUstAnJFuyGLMtTw+Hwhbq6unNr1qy5/Nhjj11CukMJyJ73&#10;J3VOHo+HLV682B+JRMbKstzMGCuy205aXE9gOO26rE2WyhgrCYVCkxoaGv4VCAQuE5F57ty5bNtY&#10;fiMkSXI6T9IqZ7gMjWNDbs9DqpXFOb+2tvb0Pffcs+PEiRNn3n77bXv+ySuRcYFBfX19xDlnnHMP&#10;Y8wgIo7B78q1hI4psagF45xHZFluisVi//Pzn//82MaNG89/8MEHzsoLuU5q3ohEIuyBBx7wTJ48&#10;uUTX9amCIFQAcLY5cx4z1NdAevVHxhiLSJKUUFVVCgaD1NHRQd3d3e67lVtk6/PKrCRDABTGWFxR&#10;lIXFxcWiJEkqgDZVVc/u3r27+9y5c0COOVxvAu69uPXk60IuTSwaCoXY0qVLpe9973sjxo4dO8fn&#10;890hSdIUIvID4MjwIWDwvqYQudb1S4yxmCzLcwzDUKZNmyYpirKbiM68/PLLrmjUxSVLcYOoN53U&#10;vt7aoKR+YJomB6AyxopVVV0UjUb1hoYGlTG2r6ur6/Rrr73W09XVBdx60ahLYcEAsMrKSr5ixQpl&#10;+fLlYxKJxEJN024XBKHCqirJ7b2P3d0NbsIWgJS/x+5ERZYfQ+Kcj5IkqcEwjDdXrFhx7OjRoz1v&#10;vvnmLT7b64IAsJqaGlZfX++PRCLNsiw3EJE6xHRyPWK01EHWPlqVJKkuGAy2z5kz59DevXu7T5w4&#10;4RSLZrPNy+Zzc/nqpFUKvtUnMwT2vpSqqqqEhx9+2Jg9e3ZDJBJZIUlSM+e8GMmiaGnJoRkFlQrV&#10;PtvP1i7oYdsqgYj8oihOCgQCnqqqKs/q1at3yrJ8dNu2bV3vvfeefXw2iUa/8Tk4RPt2jEpijEUV&#10;RVkQDof1KVOmqKIo/rcoip+2trb2WIe5HQtcUvw/AAAA///svXlwXFeZNv6859yl927t1mZLlhfZ&#10;luU1XuVYjkliO7GzkxBmCMuQUHypMBMGhqlZfsWvmIEaBoZhgEnIpIaEgeGDhISEkAUCxJDEdpw4&#10;XnDs2LIs25IlW/vey73n++Pe2zrdlrxI3VLL6adK1S2p+95zz/Ked3nO+2YJo1lMNghADoBcAH8G&#10;a7P7BSyy50cBxFPe23AEVZiIjgkhdgJ4GZYg+wyAGwD8B6zS9DFYAdYuAPtgkUVbiWgrEd0IoABA&#10;B4C9AH4Fq/R8NYDPAlgFwCOE6CKiwwB+B+CPAAYBzAHwYQAbAFQA+DyAJwGkrLZaFllkMS6QTGZy&#10;TtEwxjxEVKXruruoqMi/bdu2AICdhmH0vP3221nS6DREljCaHkjGsuwMVBhjMzRNWz1jxozTN998&#10;c8fTTz99oqGhIYbMc+wknJLPy8tjNTU1M71e79KkU9FXctryAkORiBjnvNjr9W6YM2fOgbvuuuv8&#10;iy++OGQTRq9WAuDV9jzpQNzpJGcbIKt8ca3f7z9fU1PTdO+99767a9cupzRVpjgisrh8xNd5JBIh&#10;j8fDVFXNYYzNgH3YLakU0GiyRg4oyk4+l6Ios4LB4Pobb7zxzO7du99taGgwcXWVuCYAbObMmXzz&#10;5s3FpaWlmxRFWWQHpNiVktIdJyARccZYvqZpZV6vV7MzJMvO0unebx8IZDC3IT6XJJIyAKic81KX&#10;y7WpqKjIs379epfX690jhGh78cUXo7FYDLDm3tWyfjMOl5EpPosRiCuVsdMMBICVl5ez2tpa7VOf&#10;+lRZdXV1fTAYvENV1aVElENEDBjJKmojuy5HgUOAsF9VxliRpmnrc3Jy+PLly+kzn/nMay0tLec7&#10;OjqMs2fPOgdbstnxMghJmZOuusV/lcuzLKYv4lmbpaxfsP+mMcaKdV3fmJub616xYoXywAMP7Orv&#10;72977bXX5EB9ljSaRbqQ4DMFwO666y7P3XffPXfmzJk3eTyebYqizCcil31Y3tEFsrr2GJDL/jqE&#10;HCIKcs79gUBADYVCmd5vCQd0t2/f7qqqqpql6/oCm5jGgQv23Mt9JkffNgEoiqLM9nq9S+vq6t7Z&#10;sWPHn/7zP/9zKOlaWZk3TXGRbJ3jPr+SRt9QJu6xsu+S/H4/LV26VL3tttt8mzZtWpuXl3e7ruvr&#10;GWNFAFTZTrORldEjcHzEAOJ2v7D3tICqqgv9fv+d8+bN891zzz2/ZIwd+9GPfjTY2tqKcDgMTDFp&#10;VFFSTtGLxx0cH6Z9GHRdXl6evmzZMv2BBx54raOjo2Xv3r2x4eFhwogums0A/QFHljCaxWSDwSKM&#10;ugB4AXxYCBEkol8IIWbZxE6HGeRkbIoR0S8BPElEfQDWArgVVtn4mH0tJ4NYP4BfwipTPw/AnQDm&#10;CSGiRPQHWFlNG2ERRe+yr+EVQpwnot8S0U4AB2BlE62HlXF0EYB8+14nYa2b7IacRRYZAjvvfEKp&#10;V1hZ3mbpuu7Jy8vjW7dujTHGdn3pS1/q7O7uhmEYWdJoZmK0sRCmaWbHKD1INpqdkhYa53ymx+PZ&#10;WFVV1fjP//zPPY888kjH7373u0x0ZhMALFu2jN91113+wsLCRbquL2OMuYHE03VXEGRy+iFOALOz&#10;Fy/Izc2tuf322xtfeOGFZly95cXjY5vhJVumGglrQXbeMMbyNE1bUVBQ0LRq1aq26urq/oaGBhGN&#10;RsdaO9lsV2nCKJk/x30pr9dLFRUVHs55Huc8ZGcYveBzuITzTnLeMABBl8u1tqCg4MgNN9xw4v33&#10;3+969913oylo71QiwfkJgG699VZPaWnpXK/XW885L3P6TpIxl+XwlGQ6EZGPc14QCoV869evV379&#10;618bF1ljU4msM3cMJO0vmeacjOtGkvPZCf6X67qu5+XlqStWrHB5PJ7XW1tbm9955x1hGEby4ZpM&#10;eqbpCnluZNfSRZB0KOFqREJmUQDsuuuu0z71qU+VzZ8//7pgMHirqqorichPdsk+IIFoLF8jCwsJ&#10;0UcgPo+ccn5rc3JyzFWrVpn/8A//sPMf//Ef29va2oRpmlNNjM+OYyISbFfnb1PYniwmF9mxnnrE&#10;XdLOYULbp6TaB7LX5+bmmitXrlT/9m//9nXDMM6++eabUcMwgGyG+izSCwLA3G43+9znPueQRW9x&#10;u91bOOfVRKTbxJp4WV9chk/jgwpH13aSLpimOWSa5vloNNpx7ty54fb29umwlh0CMdavXx8qKipa&#10;qarqPCLy2HNhPONOsEN09nvGGPOrqrq4uLh4eWVl5YmcnJxwLBZDX1/fdKioIyfXmOq2ZBycPhnt&#10;oNJ4bdFYLDZp/qAMsZcJlu7AioqK+Gc+85ncurq61Xl5ebfpur6BMVZERIpU8UYkfTcro0eQfOBb&#10;9uG5VFVd7PV61VmzZmHr1q0/a2lpaXr22WfDNmEUmELSqH3oPGWIn3gfkckgIsU+DLomJydHWb58&#10;uf7Vr35157e//e2TzzzzTDgWi8lJK4CsTvqBBbv0R7LIIqUgWARP1d7sfES0HcCniagdwBASBZKA&#10;lS30pwBmAPgSgIeFECvtazjXc+ayCatE/d0A7gewAEATEX0HwL/DIn1+FsCDAOrs6/8CwD8A+DcA&#10;LbAyn/6zEOIhIcR1sIitrwP4/2GVrX8JlsKY3ZCzyCIDIJ/gtn93XhXGWKGqqhvy8vJu/9CHPrTi&#10;W9/6Vl5tba2iqiqDRGSYkoZnMRoSxpIx5rBCgKyymg6MWPZJWTiJyKcoyoJAIFC/YsWKBddff71L&#10;1/W4UwmZsW7iweK6ujrthhtuKPd6vYs551UAdEjOnSt18Mj9YV+DE1Gux+NZVVVVNXvJkiUKJCcb&#10;MqM/UoV0P4sY42e6QXZIxG1y2zFBdgm6jSUlJYv+5m/+Jqe2ttYpiXqxfSeBrHux/2dxcTjrnnMu&#10;B83H238EAIsXL+YLFy4sVFU1H/YBMsl5N9rrqNeRSsQAgM45r/B6vSvWr18/b9u2bS4kzpPpLFsc&#10;GU2bN28uDQaDKxVFqSYiv13GbVzOd+d0PawyQ/5gMFiwdu1al67r07mvPpDgnENRFCfDeaZBXn/O&#10;4RFZJyiwM0bdumjRomu//OUvl956662OXyJrZ6QAjGXdlVeKJDuKAIhRKjVk4nq7HFxwGOGGG25Q&#10;77nnnhnz58/fGAgEblFVdQ3ZGazHsAGy6/FCyPYghA3nQC4R5Wuati43N/e29evXr/+Xf/mXwnXr&#10;1jl2UFbOTQPYsnS6rvs4MiS4n5HIklkyDk62K8dWZIyxPF3XN+Xk5Ny+ZMmS9Q8//HD+hz70IRUX&#10;6o1ZZJEKyPszCwQCtGPHDv3WW2+dVV5efr3X671ZVdVFRKRDIsnQ1Jegz8iDd7L/Rjq86pBFG8Lh&#10;8B9bW1uP//u///vAG2+8MdUHai6G+Jjm5OSw7du367NmzSr2eDyrOOflQggnM/+400Qm6d6cc17h&#10;8/muWbNmzYxt27ZpmqZltK8reT+Vfs/E8cwUxA9KMMamhQ0/xXpTwhooLCzkX/ziF0Nr1qypzc/P&#10;v1PX9XrGWKFEFnWSJV2u3/mDjjhp1NHBiEhTFGW+1+vdPn/+/M3333//rG3btjn7nyyLpnufOjHd&#10;+HSRElZwIsrVNG1NKBS6c8GCBTd+/vOfr9q8ebOOrA8zCxvZDKNZjImL6YUT3FQ1jGQRdX6vg5UR&#10;NE6pt+/fS0RtAP4KwDJYBBC59CPHSMbSPgBuAPVCiLVEpAJ4EcCPAHgAPAxgjf2dMIA/AHgEwHEi&#10;miuE+AIRXQfAZW/CPQCeAfC/sLKOAlZm0ocAHAPwQyFEb9Yxk0UWo2JSM3hcZB0yznmRrut1hYWF&#10;4tprryUAb33961/vPnDgQHJ5euDqMQCn7Smz5LHknE+3corJJ/5Sfe10dIZ8is55zxhjIZfLtSY3&#10;N7dh1apVjatXrx7euXNnJmS+SzDk8vPz2cqVK31lZWVLNU1bREQ+JJKPJ0ISi/cLY8ynqmptMBhc&#10;cOedd/6pubm568CBA5mWcXXcGC2TbxrWXvI8c95PJtJ6X8cYZ4zpnPOyYDC4btWqVacXL17c//bb&#10;bxu4jPmiKIoYxck2Gf00HfeOUdtLRMI5dJCqa8+aNUvJz88vVRSlyPmfdKBhvP3GiMinadqqGTNm&#10;nKqrqzudl5c31NHRkXzN6SZjCAAtXLiQbdiwQS8vL691u90bGGMhO+vbhGWnHYxwezyevMrKSl1V&#10;Vee+zutU95nAyInuVF1vumcSkMdFABCMMVneETIze7fTbnkMOGMspGna2lAopCxfvlzxer1/KCkp&#10;aX7yySeHenp6gOwp/YnAkeGj9dtkHGxJvQKUVEcuhRhL7gnA0inScM+pBLlcLrZw4ULlwQcfzK+p&#10;qVkTCARu0zRtJRF5IO3PGZYV6FLzKiNku+RrddrDGGMOaZRWrlyJBx54YOfw8HDX3r17k/0pkzXX&#10;xLjrXV7m9ZEBY3GFGLW9jLHpLgPibU+TXTrdxhkYReYTEaWhpGW6MZn9P5n3GvPgIBH5NU1bGwwG&#10;jVWrVg1zzne73e7zzz77bBSJeiaQRnma6mxWWWQsCAALhUJs48aN+qc//enS2bNn13m93u2c80qb&#10;jJQwXydZbxptXaaCEJXK9R4nfwMjB2sACNM0hwzDOD48PPxiU1PTs88//3zzvn37ZLJoJvgjRgMD&#10;wKqqqtjHP/7x/MLCwkWKosy2D1zF5c9EbRaHMM8YCymKsnDOnDkr7r333t4//elPZ21fV6ZlGRWM&#10;MSd5RDJhKp2LIh3702T4jS7oHyISKToInOp1k0lrMYGcOGfOHP6pT33Ku2HDhurCwsItmqatYowV&#10;QOLOJJGWM0FvHbUdzoFDZIjP0mmL5HvWOedVwWDw3rlz59IDDzzw0unTp08dOnQo2tXVlVGHFNKA&#10;uA+TiAKqqi7z+/363LlzPX/3d3/37MqVK8/87Gc/G3z//feBzPZhTteEM9MG086azCJ1kPxrshIu&#10;v+cYPQutEELEkLhA4+8voU8yWORNlryBCCEK5e/a730AtiW1I1khUaX/R4UQbUT0DoDfADhlf38L&#10;rLLyPbDK1f8SwHsAZgL4/wCsJ6KAEGKAiI7RSPn6MwBKAPw5gOsA1MIipb5i//QhK6SymD64VOay&#10;K4YTiHHeO9eWsvMl32hSDBXHiLcNVJUxVqLren1+fr5RV1dnnDhx4o2DBw8OOoZ+mto0FRAAMPLo&#10;0/PRZGPIDnA4JZoyfbwSHLypGICkYOdoRm6qDDHHESakNa0xxma63e6Vc+fO/dNNN93UtXPnzt6k&#10;72CUNqUbAvbJN1VV2ZYtW7QFCxbM8Hq96xVFWcgY06VnSKxFceX3keWJzjkv9Xq9S1evXn1g69at&#10;79rEcwbL2ZVJTogrxiTIC6c8kUiST5PWZ9I6cu6bqj3JmSvx57JLOeV5PJ5N+fn5R9auXdvwwgsv&#10;RM6fP58cCLqA4CGdyk4gDKZzjEaRMRPtm/izOTJsEvcksp29UFV1ovtG3GHs8XgUl8s1g4jyMf5K&#10;Hck6igCgcM5nulyupVVVVX/82Mc+1vm///u/A62trZm+540G2cHObr75Zv2OO+6Y6/P5rlFVdT7s&#10;w39Awl4/kbmmaZoW8vl8Guc8k8ii6YKY7jqeA865k2FUJGUCzlTEAyEYWcecMZajadrqnJycwKJF&#10;i3I1TfvVnj17ju/Zsydqj1EmO1wzHsnqm92naevHNOyFAOIbOCHNezmQqOsoioKCggIg822oywUD&#10;wEpLS5W7777bX1NTU5uXl/dhTdOWM8aCtp7ppNQQSXrfZBOTLrDZpEAaknUjyX8yFiaT7BTXVe0N&#10;R2GMFei6viEYDPatWbOm++jRo3vffvvtviR/ytWw/14N+6zsizOn8XOkC/H5Op0H2QbZB6gEYwya&#10;pk2X50mQk6n2T4/ip5bl2qSSGKQ2ObI0V9O0ury8PHXZsmVieHj4zeeee+6caZoMk7RXm2Ymns36&#10;YGCSZE7cFgdAy5YtU++8886cmpqa+mAw+BFFUaoZYx6ZLCrpTeleG/Lzx/WiVMoAJOlbmNi6d2LW&#10;Imkthw3DODkwMPB8Y2PjL55++unj//RP/+RUzcxUu1b201BZWZlSU1MzOxAIXMcYK7MJxLL8HE+f&#10;XaAHEpHCOS/z+/0by8vLjwaDwXNILP88lbpj3C+rKArJhxWdfpgE2zPldidGbM5J0WdH+NQkOOfw&#10;eDyZZndmop1CRMQqKyvVLVu2VBYXF1+v6/omznkxESnSZyazTZfbN8kyUeYCyNdJkPepa+bltRGJ&#10;MT1nnnpUVV0QCATurK6uDl9//fVP9fT09Hd1dQEjJPZMmSOpgGwTOu8ZY8yvKEqN3+/3Llu2LC8v&#10;L+/pgYGBg42NjYPRaJSQSOjPpP7IBML0VY0sYfQDADFSKtH54bDGXodFftQABAAE7feaEMJLRCGM&#10;lI93hGuUiKIAugD0wioh3w2gE8AggEEhRASW4meOsqkRgBAuJH2OZZTwJKJM4sWImN1mZrdviIhe&#10;BtAOYIkQ4g4imgsgCmA3LBLpMVhE0QcBXGM/dxeAnUT0RwB7AcSEEAuJ6KMAlgshSomICyHOE9Eu&#10;AL8DMHCxfs8ii0yFvaZSYjBI8kVI70d+uXBdp9s5F1f+bavICewqjLFCXdfr8vPzu++8886egYGB&#10;Q9/73vcGo9EowuGwQ0jMJOPhSiEHdkS6jdp0wm58hIjChmEMR6NR2aOZqWM0WiB4ws4vh2DnvOLC&#10;ZZXKNSU7DAFrb3UrilIdCASWLViw4GBubm5/Z2en7NyZ7LFIOOSSn5/Pbr/99pyysrIlmqZVM8Zy&#10;hBBcegYH43Z2SToQEZFHVdWaoqKiJTU1NceLi4uHzp49a8JyxmY972MjwVklOXAnxWHuEDXktSg5&#10;5lKxfhL2HoyQJHXGWJnH46lZs2bN23fddVf/9773vUuRiwXnXNj69DCseZXWmj6SY31MnXs8l0Ui&#10;kXYyxloIIaJCiD7GWIQxNlop3vGCcnNzuaIouYyxYJJ8uWJiuvxR+3tuRVHmFRYWbrz55pubX331&#10;1ZMdHR0iGo1masDhUmDV1dV8/fr1OZWVlRtcLtc1RBTESJngcZP55anEGHOpqprr9XpddvnlTHIg&#10;OTpZKq4V1zGms44n6USmECImhIgwxkw7cD0dnifBVnBIo0SUoyhKrd/vZ/PmzWPf/e53X/nBD37w&#10;/jPPPDPc1taGWCz2QSSNxsX+OOSwgBW4MwBEYDmsJ8tOm8hBo7EvKpEEkf5nEEIIE0DYNM3hgYGB&#10;6T7nZN2f5eXl8bvuust9xx13LCssLNyhadoKIsoRdhlNSb+cqv0gQb9M1n8SDMUk/0lSwG2qfBPJ&#10;Ni3Z/hQOIFfX9TWFhYUdt956a0d/f/+xxx57bGhgYAAYOeA5nZEQWMQ0fB5JdAkAw6Zp9gkhYpOo&#10;i6cNkp0yUci22rQdaxtCCGEIIYYikchwb29vppE0RkOCDEylT8CRWdJcl0kNjiybLCSTFZx2MM55&#10;HhGtzMvL6129evXQN7/5zV3f//73+w4fPhwnek9iO7O4upBACiwvL1f+/M//PFhfX78uEAhsURRl&#10;EWPMKxIzi04GoTruj3N07LhBmySDk2TCxdZsgu1v+xnjMWZJnx/3MzkyStLPhGmag4ZhNAwMDPzq&#10;9OnTL37rW9869uSTTw5jZO1msgwmWCRifvfdd+cEg8H5qqrWMsaCsH2OqfIJOmLYHoagy+WqzcnJ&#10;qdy+ffvx1157rdu+31TvWTKR0DQMIwwr3h8VQhiwdN+0xzGdvkqh38i5Xtp1P9m/A6vfovah/YS2&#10;TDEyJY4Yl83BYJDfc889+sc//vFZM2fO3OR2uz/EOZ9FRK4k+8v53mTZtqPeS7ZT7f8ny/CEgzqy&#10;rHcukXzNSUCyTe74oT2KoiwMBAIf+tjHPtZWVVW16+///u87GhsbBUaSwThtviog7YmALXMYY14i&#10;mktErrKyMuP+++9XAoHA/pdeemnw3XffRSQSyVTSaBZpRJYwepVBcjgyWEqNCosU6gdQCCAPwCwA&#10;MwAU23/zAggIIXxklXF3vqfb7zlGjGwDlgIQgVXWPQIry2YngDYAxwEcAnAUwFkhxACAGBE5xi63&#10;75mM0TaMywmykd1W+UO5AO4BsNZ+9gYAzwF4F8BsAJ8SFhk0F8CAEOJlIvo1gCOmafoYYzcAWA2g&#10;EkBICBEhovcA7ASwB8AJ+9nzYGUszRJHs5g2SHKKXlCS/XLtCIdMBkCRDclRjBzTcURITrrkNPWp&#10;hhzIjTuCYZWOLNd1fWNJSUnPLbfc0msYRtNTTz011NTUBIwY9pliSIwLSUQsR2bH/21/ZgpaBuDi&#10;4y0blBHTNM/GYrGm/v7+3qamphimyZiMEhNMrvd0KXtdJm0yInL2YOdvjsEft73kaN6EH2DkHs57&#10;YowV67q+oLKysvTTn/505yOPPDLY09MjP8SUkEYLCgpo48aN2ty5c0v9fv8aznkZEnVbWY8Yb98Q&#10;JRLsOee80uPxLK2pqdl977339n3jG98YlO+HaTJXpwKOk1UIETVNc0gI4ThWgcQpnNyHlzt+shNC&#10;wCKnKYwxHYBO1uEfpy2yrEyFA0a+r7wPaZqmLSgqKlq0bNmyRlg6JGH0+SIAUH9/vxGNRk8ZhnGU&#10;iAKw9Hi5jPeEIDvh7T2a27Im7vhJgTxxggIyscpEUumpiexHkj7jzCtDCHHOMIzD0Wi01zAM4fV6&#10;HSf0hNcl55wpihIkIr/URfGgxDguKbeJGGOlHo+nrqqqav+DDz7Y9e1vf7vr0KFD00k3ceY145zT&#10;fffd55k/f36Vz+er45zPI7vsnRO4GecUk9MkEACvqqrFPp/P43K55HZMlz67XCQylK25bwghEg5o&#10;XkTBGK2zU9U3ybIv8Z8XHpyJCSG6DcM4NTQ01NXQ0BCNRCLTZZwS5pYYOcwDxphXUZQan8+nVFVV&#10;eT772c/+evbs2X/67ne/29fQ0ODosR804qggImiadtmfl9/39vb2RSKRUy6Xq9UuzeaGpPbi4vv2&#10;xZXtJN3Qlk1OhR15z0iFbi3PFWceJO+FY8msMe+ftPadvzk6VlssFjvZ09PTPjQ05BBupzooOxE4&#10;Pk665ZZbtI985CNzCwoKbnC5XJsZY3kYOUA+mW0adf5JcliQVZoxmTiaQFqS2+zoyRiZM6b9+eT7&#10;pDPoFifoJt2WABDnfJbb7d5UWVl5/sMf/vDwyZMnG1966SUxPDw8lbZhSmHrwcImCySsm3QH3iVc&#10;tm0yytw3hBBdhmEc7+/vP9PS0hKexHZPB8TXqBT4jiZ84MLuupRsHu3/V9Ln8ucvKveltgkiGjZN&#10;81Q0Gj1z/PjxvhMnTkwXeS8HrsfaF53/jdWXst8MsOxZhgvXq+MTivumpe/EP4r0yNS4jiwR1xxZ&#10;n6vr+oa8vLzuLVu2DJw9e3ZfS0vLYHd3dzLhLJPH8WrCZPRzuu9B0isBoIcffti/YcOG2pycnG32&#10;ARuPFJcZ7ZBNqteBc+344WRnj5WJK/aeGwMQMQwjAmDY9hWGcSGBmgCoROQiIh1WsiOdrKx8DCMy&#10;YyxX+eWsd8fnLjuDHbLo0cHBwVcaGxuf+9GPfnT0D3/4g9NGuRx9poHkn/Xr1+vLli2b4/V6l3HO&#10;C2HF1hPiDBO9n9R1REQuxlhpIBBYWl9ffwRWPF32iQJT22+ira3N7Onp6S4qKjpumuZxIvKQVY1U&#10;3nvH1TlSn8b3BHsdKpLvNWW+GWd/ldo+mj575Rce29YyTNPssP075zs7O537ZTECWcayuro69bbb&#10;biusqqq61uv1blFVtRqAJ2k+0CjfTwdkOe3MHdmevVgyN+tDiYcQnL+b8rqhC3MGpNOejTcFIz5k&#10;p20EwKMoyvL8/Py+lStX9jz44IPvfv7zn+/FSDKYq2n+yjELIckFIquS4kyPx7O1rKxMu++++/S5&#10;c+cefPTRRzt37dolYrFYpvkwp/r+Vz2yhNFpDlvQOeRQHVa591wAZQDmAZgDoNr+vRCAVwih2Ea0&#10;o0QDltAwYSniQ0Q0AKDXVtaTFQImLHKpHxbZ1CkJL+ygVRRWKfe3ALwKYI8Q4jQsYiUDEJQEdCq6&#10;wTEInPfVQojlADQieh7A07CyiH5WCLHMNijCAP4I4AdEdBRAlRDifsbYBvuz3O6DnUT0FKzspINE&#10;NBPAbbDK08cAfE4I8RZN7inVLK5ipMmP65A25L8Nx2KxNiFEH8apCBGRSkReO7jmGOxO9mIV9tq0&#10;14fsBAASnX6pDMjFm4cLnYtERCrnfJ7H47lxzpw552+99dZXT1mI2g2bqrU8YSXZUfgkxT5iGEab&#10;aZrd0j2mWlZdzPntOE8NIuqLRqMH+vr6dr333nvdr7zyilwWYKqfYVQk9T8AxEzT7DcM4yyswxXJ&#10;DoAEolDy9exr6UTkgn2Ig4jckEhv8poew6AcL+IGnLBOnXkURZldWFi4tL6+vvmpp54a7unpmQoD&#10;KsFYVhSF3XLLLcG8vLxqTdOWMsYK7IYnGLpIQZ/I/cs5z1EUZWFJScnya665phlWtvWriZgUX2eS&#10;E3n8F0sMBkEIYRiG0RWLxU5Eo9FmIpJJ1ansQyIizhjzMsZyOecFRBSyHX867EyHzn1T5RlFYvCK&#10;hBAa53yu1+utnTNnzh/r6+v7Tpw4ET116pT8+YTnPnToUKypqWlvZWVl0Ov1mkQ0A5YcGEtPuBQZ&#10;bMz/E5GHMZZnZ82UM/tPVJ7En8ve+6OGYfQIITqElT11rLYmX+PiN7Hbat9jOBaLvd/f3/9Kc3Pz&#10;ud7eXnHu3DlZx7jSwK38ntxuN+ech4jIB4x4eSWCx5X0l+y4cpzzbs55ZSgUWr927dqW3bt3H5QI&#10;oxcLmGYCEgJUs2fPZmvWrCkoLCxcp6rqQqdUcAqWWYJ+R0ReVVXLvV6v3+12Z2Sm51TIUSTq8gKA&#10;YRjGOdM0OzBS0s3531TOkVEfNMkpHDYM4/2BgYHfv/fee2cff/zxyODg4HRyysqyTc5mRYwxn6Io&#10;i30+X97MmTMLt27d+r8ADv3rv/5rb0tLi6PLTicS+EQgz8lx4Yc//GHnX/3VX+1xuVyVAMJElCfp&#10;v5ej917s3o6+GJe/jLEizrnf+X+K1m68rfZ8idn2WVdS+5LtYoELs4tfijzqyL/+WCy2v6+v741X&#10;Xnnl7PPPPy8H7abbvIvr9X6/n1VXVyvbtm3LKysr2+xyueoZYyVEpDrzIlV6/0Ugr9140CWhwYkH&#10;Z+NEKNu36rw6xAJG1qF9BssHqQgrUyqXn0W+iRQAFklzNF3PLe8/REQa53ye3++/o7Kysv3P/uzP&#10;+s6fP3/u9ddfz7SA0pXCeU5Hp4wZhnFOCNEjRg6AJq/TdGOsMR0zYGvro+FYLHakv7//1b179zb8&#10;/Oc/D2Pq9YOMBFnZ4gZisVgLrMoOcaKR9LFL2VSjfW5CzbroP0fsNCGE6IhEIq/39PQceuSRRwb2&#10;798v61MZL+9t2eYQTc7jQhkylr6UTEwgO9bjsv+n2D8qEWmw7GjuGCLCgvPdsYhzqYRzX7nJKmOs&#10;0O12by0pKRnavn17e3d3d9N//dd/DRmGMWEdKpNwwUaZRTpBAKiwsJBfe+212saNGyuLiopu0nV9&#10;HWOs0I7ZjJXNPFVzP+GaEmtQJrA5OkPUNM0hWAl9egzD6BbWwcLOWCzWaRhGF6z4qwzGGPOpqprL&#10;GHN+QkQUtGNUHthJkOx4VfIUpMtY78ll7U0hRCQWi50YHBx86ciRI0//+Mc/bnzkkUeGo9Gok6gj&#10;0/dZAkC1tbXKxo0bAwUFBdfour7G9m2RkA72YuJzIa40Sgwxv8vlWltcXHxoxYoVR0+ePBnt6OgQ&#10;SDosMAUQAOiVV14xcnNz2x966KHds2fPznW5XH2MsXLYfYNEf9d4Ed8LiMilKEqpnfE3VTandZPE&#10;tebYnr0YWUtXOk+TGxdfG7beOWwYxon+/v7X33zzzcZf/vKXUWT+epgKOPOI3XLLLb7q6urFfr9/&#10;q6Zp18Di9DgHIC9HRk0Usi0bd0sn6UTWByV7FpYtawiLhOzYtAQroRSDpXs5h3CdgzzOdaTLWf0h&#10;+dHT+ayyL8Z5NoVzXqrr+rrCwsLTdXV1nTU1NUc6OztjLS0tY9kA0xmy30secyKLNFrh8XhuLy4u&#10;Lli3bt3/MMb2eTyezldeecWRGR8UH+YHHlnCaIZDFqD2D4dVgt0DK9tQPoASABUAFgCYCyuDaL6w&#10;ysoLWOnAI0Q0LKyS6r2wysi3ATgL4DyAZvtvMVjEzi4Aw2RlFLUaIAX7beU7CCvLQx6AOUKIKrLK&#10;v5fByl56N4A7AbQA+B8A/wbLAXMAwBkiKoId/Mb4NgSnc+QMoyaATiLaC4sQ2gpgG4AbhRA5RNQH&#10;4F0hxLNEtB9WafovAriWiEKwTrCdAvAmEb0IK1NqCMAmAJsBrBJChMgixbYCKMBFBKU9fl4APvvZ&#10;w7BOLgvpJ6VKYRbTG+kMckhGOYvFYm1dXV0/7uzsPGgYRj9jTMilW6UA6JjXYoypmqYFGGMa59yt&#10;qmquoijFqqqWc85nEFEuY8wvhHABUBljqmRkOQqibICnWkmMkzHkZ2KM6YqizAsGg7dXVVX13nnn&#10;nf2/+c1vznd1dTkPPJlkA+dZU0Fok381DMM4393d/dPm5uY3OOcG59y0x1gmFkw6ZCdtkgECzrkg&#10;IpOIIuFwuOvkyZOtv//974eGh4fTOiapMM5l3zMRwTTNgUgk8vaZM2d+NDg42K4oilAUyzdHRE55&#10;Tscgu+Dmdn+4NE3zq6oa1HV9lq7rCxRFqWKM5ZNFelPtoKL8HKlaP0KMnBDkjLFSv9+/tqysbG9O&#10;Tk6rdI/JNBac4DlTFIXV1tYqixcvrvT7/as55yWw9Np4gD+F8jQhxSisLKPlXq93dWVl5e6NGzd2&#10;njhxInr69OnpQOq6IqRCP0mS8bCJg6d6enp+09jY+HokEhnUNE0oiiIAgHOekr6zSxwzTdMUVVX9&#10;wWCw1Ov11uq6vsxeRyGSMh5Ke9JE9yHHCI9b34yxkKIoFaWlpRXbt2/v+MY3vtErXT95zpiHDx/G&#10;L37xi5Zt27a9XFBQcEhRFLdpmlwKHllfHEN+XKxPTNOEEIJisRjFYjFWUFBQnZub+yFd152S4c46&#10;m8g4yP0nhBCmYRjtQ0NDfzx37tyvBwYG2lRVFYyx+D5whSWL421jjDnr3SQiIxwO97S1tbW8/PLL&#10;3YODg86J2ITvXCEIAFasWMELCwu9NrHWDSQE5+OfG8e1ZccVY4zlezye6woLC49v2rTp1DvvvBPd&#10;t2+frJ9ksnwhAFRcXMxuv/12b3l5eZXH46ljjJU6+l8KyC3J0R4X5zzf5XIFli1bph4/ftwIh8MZ&#10;Y1il2vlvwxRC9PX397/Y3Nz8imEYQ4qiCFuHiq+JqQjOSvLognvb7RKMsVg0Gu1pbW1tfe655/p7&#10;e3unI8Eo/pxJHlcwxlxEVOZyuerLysqwY8eOZ3Rdf/vpp5/ue/3116PhcBjIOlwvBQHAfOyxxyJL&#10;liw5tXnz5p+43e5XhRC6aZpkkwMT7Lux9sLkiAQAGIbl4jJNE/a+qoVCodn5+fl3c86XA/EsGKl8&#10;HmszNM3e3t7enzc3N+8EEFEUJb4XOmvX+exl7O/Je6FgjEEIER0eHu48ceJE8wsvvDA0NDQ0HdcY&#10;kGhr0KxZs9gXvvCF3JUrV670eDzrFUWZDUCV5oJM9Eq14I2TJmnkMGzyvQQA0zTNKCy/akQIMSSE&#10;6DdNs9s0zQ4hxJBhGF2mafaZphkjIkVRlHwi8nLOffbhNz8R+cg63KSRdUiX2zYfjTLf0z2mCT4V&#10;YZHj3QBmB4PBbatWrercunXrawcOHDD6+vquluCwME2zr7e39/lz5879IRqN9iuK4vhSBJCYqSZd&#10;uIQMSNaHwJhVTZYxZgwPD3efOXOm+YknnujftWtXtqRgEqSgdcwwjMbm5uZHe3t7T9s+G2eME3Sq&#10;y9D3U6J6JY97st8MAJy5aJrmcG9v77mDBw+27t27V64gNV3G2TRNs29gYODVlpaWF6LRaD/n3LyU&#10;TjvK2iBN07yqqvqISFUUJUdV1XzOeZGiKOWMsRm27e+G7ZuGdXg0ToZP0tnTso9Ic8jxA6qMsWKX&#10;y7Vp4cKFXR/5yEee2r179+l3333XkaVOadTpMp6jYTq3PS1I097hxBWIc85qamqUhx56qLy8vLxO&#10;1/W1nPNi2/cFXEiYTJkPGRjxSzuqrGMr2X83bD1pSFjE0DORSOTo0NDQe/39/afD4XBvNBodikaj&#10;4XA4HBkeHg4LIRxfOqLRqHVyRdMUr9erMcZcmqa5dF33uFyufI/HU6nr+mLJb+7oU4r8jI5cHUO2&#10;x9suPcuQYRiNg4ODzx8/fvwXP/3pTxu/853vDNukKZksmonzneSfm266SV+4cOFsXdcXcs5LYfEM&#10;KMkPOpE5cYE/wJ53Kud8lsfjqf7yl79c8swzz5x9/PHHh5HU9+O850RAAMTw8DB+8IMfRMvKys7e&#10;dtttv8rJyXmbc+6LxWJk+5avmDDqzCEhRNzuNE2TxWIxCgaDFSUlJZ/UNG0hkuZnCiFM0+zt6en5&#10;eXt7+1uRSKR3tD32Sq4Xf2PFrEBWtuCYaZp9J06cOP3973+//+TJk/LhlUxcE5ONOFG0uLiYXX/9&#10;9frKlStn5eXlbVEUZTEAr6zXJMnnVCOZDBmXdUBc+AkhRFRYB+ZiQohhIUS/EKLXNM0u264dNAyj&#10;2zTNIbKSMwUYYz7GmJ8xlmP7zf1kcYhUsg5IKkTEpDhm3KZO054kI27PSn4Wzjkv8Xq9mysrK89+&#10;/etf7/nud7/bahNGp6v/5GIYizQKItIZY/maptUVFxdjw4YNLl3X38rNzT3/q1/9Ktrb2wtkfZgf&#10;CGQJoxkGR3HHSNZQDRbZMASgRAhRSkTlsAiiM+2fAiGEH9ZiH4aV1v0kgHb7p5WI2gCcJYsw6ZRQ&#10;1+3rqwACAIrs3+Vy9slK3jAs4RC279MJi2j6ayJ61v5eCYAlAJYBWCiEKCeiefb1+gH8jizC5U0A&#10;1sMivQKXvxHEg6ZCiDYiOig9kwGrbLwCq6z8n8EqQz9MRHsA/B7AUSIqAfA5+zMhAD1CiN1EtIuI&#10;dtvPNhvA/7E/U2G3v4csMuohIcSbRHQYABdJ5QAlMFhE3s/AGotTAE7DItG2A+iFRVKNQjIw0hBY&#10;zGJ6IdWb7gUbuRBisLu7+/CPf/zjNx977LEeRVFMzrnjAL8kYZQxJhYuXKisW7dOLygoUHJycrTC&#10;wkJfTk5Ors/ny9c0LVdRlICiKHmqqlaoqjpPUZSZZGUmdrJojEYecNqb6mcnSfllRORXFGVxIBDY&#10;uHz58rM33HBDz4svvhju7e1NDvpMFlKtDAshxEBvb+/RL37xi68fPXo0GovFDM65sMnBKbzV+GEb&#10;qLJTCZxzoWmaMAzDPH/+vDh37pyckSkdSDZMUoVILBZre+utt9763Oc+d8btdgsiMhlj8We+GBRF&#10;wbJly9R169bpZWVl3qqqqoJQKFTm9XorXS7XHF3XV3LOK20DjF9svY4TcaPRDgyGOOdzPB5P7ty5&#10;c/mBAwdikUgk2aGUTshjQ9XV1XzHjh3+vLy8eXZ20ZDzmSRHV2puLmURsx0iIU3TFpaXly/90pe+&#10;1PX1r3/9rEQYzRpOo8MZF9M0zf7BwcFTP/vZzw4//vjjfaqqGg5hglKctZ2IaO3ateqOHTuCS5cu&#10;fa+oqOiQz+db5XK56myisctZPymSBQnrwSYyKIyxwmAwWDl79uz3DMPoS/5c0j3Nr33ta8NPPPFE&#10;s9/vP2s7FskwjPh+6RA/r7RxtsOTYrEYKy4uVh999NGI3++v1TQtXSf7Hd/XcCQSOb1v3763Hnjg&#10;gVMul8u0iTImjRC8L/eCCfuYs5dwzqFpmtna2moODg6aNlk0JfPp+uuv12bPnl1kBxs1IJ6FIRXz&#10;JR5UAeCyHelLly1b9qfrrruub9++fZnumIk7zz0eD5s5c6ayffv2stzc3FWc87lE5MXIPEhFAMLR&#10;GwiW0zHgdrsLNm7c6P3tb38bbmlpmeDjZD5M04wMDQ2d+MEPfrDrySef7FNV1bQPBjlO+6luYoKO&#10;58Dv94OIxNDQkNnV1WWePXs20wNsl4JMpJId3hpjrNTtdm8qLi7Wb775Zk9eXt5un8/XuWvXrsi5&#10;c+eAq9/hOt5nSrDFHn744cHKyspjLperIRKJkGEYDmE0vgdeqQ7sfN8wDBaLxVh9fb3r4Ycf7s/L&#10;y9tik1LSuYAiAwMDx7/2ta+98frrrw/HYjFn7YqJ7IU2WRlut1sAgNvtNpqbm8Xp06flEpnTEQSA&#10;CgoK+I033uhavHhxVX5+/lZFURaRnREpRXvLJSGRC4CRUvFOmUdTCBERQvQahnEyGo02xGKxZsMw&#10;ug3DGIjFYv2RSKTXNM1wOBweGB4eHjYMI6YoiuLz+fycc5d9UDDEGPNwzj22H2UW57ySc17KGAvA&#10;ztoiEjMdJTQzTX2QYPPZ+o9X07TlwWCw4cYbbzx56NChYz/5yU/C9uenI8lJJoASgOjQ0FDDU089&#10;teuHP/xhd39/v2GTCS3WwCX8ZZOBZH0YABRFES6XC0NDQ2ZHR4d5/vz56ZD1bFRIdlk6IQzD6Glo&#10;aHj3L/7iL47AynbpkCkyQp8CLP9rclucAwcDAwNma2urI+un21gLAOFwONz01FNP7frOd77TxTk3&#10;FUUxFUVxgtiXvEgwGKTrr79eq6qq0r1eLy8rK/OFQqGA1+sNud3uAts/na+qapmqqnOcw6MYiYGN&#10;JVNTCdnPLMtU1fazbZozZ07jF77whf6PfvSj7bDkqFM9YbrJUxmZsYgyBBJxLF23oJqaGn7nnXf6&#10;Kysra30+32ZFUSqJSL/InpXSMZLWrMP1dsg3UcMwegzDOBGJRA6Fw+GGcDjc0tvbe6axsfHMr371&#10;q85XX3010tPTYwAjh6HGuo99iIz8fj/Nnz+f33TTTd6lS5cWFRUVve1yuYp1XS/RNG2upmlL7Iz0&#10;blhx6/h6H02+2DpWvO2maQ4ZhnFsYGDgV01NTS88/vjjx5599tlhxphhGMZ0sWUJAOXn57MVK1YE&#10;i4qKVmqattDx0+BC/TEVc8KxkwFYsTjGWNDtdq9cvnz5se7u7peef/75yPnz54WtS8e/k4J7Xwlk&#10;mWx+5StfCf/3f//36VAo1CyEoGg0KscTr8gHKxNGDcNw7FhuGAb74Q9/2D1jxowepEF3l9e6ECLS&#10;399/7MUXX9z96KOPdvT19RkOadRp45U8T3IMLxAIwDRNMTg4aHZ0dJjt7e3TQheZRB1eJhrTnDlz&#10;lAceeKB81qxZG3VdX805L8To459usigk+ez8mLD04AHDMJpisVhTLBY7E41G2wzD6DdNcyAajfZH&#10;o9GBWCw2HA6HB8LhcERVVUXXdbeiKG5N09ycc6+iKH7OuYdzHrSTS83mnM9kjOVKsthJVDFZpPEE&#10;0igAkJVdc67P5/vQokWL2tauXfv7/fv3G2fOnBFiZJJMZx0sGfH5KHeD/YZzzgs1TavLz89na9eu&#10;dfv9/l2hUKj1hRdeCJ8+fRq4Oom0WUjIEkYzALaiocIicHoB5MDK0lkGq6R8BSwSZiER5cDKLKrD&#10;OrXeDaCJiE4BaBJCnCWidgADZJVdD8DKAloohFhKRHmwMoL6hRABW0BrAFz2NR1hnUDkkjZRp3S9&#10;ASAshBgkokFYxNE2WETVIwDeBPAbu81zADQA6LPv8WFYmTl/IYTYT0R3AFgkdclYG6KskEQA7CWi&#10;/wvg1/a1HfgB3AOrbLwK4H0ALwI4BKASwMcBLASQC4to+jsAvyWiQ7BIA2uJ6BohxFy7v2JCiJNE&#10;tAtWafqjAPqIqEgIcYdNRH0TVubQ0drcD2AFgPmwytZ2w8rq2iqEOE1EjQCOw8ryeh5AnxBiCEDE&#10;7ussspgoLjihYyv5phAi1tra6pxETz5Bc1GcOXPGeOedd8Jutxsej4fl5eWdLyoqagoEAkzTNB4M&#10;BpWlS5f6Fy9eXJWbm1uj6/p8VVVnKYpSaRvrXslwvNKMKlcCWSGE/Z4zxgKapl2Tn5/fdP/99ze7&#10;XK7TTzzxhFOuy0FKlZ/k7HCQyKxpcEYLxpihqmqsp6cn1t3d7ZQjzDTDbbS2JLdzMmThhAcg2eAk&#10;IiiKYgwNDRk9PT3CLlVz2f3f3Nwce+ONN4ZDoVBfRUXFuaKioiMrV670rVmzZlZpaWmD1+utU1W1&#10;lnNeQnamRLsdqVpDsnGkc87zPB5PyU033RQ8ePBgu1QqeTIgYGcXBUA33nijXldXV+X1epdzzmfC&#10;0mPSnhnC0YkcMkggEFhfWVl5oqKi4jwSnfrO/bO40AFJDjHU7XbHTNOMJTmVUk0YxUsvvWTs378/&#10;snDhwq5bbrmlsa6urnHGjBk9Ho/nOkVRqmDPn6T2AuObP8kEIEFW5shcl8tVmZub6xllLwCSnjsS&#10;iaCpqcnJWCC3ZSKkCAJAiqJQMBhkQ0NDpKqqXKo2XXAy75m6rhvd3d0xv99v9vT0TMSZONoBj+Q5&#10;lPx6xe12XhcvXuwOBoPl9klpliRmJyJr4vYNEGe+6JqmLSkqKjq6adOmk2+++Wb0jTfeSC47nmkg&#10;AKy2tlb55Cc/GayoqFji8Xg22A5BOSNgaurSj2QEYTZppbCqqsofCoW6bMLo1eTUA4BkexyMMVNR&#10;FDMcDsfswzWZrOMlyET7Vd4rM6nNV4IEG8txutryQWOMlblcruvz8/P19evXq36/f7dhGK0vvPCC&#10;4zfIOlxHR3yuRCIROnr0qGyjJsuPiZDPGQBijClJJDBH50zLmHDOTVVVDds+myjJZzTSscDo8mA6&#10;zbGE4FowGKQdO3YU5+fnr9J1fR3nfAZGyvbJmb5TqfvLBMn49eV7CSGidinlUzZBtHlwcPBoR0fH&#10;ew0NDacPHTrUd/78+ZhpmmZfX5/JGBN9fX1iaGhIRCIRaJqGUChEuq4TAPL7/YxzzgoKCpTly5fn&#10;VlRUVAWDwfm6rlcpilLKOS9WFKWCiJws+cn2ZyoOsoyFxFQkVpa+Ql3X18yaNetkfX19686dO50y&#10;fs76mU5zLjlrKNkHbY3Ozs5Ye3u7o5Nnmo92MvThSYdpmpNViYtsnco4e/ZszM7OekU+m0nCWEHr&#10;seT9dIIgIlNRFKOtrc3xTV/RvsgYw6lTp6I5OTmDiqIgPz+/s6CggPx+PwsGgzwnJ0eprq721tTU&#10;zCwoKFjo8XgWappWafumy23ftHMIe7TMg6mSq/F9RTpsxBhjXkVRqoPB4KYlS5Y0bdmypffw4cPh&#10;U6dOTXeyaBZJcOSaYRipHFOHAMkAsPr6er2+vn5+MBjcqKrqEiLyS9s3k8j4aRGyjl4mxXhipml2&#10;xGKx96PR6LGhoaH9LS0t77z55ptNhw4dGujo6DAaGxuNo0ePGt3d3Veyb8V1xZMnT8YOHDgQWbBg&#10;QW9FRcWJ3NxcddWqVTkLFiyYW1BQsFrX9YWKosxljM1ijMWTLiSvcUnPsZsuhg3DaBwYGHipsbHx&#10;ua997Wvv7du3L9ra2jodMosCI3ODPB4P++QnP+meN2/eTLfbfQ3nfJbUD+k4eDWajeJSFGWR3++v&#10;q6qqenvDhg29zz77rGn7R6eyH+X7ms3NzaK5uTmVtqcTi2U5OTlmX1+fommacTFC9EQgczkckqei&#10;KLHOzs7YuXPnYpjYvB1N7wRG1gNGec04TPKBIAKsahm33nqrd9asWbVer3cL57xiFDJ/uhqWZMbZ&#10;N7N+N4UQPYZhNBuGcSYWi50Nh8NHent7j7e2tp5866232k6dOhUxDMMcHh4WkUjEjEajore3V4TD&#10;YWiaBp/PR4qikKqq5Ha7Sdd1HgqF+IIFC3zz5s0rKSwsnO92u+coilLOOZ9p/xQJIbRke16ktnpi&#10;MmSyaDyplKZpK0OhUNPWrVtPtrW1HfuP//gPZ/1PZtxzsuG45mXiqEMarc/JydFra2tdPp/v9cHB&#10;wdNPPvnksP29TI9NZDEBZAmjUww7cBYEsAPAKgBVAEphZd30ANCEECoA2MTMNiHEQSHEYcZYA4Az&#10;sEiPGoBcIqoEUAegQghRRFaZdSf1s4IRMqhpky7DQog+IjoNK9vlICziYxhABxF12J/ldpuc67mE&#10;VeK9yG5vlX3tmP3dVgBvA3gVFnG0yf57kd2+OgBriOgnAP4JVibQGzBSoj6hm+T3RNQC4McAXoBF&#10;sK2DRcJ0SuTmAai2v/czAC8DKISV5XOR/Z0IgDcA/BQWwbVECPFRIqojolxYpZ+GAOwC8AsiegtW&#10;RtAQgHWwyKiLbALvTwAcsNswWttPAvgKgFthZRudad9vBREZdn8P299vA3ACFsH2aSHEESKKjXLd&#10;LLK4EsiBDgeCcy7cbrfjjEt2il5ywx8eHsaZM2ec68unAQkAFRYWUklJyeCaNWs6Fy1adKiqqso/&#10;Z86c+QUFBXUej2cV57ySMZYHwG2TL6wLpMdQTSaNAoDCOa9wuVx1CxYsOHPTTTf1vfrqq+dbWlpM&#10;0zRHM2xTgqRsS2Oeak0FOOdCVVWh67ozztOlLMRktNGZ72mzEolI2Fm/DMZYMin7ks82MDBAAwMD&#10;OH36NA4ePEgA2M6dO6MrV67sr6+vP3P99dc35ufn3+Ryua7jnBcRkZZiZ49jTDrX83i93ura2tr9&#10;ixcv7j506JCz7tNONpNfS0pK2Nq1awPFxcXXuFyuVRKBSyYRpXpckw1rxhgLapq2IhQKvbVp06b3&#10;Dx061LFnz56sU/9CJO8/gL0H6bou+vr6kuVTSp3nQggMDg6aDQ0N1NDQYDQ0NHQ0NTW9feONN7Yv&#10;WrQo6vV6tymKUkVEatLUmQgJRch7mu2EyFFVtcLlcnk558QYI9M0R5sro/2eijkVX0exWIw6OjpQ&#10;VFQk7KzHo913wveSCBbxvU7TNEFEhk0WTfWeNBoxZkLXJYvtixkzZrjdbvdMO8PXBR+byC0AJHvu&#10;FEVR5no8nrXz5s07dPvtt/fv2rUrZusmadNPJgCCRdyhuro6be3atXMCgcBaVVUXM8Z8kvMvgVyX&#10;wvurnPPcQCDgy83Njc+3KUTaxoaIYJdEE0QkXC6X0dPT4+gW01XHy+S2XgqU9Cp7XQmWDyZX1/VN&#10;+fn57iVLlqgPPfTQGwUFBW0vvvhiuK2tDZi+hL7JQHLfpEr2OXJCAGBut9tUFEUk7f/pGgtijAmv&#10;12vYZFE54IwU3Hes+TQd5xYBoKqqKn7TTTe5KioqFvl8vo2MsRmOzTOK3ZNy/wEQzyTqbNMCQNgu&#10;ydcWiUQO9fX1vd7S0rL/+PHjrS0tLYOHDh0Kv/vuu7Hm5majtbX1cnws8XYzxqi4uJgqKyv7V69e&#10;3VpVVbW3vLzcV1paWlJSUlLr9/s3qqpazRgrskkPmkjMeE5psoWSMxwSAF1V1Rqfz7eprq7u0IMP&#10;Pnjoq1/9al9fX588JtNx7gGAU/nEtAnlqV6r6cRobczk9k45XC6XyRgzOOfJNmmm99tVoVPZZBbZ&#10;XyaTsy/5TKZpoqOjAx0dHbKQiu8JRUVFVFJSMlhTU9O1dOnSozNnznylpqamqqioaJ3b7a7jnFdw&#10;zgsYY17YWZwd37FEKEsF4jayTOiB5VvKd7lc6woLC//0l3/5l+cfeeSR5lOnTkWke0/LsZ1GmGr7&#10;cbxIOGBTW1urbN68OXfGjBl1LpdrAxHl2qRAGsUmTyUSA07W3DaEEP2GYbRGo9F97e3tL548efLA&#10;e++9d+6NN94Y2LNnT/TIkSPJ8vZy960E/SIcDtPJkydx8uRJAwDpuh5eunTp0OrVqztWrFhxaOnS&#10;pbNKS0vXer3eTYqizLN1KLewSiMn+GJsHcq0Sy43DA0NvXrs2LGfP/7448efeeaZSDQanW77RJys&#10;tnnz5vyioqKlqqrOJaIgEmVSqv008TGSZB5jjOVpmjavtLR0/vbt28/98pe/jBiGkXxQLxOIo877&#10;CcdVnFchhBgaGiL74G+yfZAuGUR29nlTURT58FMm+mEnaz1N1n3iY6+qKlu1apW2cePGmYFAYJWq&#10;qsvIqsI5WXuPY8/GD0DaBx/7TdM8F41GjwwODu5pb2/f29DQ0NTQ0NDb2toa3r9/f/T06dOxEydO&#10;oL+//3IOOxMAuN1uys/Pp1Ao1Ld+/fqOioqKozNmzHDNnz8/v6ysbHEoFFqradpyznkxEeUwxjxJ&#10;bZNt21QibiPL/nfGWIGu66vLysoa6uvr21977bXI/v37k+P3mS7rxwMraCPppEIIzhgL6bq+IScn&#10;xzN37lz9M5/5zO9ycnLOPPbYY0PDw8Nk2k7p5OtkMf2RJYxOPVQA9QD+DVY2UIdAGAbQAauM/DHT&#10;NI8T0QlYJdHJJipWYiRz5UxYGTMdwmWMrLLvEVjl1TuEEO1E1CiEaAHQRkTNGMlE2m9/j0ttc74v&#10;t5XDIjdGicgpZe+HlQl1EYBaIUQVgFIimg3gNgAHAXwCVmZOvxCiABZBbCUsoun/BfADWGTVHbCy&#10;kI62GfQA+AOAHwE4C2AzgI/abd8HizAqYBE7XwOwH0C/EOJWItoshPDbz7sXwLMA3gFQDqs0/Xoi&#10;CgghokTULoTYBeAXAPbbRNuFAP7CHqsZACCECNuE2kFg9AyB9u/DQoiXYZFA82BlfC0norkA5gkh&#10;KsjKZFoAi3y7yr5eBRH9nbCyxmaFbhYTgZCJVLDXF2NM6LruOOTGIrJdMqiR9Jm4Mnzu3DmcO3fO&#10;ePfdd6Mej2e4pqam97777utbsWLF6RkzZuwOhUKrXC7XWvuUZw5GStU7xmSqFcMEUoatILpVVV0Y&#10;CAQ2Lliw4Nj9998/8M1vfrO/u7sbSEPpH865SGPpmWSYAITL5XJKTYzmhMk02ZLc3ylv32jMtXSB&#10;iKDrurBLiMlr7WL9f7G1Jd5//33z/fffN/bs2RMNBAJ7Vq9ebRYUFJDL5dpsB1B50vXHvYakdeIE&#10;S12KoswOBAKFhYWFR6R2pdtwkoPA7CMf+Yhrzpw5ZR6PZxFjbCYAVZJtjlGZFoeLs8/b00jnnJf5&#10;fL7lq1atOrp48eK9e/bsccj3Wcf+CByxmzD3GWNCVdXkwFCq1v9o/U8AxOHDh8W5c+f6BwcHG/1+&#10;//MVFRWq1+v1MMaK7aB7wrwf7/0dg9u+Hhhjfs55SSAQCN1www3qCy+8YHR2dl7qOqP1wXj6RV6j&#10;BDvzk6IoZnLJ6BQifkhDkrvCKfGI8QUGxkLyeKfsmVwuF3w+HwUCAbemaeVpcurJjjEQEQPgUVW1&#10;urCwcGNdXV3zli1bhl599VURDodl+TbV8iUhQLV06VK+bt260IwZM5bpur6ciHw2WTrVAaqE9UlE&#10;nHMeUFXVzRibrsG+KwZjDJqmARcGrDJZxwMyIxiULsSfUQo8KoyxkF3VQFu6dKk3FAq9PmPGjKZH&#10;HnlkSMowKeNq65fx4GLzZLz9I89BZy80VVUVTlm+pP+nA3KZ47ECzhPZB+XvT9d5JO8tbMuWLdqH&#10;P/zhmcFgcIWqqguIyDPKQdN0IE4ckH6PmKbZZ5rmqeHh4Tf7+/v3dXR0HGtqamp+7bXXuv7nf/5n&#10;eGBgwOzt7R33mJqmSc3NzWhubjb++Mc/RhVFGayuru7dsWNH14YNG1oqKirey8nJmev1elfrur6c&#10;c15KVvYwBYBMbkqHLwVA4iFcIvKqqrqorKzshs2bN3f99re/Pf6b3/wmiszQUyYCAUDoui6koH6q&#10;9NZ04YOwz6YcZFe+ICJhE0Zlv42DTOrHscZ52urARARVVYFEsujlrrVL+abR1tZGbW1t5r59+2I/&#10;//nPw6FQqO+v//qv+6+55prWkpKSfYFAoMbr9a5TVXURERUwxlyODYM0yFNn75JsZRNW1uYSv9+/&#10;bfHixR0333zzK3v37u0+c+ZMJtl+WWQm4r7Sj33sY95FixYtdLlcyzjnZTRyKDpZB04VBOyYaNLf&#10;wqZpdkSj0YODg4N/PH/+/J6DBw8ee+mll7qfeuqpcFKlmeS1Ll/novcd47MUDodp9+7d5u7du2Ol&#10;paXDn/jEJwY3b97cXl5efjg3N3elx+PZpKrqQtu3o9rEUevLRIZpmn2xWOy9wcHBl5uaml56+eWX&#10;T/z4xz8emmZkUWdeUG5uLlu3bp1WUVFR7vP51jLGSiCR4zHyLGnZRyQyEtm+m1k5OTn1S5YsOTl/&#10;/vzuxsZGYR82AjIjk3uq/bDxg4pEZCb1edrnEBEJxphj7441fzPKD5tmJBMG03YP+5WtXr2a33zz&#10;zYGZM2eu0jRtJVmZzZ3EJ2nV35yYhHTw0RBCDNpk/oN9fX1/6OrqOtzS0tJ84MCBjieeeGLg6NGj&#10;scHBwdFs2cvqs6GhITp9+jROnz5NBw8eNNxu95Cqqn333HNP77Zt2zoqKiqO5ubmvhYIBJa5XK7V&#10;iqJUE1HAjskkkKxTTGZPOBBq9w/BSio1x+v1rlm0aNHhe+65p2///v19GKkiOF3m9pUi3qdSfwg7&#10;tuxXFGVpIBBQ5s+f7/3EJz7x27Kysobvf//7A8eOHQMSeSRZHfUqQZYwOvVQYRE+34aV4bMVVpbJ&#10;VoyUOPcxxopgZeCsAFAmhMi3HaWCrEyYvUKIYzaB8Rys8ubn7OsMAhi0F72HiHQAPgC1sLKF6rAy&#10;Z+YIITywlBeOEfKogJU51LSv1Wn/DAghOojIyYq5DxZRNV8IsRTASlhESzdGhI9GRD7p+XOEEJ8i&#10;ohpYmT7PwSJxJqMTwPcA7AUwVwjxIBFdAyuz6kkAPmnTawHwSwDXA9hKROWwiKK7AfweVon6YgB/&#10;BWCN3Re9AN4hojcA7LSfaYYQ4l5YGUwXwiLGDsIivh4hordhkU7PwMpa2m8TTkdpPnQAd8DKTHoW&#10;QCOAZiHEQbIyvTpjUASLkJpv71r5GCHCZvEBQJp01dE2bUFEjvMbuNBQv9RGP5aiJhNSnFciInH4&#10;8GHzK1/5Sld1dXXvtm3bWjZu3HiqrKzsfb/fX+dyueo452UYIYwnkwvka04EccecfV3GGMvXNG1Z&#10;SUnJ+vr6+vYnnnhiyC6DkmzYTUcIxhiSjMJMLn+Z9vZceAgKcumDlMMuZTcaQQoY/XmT53vyXCQA&#10;aGlpwbe+9a2Ohx566O1169ZpRUVFJZqmeWFlLU+2N8dlWElkB+f+ql2aIOR2u/l4rjlOkPyzYcOG&#10;UElJyQpVVRcxxgI2uYrESCZU5zvpa5DVwQyAT1XVJaFQ6EBVVdWh/Pz8SHt7e6Y7DqcKDrlLLosD&#10;XLj/pELuynM+eQ2hvb0dTz755GAoFDpy77337lQUpdTlcm0m6zDUaLJ/XPPJOfhgyxiViIKBQKB4&#10;69atvn379oU7OzsvRixOdZAyuU+EoijCJoymY75e8GxEhDEOMEzUwZjq9sfH28nG4XK53HbQxef8&#10;P8V7RwJpFADjnJe6XK41paWl+++7777OI0eOtJ84cSLTshjHZfMtt9ziWbRo0TyPx7NaUZQqjBxk&#10;lDOdpaTDkvRllTGW63K5/IqiyPvFVOpw6b6nEEKMRmK57GxMU4BMbFO6kDzvOGMsT1XVFcFgUJs9&#10;e7bn9ttv/21zc3PDSy+9NHz+/Hkg63AdC6ncC5P1YROWrE3nXgggIVAKALAPbaZy7V5t84UURSGv&#10;10tLlizxVlVVrXG73WuJqAC2n9KxU9JAGnXih87WJexbhQ3DaAqHw+8MDg6+cfbs2f3vvffeqeee&#10;e657//790e7ubmNoaOiCA1JJr5cDeY4yIkJTU5N49NFH+5977rnBa6+9tv26/8fem0ZHdZ3pws+7&#10;z1BzlcZCM5JAAiGJSYhBxhMYYzsO8XDjziW447uc3Az3hzt9V1aWV/e3vuVen9f3dexOd7qT63RM&#10;wO12PMVtbMAYY2xjG9sEY2PAgEEgIQSSkJDQVCrVdPb3Y+9THBUCD1Rpop61akmIU/vss88e3v2+&#10;z37eFSua5syZczw3N/eQ0+lcYrPZlsiDg6pJejD9oxYCabKQGGhTFEUpcjgcN0ybNu3Tu+66q33n&#10;zp39uHS8JbWPpmDvbrUb4uNRVVWr8mGy7NZUYaLVJxlIub/BJFJAjnV8PbLieOBydZlIdfzauIo9&#10;4pf5pgGLHw0ADQ4OGo8//nh/YWFh4Pbbb2+/6aabmsrKyk5kZGQsczgcy1RVrZIH38x5zpoi1Szv&#10;G/nYRoMkjXBJwJ/n9XqPLFiw4Mhtt902tH79+mGkcC5NY9KDAJDX66Xc3FxWW1ublZOTc50kPzvJ&#10;ks0NSeyzlrLisRtzjBiGETYMozUYDL7b29v7zqlTpw5t3bq17eWXXw729PQYwWDwy8iiX7WPJ47x&#10;0XznNDAwwJ944onBTZs2Be+7776uVatWtZWVlZ31er036rpeL2NRdmlXGoZh9EUikc8GBwe3tbS0&#10;7Prtb3974s033wwPDw9PJrKoCQKA3Nxc9p3vfCc7IyOjStO0GsZYXF008dqUVcRijzLGsnRdn5uT&#10;k1P2V3/1V81PP/10/7FjxziEkNZ474O/aX+8UnkmIZkzxriJqyz3K8M8lCEzS5l1MvvylXzSX4bJ&#10;MAYuB/PARkrvYX5uvfVW++LFiytcLtcSTdMqYdnPIrlxrBG+pFFI4VHOeW84HP50aGjogwsXLuw/&#10;duzYF6+99lr3e++9Fzp//rwxODiY6Ju4mv1s/CcR8c2bNwfffffdUEVFRc/tt99+asmSJScKCgqO&#10;ejyeZTabbZmiKNOJyJXwDNZ9XzLWMau/36ycmUWwNjc3d/myZcvOZmRkDFn4Adb7T2XEY1gQfrIM&#10;IprndrsdpaWlnjvuuOON5ubmg3a7ffjQoUNA2oc55ZAmjI4T5KBTIAiPuyHIklkQBMECznk1EeVD&#10;qE5mQZAVVQjFz14SaqOniegMBAGxk0TKegOCvOiCIB+WyzJ8EGqgPggCp11+VFgMA+kIjV0mAMos&#10;iwxBpKofhlD47IEgNrZAkCkPy+fKlPdrhZgwHPIDXAyMagAaOOez5O8jmko+08cAAgB+yDlfQkQ5&#10;lnq7IJQ7FXltFoD7AdwBYZB9DmAngKMQiqYPcM5riCgDQrV0J4Qi6X4I9dQFAL4HYB4Rlcj7tMtr&#10;9kIopnbJ9qwCcB/n/AIR/R8IIuhoE2NQtkE+gIXm34iol3PeJQmqbRDk01MQKqkXIIisGhdqpqMU&#10;m0YaXwmJqU4v+f+E37/qAj/aNYnf5QAoEAgA0jHX3t5uvPPOO33Z2dlHHn300baVK1ee9fv9F+x2&#10;+3JVVSuIyAsZHEk4aZUs50ac6CF/1xRFKXY4HNcVFRUd/sEPftC5cePGgebmZivhICngnIMxZk3H&#10;kUyHzSVgjEFV1UTD2vrzmoOiKGM1mZpBB5M0OuLvX/H7l/19aGgIe/bsibS2tnY98cQT+5ctW/au&#10;z+fzq6paBbFuJEPNLZ56UJanMsZ8iqI4parZWLSlOQ5Zfn4+5efnq0VFRblOp3ORoihlkHYMT126&#10;isS6jJhKSZ6Odjqdtbfeeuue8+fPN/7zP//zkCVYnN4wXQaGYUBRFGD0vp6MNrvc2mYAQFdXF7Zs&#10;2RKora095HQ6i3RdX0BEbpIpu5IUYB/h/CEih67recXFxZ6SkpKezz//PPGaVGE0pydnjKWMLJ+A&#10;0RwsEznobjp1iXMOwzBIVVWboihmpgAAsNonyYI14MIAuFVVnenz+Rqqq6tP19TU9DU3N5tz0Hg7&#10;0+POTyJiiqKwhQsXZubk5CzVNK2WiDIse0brfJicm48kX9kURcl1OBxeXdeZ9TJMrH6VVFjW+MQx&#10;NGWfeZIh3v9kf1VMpVGv16uUl5crP/vZz7jP52v693//9+FoNGq1L9L2Q+qQGEyGx+MZ0wrIgzMT&#10;lYg0EUAAmKZpdPfdd+s1NTXT3G73IkVR5sj0oVYiZ1JJO2ZZ0nXC5ZpsGIYRiEajR4LB4PtdXV3v&#10;vvvuuwf+8Ic/9O7du9c8WJ8YWLP+TPz9Skgc90YkEkEkEuEAqLu72/j8889jL7/8cigvL6/z7/7u&#10;75oXLVrUnJOT02mz2a5TFGUGY8w9SlnJDESKgkaqRbkURZnh8/kWLVmy5CRjbEAeuLHaAMmElfyV&#10;LFzWXZaw3qbX2ikGS7DYqjadfs9jCHmo0PznNxlrl7smcR6kQCDAAVBfXx8/e/Ys37t37+Cf/vSn&#10;5vvuu+/cvffe21pcXHzO4/EMapq2QFGUTHNvRiNTuSajXyQSOoCLqvQLCgsLDy9evPjMhg0bwoZh&#10;WNsjbR+mYSJOxMnIyGA///nPPRUVFRW6rtczxopwKSEp2WRRbvFdAIDBOQ8ZhnEyEAi81dHR8frW&#10;rVsPPvroo/0XLlwwU2FzpGY9HdXfBYD6+/sJgNHd3W088sgjsZ07dx7/yU9+0rVkyZIzfr+/0263&#10;36goSgUROTjnFyKRyGcDAwOvHj58+J2HH3749EcffRTBSIJdKuyaZMP6rik/P1+pqKgocTqdtYqi&#10;5JFU8UtB37hcPUwSkhknsTHGit1u98KVK1c2btq06QsiivGLyoLmdyY7Rqw/QNymtB6SSP5NR7Fn&#10;pWBD4j2v1fUkHq8bA384UxSFamtrvX6/f4mmaXNllk1TXdS8LulkUVzc0wJivg4ahnE2FArt6+vr&#10;23n06NG//PrXvz6zbdu2MC4/x12tz4IDQnE0GAyir6+POjo6jGPHjhlbt26NlJaWDv785z8/u2LF&#10;iubCwsKzTqfzekVRahVFMbk/8Wew2F5J29daNv1mzLPY6XQuy8/P/8uPf/zjzueffz7Q0tIyGeb8&#10;ZMDqBwGkT4aIvJqm1TLGHIWFhdpPf/pTRCKRQ8eOHRuKRCKmSn78+7g22mrKIk0YHT8wCLLhOgAL&#10;Oed5ROSDULu0W4iTgxCKo3shVDybIFQ4gwDsnPNsiPTvNwEogiCHeiGCmTZcTCNvQJBNAxAkxBZZ&#10;ziAEafIcgF4IhdDRUqKZE4YCQQItAJDDOS8kokIAZRAqnAaAoCRBHoFQ9Nws78MgCLF2S9nmxM5I&#10;qAWMNqFEAEwH8LcAMkmkiDe/yyFUUjNk+Vw+e5F81lcAfCT//RMAlQA8RDQI4E0AL0MQSt0Q6eZv&#10;lc/iBRDhnB8lojchyK+nAaiGYSxkjK2DUGjN45y7iegkgO2yXUfLNz0MoXraJdupCoK8WkJEtRAk&#10;0iiAEMS7HYB4P80A/gxghywjjSmOVBqqCcH1RCSL3DSa8ZZoXHII8ih//vnne2Ox2P6lS5deKCkp&#10;OefxeFZpmraAMeblnKsmqdJC3EnWRnZEsJDESe6KzMzMRatXrz69ZcuWxubmZmsqtaQYPK2trVdb&#10;xNeGpmnpgOTEwdW2v9kXzXWaBYNB49133+2ePn36R06nc66iKKVynTSJR1czbhIJkgTAwRizSVJO&#10;Kh1LlyA7O5s99NBDGdOmTavQNG0GY8wndzLA2PVtM0hgphsnxphX1/WakpKSpddff33Xxo0bhy9c&#10;uDBZHInjigSVayC1m8sRAXgAaG5ujm3cuLGzoqLiSEZGxknGWJa0xxOv/8aka4x0pmuapmV6vV6H&#10;2+2+lk4CfVkwYMKOE0VRmN/vVxhjNkkoth5uSwUBIz7nSgemz2azLcrNzT3ywAMPnG1paTl34MCB&#10;GC6mxhlvhwzNmTOHPfjgg56qqqpKp9O5WKbHNYki4qIUkGtxkYxnql9nVlZWqu+//z4FAoHxbpex&#10;RtrxPwERZ7VJB7ccE3ZVVefJ1E76j3/843dmzZrV+Pjjj/e1tLSYwVQg7XBNJUbYr+NxMNdykMxE&#10;+j0LxF+Gw+Fgq1evzigpKalVVXWW9A+Y6pnmQbER3/mGGDHWEliD4Vgsdj4SiRwaHBzccfr06Q/e&#10;eeedUzt37hxqbGyMYGTqZGt5wDd7p1f6jllP6ujo4JqmsT/+8Y9dnZ2dHy1btqy9pKTkjNvtvkVV&#10;1VoZiFTJoiyW5H5u7ofi2SgYYx6n07m0oKDg4IMPPtiya9euocbGRutYS2YfT8Ue65Iz1kR0OfMl&#10;PV6nGEaZk60+lzRSD2v2qxF/v9pyr1BO3Dd9+vRpvm3btsDg4OCxe+65Z2D27Nk9Pp8vAKCeMZbN&#10;OdcsfjUgefZZfC2zzNWKoigVbre7vra2dt9dd901tG3bttDw8HDS/Evy8HcaUwMEgObOnasuXbq0&#10;OCsr63pVVaczxuzACGXcZMZTEg/FAWK+DESj0cZAILCjtbV121tvvXXi2Wef7b9w4YL1cE1iH072&#10;enql8gzDMPjRo0f5iy++2NPS0vLxXXfd1VtQUNBpt9sXEpHPMIyzQ0NDHx0/fvy9//iP/2g/cuSI&#10;aetxjF7/iQwCQMXFxcq9997rzszMnKXreg0RxTOBXkYwKlV1Me1GAABjLMPpdC4tLi4+vHbt2jOK&#10;ovR99tlnPBQKTZb2nbCwHuoy/5Zg51zNXmXKIAU+ynjR5icvL4/WrVvnmDFjRrHD4VisKEox51wB&#10;RmRhSias8725r4kahtEXi8Uag8Hg+52dnbsOHDhwZNOmTRf27t0bxsj9bFKJohKX5QZ0dnbyP//5&#10;z33nzp07tGrVqs5Zs2a1+ny+W3RdX6QoSgEAh2X/n+x3lhjfgzwEWZ6Tk1O3Zs2as42NjU0tLS2m&#10;3z3xuaYa4odQrLapbHNdUZQZTqfz9pKSEvvf/u3fqosXLz76j//4j70nT56Mcc5NPlSqfZipODSa&#10;hgVpwuj4wQ2RovxnEATRGAQh8AKEguVJAIchCIg9EEHBaQAqOefLAcwmonwSSnzmMUyDcx4lofrZ&#10;D6ARQCvn/AQJJdLzECqWQQjyqHUBMCCInNkQJFPrwIvJ8nrl98y/RWXQ1A2giHM+j4iWAFhAREUQ&#10;xMvb5HNtkN8zy0/EZTcunHMbEc1OuNb6uwZBGDXLOGcYxvOMsR75TGs558tkOwc55+8DeIaI9kIQ&#10;Q+8GcA/nfLpccwY457uI6CUi+kA+czmAvwZwB2OsnHOuQiisBgB8BkEGbcJlJkMiMjjnHRAqpzYA&#10;ByFIoQ4I8u0MALWc8zIi8gMoBFAKYIn8eZxzfixJp1jTuEaRQBYdq76UaBDGx3ooFMKuXbsiTU1N&#10;/ffcc0/jvffeO1RZWTno8/kg1amyINcpyyY22aoYpnGoMMbyHA5HQ0FBwdGGhobTR48ejUkZ/qkW&#10;rJ1KzzLhIdObJRNW0igNDQ3xP//5z8H6+vrTJSUlp3Vd71cUxSUPeCQFFmcDIyIbEdldLpeam5vL&#10;urq6xmLjRADI7/cr1dXVBV6vd5GiKPmQSqpmHccKZrDA4uxSFUUpdTqdi0tKSj6+/fbbezZv3jw8&#10;ODhoErqA9Lj7qgpDY9lOvKenx9i2bVv4b/7mbzoLCwuPqKo6kzHmhWWjnOQ6McaYQ1EUXdO0a2qT&#10;O8lsWKtaB+6++267rusZJNK6KZAcAqSING91WDHGHKqqlrtcrsW1tbUnGhoaeiVhdMIojFZUVKg3&#10;33xzaU5Ozg2qqlbSyBSOqUKcqEJEGhFl6rqe29DQ4Dl48ODwRx99FAuFQqm8/0TGZBpr1wrMA2om&#10;0c2tqmqN2+12lpSUZNx6662vG4Zx8JFHHunv6ekB0rbDtYiptt+8GlBeXh5df/312pw5c/J9Pl+D&#10;qqrlCQfiUnLjBJXfqGEYHaFQ6IOenp6tx44d279ly5aOZ555Zri7u9saWLOSylJJfIgTRgFQa2sr&#10;b21tNQ4ePBj967/+62MrVqzora6u7sjKyrpLHsCdBuF7tNoqqQiymSxLu6qqs1wuV+33v//9A6FQ&#10;qKWxsTHpB1s0TTPvPSZ29ChEwjTGAF9y2D3psKhbApOLEDRlEIlExuI21jhYfC8XDof5Z599xhsb&#10;G4fOnz/fum7dul01NTUDWVlZg1K9OR8iQ6D4cnLXIXM/Y/qWiDGWoWlaZXFxcc33vve98/v27es6&#10;ffr0tUJYSOOrIW4PTJ8+nS1fvtyRl5dX6XQ6b1QUJY9zzhKEN8zfrxYcuDQNPec8GI1GmwKBwNaT&#10;J0++tn379uYNGzYEmpqaorg4p47H/iZOTDJ/nj9/Hq+++mr41VdfjaqqenTZsmXnsrOz31BVVQ2H&#10;w8NtbW0XXnjhhd6NGzeOpro3GUDWz1133WW77rrrSp1O53xVVWcSkU3abWyMfXQjyFlE5FAUZabb&#10;7Z53/fXXH25vbx/ev3+/6eMyMVna/MsQ74NEZH5Sd7MxtJ/SuCJYRUUFu/POO/35+fkLpa/Um3C4&#10;Phk+Zese0Sq8BIj9bHckEjk4ODj4RlNT07vvv/9+686dOwe3b98+VmT+y3IDhoaG+O7du/nu3btj&#10;jY2NrWvXrg3W1NR05ObmtjmdzpWqqs6EEIszM5Fany1pByAs+w6FMZbrdDqvLy4uPj5v3ry2Dz/8&#10;MNrR0WFYr0/CfSc6Evf5TM7Z5U6nUy8uLnavWLFik6Zpn27YsOHCe++9B1yZdJzGJEGaMDp+MEmT&#10;r0GkOz8HoT4ZgBiQPoj05XdCkBWLIdQ5bSQUQIPy2g4A56WiZwsRtcm/hSCImkREboiJtQRCydIN&#10;oUSaI/9ug9j42gG4TNa+ZfLlsqyAvO8QhPplm/x5BsB5ItoFYBsECXMugKWy7mchJgxF3lu5zOZ6&#10;1Ek+4brRjMaYrL85YfcT0SEA6zjntxNRNhH1Qqi0biWiTyHS1j8I4HYIQmaIiI7La3aQUAz1AFjF&#10;Ob+JiOoB+OW9uoioGcAnAD4koiYIQm8RgADnvPMyBjdBkH7/H1l2G0T6+VMQ6qUvEVEYgGIYRjZj&#10;LA+CTKpD9IdrZUFKI0UYa6frZWA1DA3I09xPPvnkUFdXV8sPfvCDt2tqaoYzMzPDmqYtkulfyUIK&#10;MMu5WqMwkfBF8hRRpcvlmrVq1ap9bW1t4a1btxrBYDDtlEvjm4JHo9GUlAvZh4eHh43Tp08bZ8+e&#10;DYbD4XOGYXQrijINl19rrwaMiJyKovjKy8tdTqezL5mFj4K4kysnJ4ddd9119tzc3FKbzbaIiHLM&#10;TbbF4TRWBDzzpJ05eTDGWJamaXMKCwvnrV27tvPQoUPthw4dmoqE82+KlBDrrgIcAMViMR6LxXhv&#10;b+9gMBg87XQ6A9b/T+b9ZPdkEA4IStHckEaSkZ+fT8uXL/c5nc4CIrJBBkiA1BLVzflMznFeXdfr&#10;srKyvlixYkVjU1NTePfu3TwQCJgOmbGcZ6ykE5o2bZpy0003ufx+f6XT6VyuKEoeAMUaQEKKxr5p&#10;F8o2sqmqmlteXp5TV1d3Ye/evaZKPJCeg9MYX8TTZluCqwTApapqpdPptOfn5ztuv/129dixY3/Z&#10;vHnzcF9fX3RgYGC0rC9ppDFVMeJQuKqq7I477vBlZ2dX6ro+lzGWawbWknhgw6qckfj3iGEY3cFg&#10;cEdnZ+eWPXv2fPbcc8/1vPHGG5FoNPpl6fpSgdECeBwAtbW14de//nXgzTffPP2LX/wiWF9f35eb&#10;m3vO4XDcrChKGREpFpUhzpN3EDfefhKMiLw2m23BjBkzPl+4cGHnzp07I+3t7YlB0atCArEvjSmK&#10;CeK7TGNqI7GDGYFAgL/wwgvDbW1tbT/60Y9C9fX1/fn5+YMOh+PbjDE/ETGMfrD0aubTEWrNZlYS&#10;RVFmZGRkrKiqqjpRUVFx4fz588bQ0FA6CD95kcyDDiNspjlz5qhLly71OxyOCkVRpkOI06TqgI1p&#10;i8X3+oZhhAzDODU4OLi5ubn59aeeeqrx5ZdfHm5vbx8tDf14+QStPhMzW0vs7//+7wNut3vI6/We&#10;YYwhFAphcHCQBwIB8zuTiSiaCAKg1NfXuwoLCxfabLZaIvJKMnGyicRfGZb9MGOMZdhstkUlJSVH&#10;FyxY0G6z2YbD4fBkbvOvg7RS3tRE3EaYPXs2FRQUqEVFRdOdTuf1kuuhWvyk5vVXOzeO8AdbbGjO&#10;Oe8Nh8Mf9fb2vnbkyJEP//M///Ps888/H4rFYokHH8dy3Fnn47hds2nTJuPYsWPn7r///qFVq1b1&#10;FxcX93s8nrsVRakkIkdC/C+Z9RlB3iUip6qqs5xOZ8XChQs/LSgoCErCaMxy/VSfo0ybNM7FMAUt&#10;iGi6zWZz5OXl2VesWOEKhULvDw0N9e7bt89U5B6trDQmCdKE0TGGdJTpEMTJ3RCqlLmc8wIimgtB&#10;Es2DIHS6IAzYYQiV0c8hyKXm5wKE8qchSaFezvk0IqoG4OecZxGRByKFvAsXU9RDKpFGIdKghyGI&#10;oMOc84D8m3XyVeR3XRAkU12Wo0FMAkOyLmchUqgfk58/GIYRZYw1QkyomqyL8jUm9dEujK94RNQO&#10;4G0A70OkrgcECfZ7AL5PRCEAH3LOXyeiPbL+fwXgBggyawjAXs75e/L/z+GimugSAJVE5JLt/Ann&#10;/FMi+hhCARYAZnLO7yeiatnejwF4EaOnpTcAHIdIXX8TBMF0FsQ4HIJQcO0E0MYYa+ect8s6mQRg&#10;L+e8XxKG00hjMiPRMGSBQMDYsmVLuKOj48xDDz30Xn19vZKZmakS0RI5Bs3IQMpUMSTpK8Nut8+r&#10;ra09uGLFir6tW7eap63SSGMiIr6xCgQCsUgk0s85H4B0yiWbQCk3ZhoR2ZxOp5qfn89aWlqSeYtL&#10;bml+brnlFv073/lOmc/nq1NVtZSInJbg4xhyReP1Mm0kLuuhqapa5Ha7l8+YMeP47NmzO0+cOBEL&#10;BoPx65HeJFkxno6xS5wxFy5ciEYikX5ctCWt137zG40Mysed5ekA6KQAAaDs7GzKz8/PtNlshRB7&#10;oFRLZ8adTyYRnnOuKYpSZLfbF9bV1X3e09MT3LdvX28gEBgPUjqH2J8CALvtttv0W265ZZbX621g&#10;jJVDZHRIDFClJDiUQCZQFEXJycrK8hcWFp4yDGM42febYEgHFyYPRtgqViI159ymKEqpw+FYUVBQ&#10;YHv44Yfdq1ev3verX/2qa//+/ZGhoSGrIz9tS6QxlWGuEwxi7VWqq6v9bre7VlGUAiLSraRHJE9R&#10;xFxLrOMqYhjG2WAw+Na5c+de2bFjx6dPPvlk//79+02/wHgE1kyMdj8jHA7TF198EX344Ye7fvKT&#10;n3x09913h/Ly8gyHw7FSkkd0U8EuiSaMdT9krse6pmlzvF7vopqamk8WL14c3Lx5c8jM6pKsG6eR&#10;RhppJBEj5qZYLGbs378/8oc//KH7xIkTn6xbt07Py8vz2Wy2FYwxU9DAJN8nbS2CKNj0LSmMsRxd&#10;1+dlZmbO/P73v3+6ra2t++jRo8k8LJjeS4wtkr0Gxm2myspKvby8fJbD4ZgHwEVELGEvnqx3HX8G&#10;CxkpapJFW1tb33j11VcbX3zxxeHOzs5EsuglZYwDEglaCIfD6Onp4T09PVRbW4umpibzuolU76+D&#10;uA/d4/GwH/7wh7bq6uoil8tVp6pqGRFpZiabJB0e+voVHJkuXVNVtcLhcCysqqo68N3vfndgw4YN&#10;QYy09ydL239lmCb5eNcjjZSBIAQq2I033uhxu91luq7XMMY88v/MPpAs0rZ1bjbHTdQwjK5wOLy3&#10;p6dn84EDBz549NFH244fPx4NhUIxjD8h3vrsBgCKRqN08ODB6K9+9av+QCBwdM2aNdHS0lJyuVzf&#10;0jRtjiSNshT4meNKUrL9VMZYtsPhqK2urv7s5ptv7vn000+juJTkOpUR50wgTsMymweaoih5Npvt&#10;hpycHPuaNWtcBQUF727cuPHc+++/H5KZKIFR1tw0Jj7ShNGvAHOzhstPQLGvQeKzA7gVwP+EIIdm&#10;APDICU8nkZp+AIJ8eQKCmNgKkU4+LL+fC6E4Og9CsTKLc+4jIgcROSBTyktC6AAEmfMMhKLleQB9&#10;RNQFoA8iMB6GICsOye8kkh2Jc26T9fTItsiASJtexDmfQUSFAOoBLAMwxDnvJqJmxth/ATgoJxQG&#10;ccrNGijBFdo1EdaJJQjgAwDPAdgD4AyJtO/mdSqAFgAvAHifiHQA/x0XiZocQk10M+f8Y0ksXQDg&#10;JwBMwq1ORD0AdkKQUg8T0SAEofS/AVjEOS8lokwAKgkV0+wrPA+HUJF9DMAWCMXXIgDTAVTI9qzi&#10;nM8nIoOITBXZfgjC8HsAfieJpFfsb1/SZ82gk5G2TdMYRyQahujv78dbb70V8fl85xRF2bV48WK3&#10;x+Px6Lo+F/KEbML3koERJ3OJyKZpWo3P51s4ffr0gwUFBQMnT55MDExNdiMnbaiNDca0jaPRqGEY&#10;RphzbqbNSRXiGyld17/s2qtBnGCRnZ3NFi1a5CgoKKhxOBxL5LprpqMw6zQeC5p5+tC8v89ms83P&#10;ysqadc8995w4derU+Y8//tg8wZ7GRUw44yMWi5m2UbwvWYJA33g8jWJnXbNzr7RNJ9y7vxJyc3PJ&#10;4/Ewj8eToWlaIRGZB+9Sqi5qwiSlQ8x3Ll3Xa7Oysq6fO3dua0NDQ2DLli1WEpl5bUqrZLkfmzVr&#10;lrJq1SrvtGnT6nRdX6IoSiYRKbLuyST1XL5CFwl4jDGWZbfbs30+nzoBSNmTqq+nMaZIHBeaoiil&#10;drvdlZOTk1lXV6f/8pe/3PP444+fO3DgQKSvr8+ACAhfa2mw0ri2EF9fcnJy6IYbbtBzcnKKpRqS&#10;L35R8lSrRwusAUDMMIz2YDD4Tmtr6wtvvfXW588888zAoUOHIrjoR5sICm/WOhDkAdzm5ubov/zL&#10;v/Tb7fb9d9xxB8vLy9PtdrtdUZQ8SRJIdhq/eFlyPVYURcnTdb2qtLS0dOXKld2bN2+O4NpSZElj&#10;EiIWG7FdT/fTaw9W9UPW19dn7N+/P3LixIn+mpqaz5YsWeLKycnJ0jRtIWMs00pYMKPoV1sBswzL&#10;/k9njPndbnfNggULvpgzZ07f0aNHzXTNU5ZIlcbXQ2FhIZs3b57T7XbP0TSthkS6cSBBMS0Z97Ic&#10;ZjVtCSMWi7UPDw/vPnny5NZt27adePbZZ4OjkEUnWj+1jvd43Q4dOnS5aycjyOv1spUrV2YXFhYu&#10;0DStmoiyOOdWX8241EveH5B+LsZYtq7rVdOmTZtz0003ndmwYcMwLu4LJmv7fxVM5We71kEAqKSk&#10;RG1oaCh2Op1VjLFck7ANjBor+KYw2fvW2JRhGEZvJBLZ39PT88qBAwc++Ld/+7eOL774ItLT02Od&#10;myeCQFLiXGx0dXXhqaeeGorFYo133HFHeNasWeR2u1VVVatIZv1Ccte4EfF+OT/aNE2rzsjImFdV&#10;VfUZhNgbw8TwA4wVrAffredrCYJU67fZbDdkZmZ6Fi1apHi93t1ZWVln169fP4yLSt5pH+YkQ5ow&#10;egXIwKYdgtg3AxcJS/FLINQ4T3DOj0my5ZeVVwDglwCWcs4NIhqCIHHuJ6LDAA5DEER75f2KAFQB&#10;uAVAJYT6qAsX3x0BiBJRgHPeDeAzEunUj0OkOe+RH3NwGhBqoVkQac41WVYhLiUYmoM4JOsZgyA8&#10;tkEQNiPy3jaIdO1VnPPlRHQdEU0HUAZBdnwRYlINAdgEIJ+I7pGKnNb7XIloaSIGoV76eyLaLp/n&#10;Otmez8p7DBLR7wH8H4j3swbADyDeIwdwCMB/QhBBDSJaCWAtgLmcc7v8WxuAbQBehkgZnwXgZgB3&#10;AZgDoWJKEGTbkwDeArADgoQ6KjFEOlCjECqi98n2OQzgLxDv2w4gj4hmQxBI50D0lxmc89lEVAHx&#10;Xp/nnA9fzrCQ/SwDwEJcTGVvXfgCEGTkVtleaaQxnogbs+YfXnvttbDH4znn8/neqqqqcimKkq0o&#10;SgkAmyV1RbIUvkY7RZSn63p5QUFBzooVK7pOnjw5kR0dX4pIJDKCFItJ+AxpXIJL+r6u6ySJOinP&#10;0yc3oTwUCqWqL5H1s3jxYm3BggU5TqezWm4Q7UA8xdJ49ul46jCIk3caEfmdTuf8uXPnflFaWtr7&#10;8ccfp536kwAilq7YcNEBwJKzxIyA1enJNU1LdvlpJAfxF+/xeKCqKtN13SdTrZuH8gCklDh68cj0&#10;RVUuVSoRLi0oKNi3Zs2azi1btpgElrGeV1h2djbde++9jvnz589wOBxzVVWdDqHAOibqovHCLalw&#10;GWNem82W4XA4VAtBeUrNvRY7OPG/0gTVyYERaUdNbgDnXGOMTdM0bWlWVhbq6urUhx9++INNmzZ1&#10;Pfvss6HBwcG0w3XskW7j8QFVV1ert956a6bH45mhqupMEtmUgOS+E1Mtw/QDAIDBOe8LhUJ/aW9v&#10;//OOHTs+f/TRR/svXLgQvUwa+okCM+DHABjt7e38N7/5Tb+iKJ9+61vfcvr9/my73d4AIItkenoL&#10;4SNp/hQz8wPnXFNVtcDn89XMnDnzBGOs3zCMyRD4t9oLk+6QUxrfHEQEw7gkZj7R+2saqUF8Pu3v&#10;7zeGhobw9NNPn/f5fPtqa2szfT6fU9f1hURkN/doSTwkZ86lgLQRichrt9vr/X7/gbq6uqY9e/ZE&#10;zp49O6X2NtcqNE37pv2FLD/ZihUrtKqqKr+u66WMsWkQgjaJh2GSgXhfl+UbAIbC4fCnXV1d2994&#10;442m3/zmN4O9vb2mGvtEtZmsGK1uk3lsxQ/2AmD19fVqWVlZocfjuU6qzavAiGw54yG8EOcAWPz5&#10;iqIo091ud92MGTP2z549u/f8+fOR8+fPj+XB6PFC2tacWhgRyyooKFD8fn+VrutzicjkkqQknbrl&#10;ID3nnA/HYrHjg4ODb+3bt2/373//+3MffvhhuL+/f6KRRU0kju/Y6dOn8dRTTw0Fg8Hm++6777WK&#10;igq7x+PJYowVANBopNJ7smyweLwGwv9eoOt6eVlZma++vr63ubnZkPNSKmOhExVWQrJprypE5NM0&#10;rS4rK0uvqqqyrVu37m3O+ZmdO3eGWlpaorgYY0vbrpMEacLoZSDVMLMhiH0/hiD3jUbCCAL4OwgC&#10;3hUJoxCDwgNgP4APiegMBFl0UP5/JoRy6HIAsyFInFlcpH+NQaaMJ5GGvRNChfQUBIGzg4iG5YZA&#10;B+CFUDCtl8+RB2Aa59wjFygXBEFRwcW0gpcbsOZgjkIQDPs5570AzhJRMwRhsgXAcSLaB+B3EKnW&#10;6wB8ASBoCWr1APgtgNcgyJfXc84LJen0yyb3cwBegiCgdgCohUg9fwtESvpNRBSSpMxWAKsB3M85&#10;XyLb7yCAzRBqoYBQev1vAObKNuuXpN2dAN4jon4I9c/vAriRcz5dOlb7iKgRwCdE9DaAfbI+QQi1&#10;2ctOfJZNmwHgfvO+8tkaZVueAvA5hHqqBiCHiHIh3ifHVyMDZQD4BwDzcWmbRgEcBfBbzvmrAAau&#10;VOc0piwm0jsfQRoNhUJ8+/btYVVVTz/00EPvqapa4HK57lQUpYBzziynpr6MbP5VYAY24mURkV1R&#10;lBK/31918803n3nyySfN043m9ROp7a4EMgwD0Wj0csSCyfIcaVyKSwJZHo9HsdlsXkVRvJAHQKzE&#10;kiRuSA3OeXR4eDg2SmAl2SBVVdltt93mmDVr1lybzTaHiDKIiFmuGQ8nV/zeVuIYAJKEpWV+v/+L&#10;BQsWHN2xY0e4r6/PukFKQ2L8DrWPGDsEgDIyMmyapmVb7NFk3gu4uMxwiNQwRjQaTfeHCQ7OOdls&#10;NlJV1ckYyySiEXvnsejDCfdwKIpSlpGR0TBv3rwTZWVlvdFolLW2tlr7UsqJ/IwxysrKUq677rrs&#10;wsLCm2Tg1GuSbpLotPsqdTKflzHGPIwxt6qqiqXdxsPeSQ2L+OJ6Hn8XiqIkzmd8lN/TmDgwHfrx&#10;MWKx0VSZfrQhOzvbV1dX5+Ocbx8cHOx45ZVXwkNDQ2nS6Ngi3bZjCwJAdrud3XDDDXp5eXmhzWab&#10;yRjzWUiO5nXJgMnIie+TDMMIRSKRj3t7e1/fs2fP4X/913/t7+rqmizEBytpFE1NTZENGzb0+/3+&#10;jxsaGjxSGW++JN9a94g8Se1q4cKDE5Hf4XBU+/3+d3w+39nu7u4JHyQaK/X4NCYuOOcUi8XSh63T&#10;iM+n0WjUePvttyOZmZkda9eu3bl48eJCRVH8qqqaMULr4YOrvW+8v1nWJoeqqjNdLlflokWLPl64&#10;cGHw7NmzsdG+k8bkgOmbdzqdV1NMvLM1NDQ4i4qKZsvDmzbLfvySa68C5p4l3j8BRGOx2JlAILDn&#10;ww8/3PfKK68Mdnd3T3Rl0a+CyVhnKwgA5eXlKffee29GZmZmpaZpNYyxTAgbkRKUCMejfsDIQ5RQ&#10;FCVX1/XawsLCyl/84hedTzzxxIXz589P1j70VZGev6cuqLi4mJWWltrsdnupqqqlRKQm7GeTQnK0&#10;HDIxyfzRWCzWEQwG3z9+/PjbL730Uuf27dvDGDk3TySyqBVm/ZhhGLHW1lY888wzwWg02vSzn/1s&#10;l6qq05xO53ek0nuy17n4ISCTeAvAqShK4fTp02c+8MADPY888kgvRr63VIzfibwZtfowzcMHCgCv&#10;qqrzfD6fWl1dbbv//vu322y2My+88EKwu7vbwMi+l573JjjShNFRYFFo/C6A/5tznjPaxo9zHpOE&#10;wTch1DavVCaDUKm0AdgNQf6bBmAh57yIiPIgVDrdEAMnAJFK/iARtXPOO4iojUQq+QDEQHNJlc4y&#10;AIsh1ClzIYinGRCEUFUO4BCAYSIKQ6SM7zTJlUQUgVAAHcCl6pg2znkGiRSMGufcSUQZ8l4zAKyS&#10;3+mDSHvfyDk/SkRHIQiPpyCIlCTr9T8hSLG7iegpADuI6FbO+V0kUk1dbrHknPMt8jv5EOnlb5Nl&#10;KbJsu1wkVQgS6T8CcBPRMQBvyPfEAdzAOb8FwEJJnu0E8BlEyvd9EMqu9QCWQah0ZgEIymc6SEQf&#10;QSiJnpJtFvmahMsQgNcBTOecV8l3n8s5L5OB6DCAbs75OSI6wzlvI6F4+olhGG1ENE2SjcOXKZ/L&#10;Z9oA4P+19l/LYloP4P+S738r53wwTRqdUJjIxkGqYCWNsnPnzsVeeOGF4fnz5zd++9vffkfX9VmS&#10;KOZGCskQcr/KGGOFLpdr3vTp0z+GIPZPBlWMRBBkQEg6vq2kgnEl2Y3TfccaqVQmSQxkkM1mUzVN&#10;yyWibADMunlKYvCLc86HDcMYPHfuXLCpqSmVm0yy2+20cOFCZdasWVler3epqqpVABRTwWYCBPWs&#10;Tn3zd01RlGK73V6zevXq6efOnQs98cQTQ+Fw+Fo4Hf21wBgb7xdIqqqCMUa5ubk+p9M5m4gykfxx&#10;a90UhyORSPeQQLofTFwQ5KELzjkpiuIgIg8uHrIbK0LkCHUQIuKMsWy73b64sLDwwD/8wz+cX79+&#10;fXdra6s1RW6qQfn5+eynP/2pp6KiYobdbl+sKMp0K6EniaplV4RJdDHjDESUqapqjsvl0jIzM6mj&#10;o2Oy2W1XhBlgNJ3CnHNEo1EgQcnA8pXxmGPThNWvDtMpHX+3RKQyxnI0TVvo9XpZfX294vV633K7&#10;3ac3b9483NHRkUganQwY77X+myAx2J5GahFvaMMwaNq0aXpGRkaZpmkVED4+StFBhIsMR85DhmGc&#10;DgQCu48ePfqXl156qa+pqSmGkaSHiT6njSCNNjY2Rv/pn/6py+/3f+x0OkvcbncWEc0y1+skLtWX&#10;EOwYYz5N02ZmZmYWPfjgg6d+9atfDVquu6r1ISF1eNJwubYY5eBtGlMPxC8q5AJjaOdfAemON76I&#10;z6eGYcSee+654ba2trO/+93vdqmqWsgY88u9IVnm0mT0GZPIZf5DISKvqqrFRUVF+cXFxecg4o9m&#10;H033k0mKYDB4Vd9XVZWcTicrKSnxeL3e+YqilDLGVMt+POl2rFku5zxmGEbv0NDQzvb29g/Wr1/f&#10;feLEicQDNmmMLUb4AnJyclhdXV2Zx+NZqihKAYlU2ISLc8xE2ORYfel2VVWLMzMzF9fV1bXMnDlz&#10;YN++fWa2rhHXTzFMhPeQRnJBALB8+XLthhtuyNY0LZ+IMjnnZhazpL5zWaYhx3eMc949PDy8s6Oj&#10;Y+dzzz3X8vrrr4cxufazwMX9LO/o6DCeffbZYF1d3ZGbbrrpLV3XK1VVncsYc/GLSu9AEtvVsoaq&#10;qqoWZ2Vl1dXU1DR6vd7+zs7O1GxEJwfisS3ZRqYtyojIo6pqjdfr5bW1tbrH49mZl5d38vHHHw/0&#10;9/eb3x/LuEUa3xBpwmgCpHPAAWAFgJ9BqDsCCQaKvK4JwJMAWonoik57wzByiOhBIvoO5zxXbiyd&#10;AHQSqex7OedNJBQ7WyDUQy9AbARVIvJDpCefC0E0zeKc+yR5yiSGxogoAKAbQtnzPIAzRNQr/9aD&#10;iynbByEGN4cgfA5DkEatz0EQEs8uiMEck/fKlPfNBVDIOZ8JYAYRlQOYK8mpXQA+AfD/yeeAvH45&#10;57yBRBr4fRBEzudkPdZhlD4pJ+gAgGYIRdFbOeeVECfnzMu8EKqpBLGgZMm2ewrAdlmH6wHcAWAO&#10;EXkhSK5bAOzgnJ8gohwA93HOFxNRKQR5dwBCkfRtiNTxx2VZIYjU9aO87StDEtIaAfwbhBKrE4CX&#10;iPIBlAAoB1BCRLMAzJdtEwQwwBjrBXAEggh6aLR+JyfsIQDbANQT0QOQKSItTgxAvLNfAugF8A6/&#10;Qpr7NNIYI1hJozQ4OGg89thjfbNnzz7s9Xo/UFW1UFXVmZKAb1VZumpYSNVERMQYy9Z1vcLj8fiy&#10;s7MVIuKTMB0GAaBwOMwshNFEpcPxeI7Ek1iToS0nEqzBNgJAd955p15ZWZmtqmo+Y8yXcM1VO4Ms&#10;JBWDcx6MxWKB9vb2sFSLAZK76Yw/l6Zp7P777/dUVFRU6rpeK1NCMwCJpzInEhgROXVdn11YWFjX&#10;0NDQvn79+mA4HGa49FBOGmOLS8ZOUVGR8qMf/cgzbdq0Mk3TquWhqBHj5Wqc7RbinEFE3DCM4PDw&#10;cFtLS0vfmTNnJlrfTSMBPp+PKisrdcaYh4g8NFLlDEh9MHlE0FDe264oygyfz3dDfX392Q8++GDv&#10;u+++a84t5r4g2X3LOnZYeXm5snz58gK/33+DqqqVROQyHaBjxBUVlSGTR0scQmHUp6qq3+PxuObM&#10;maNIct2UgZVYCAibNRKJJJJFTTsvftmYVnL0g0npue7yiJPBTbIKpFquJI2qs2fP1h944IE3iOjU&#10;n/70p+GE9PQT0Q6yYiLXbTRY7dq0Y2TsQZWVlay4uNjtdDrLVVUtJ6H8nvSDCOZaLufVmGEY54eH&#10;h3d3dHR8uH79+va3337bVGKZjOQHAwAbGBiIHTx4EO+991673+9/r6SkpJwxlsMYy4HYr1i/k+zg&#10;pY0xlufxeCpXrlx55Mknnxy6cOFCUuassfRZcs5HS1UOTPy5d0oiVe+ec06GYRDnnBmGkWhDjZct&#10;M9p9031ubMEBGIFAgAEwmpqaort27fr829/+9oe6rs9VVbUCIn6YeFgq2fOppqpqic/nK/X7/Ych&#10;4ndJIeCnMSlBAMjpdNKKFStUv9+fqet6pdVXmgqyqHlQU2I4Foud6u7u3vXHP/7x6CeffBIbGBiY&#10;7MqiUwVUXl6urF271pWZmVlls9nqZAx8ou1rRsxd0szPsdlsS3Nzcw+tXr36zJ49e3pOnTqV7k9p&#10;TBaM8Ms1NDTYZ8yYUaGqqplZ16pcmYzxmOgn5oZhDIbD4c+7urreePHFFw9u27ZteBSFx8kynsyD&#10;O9Td3R177LHHuouKij51Op07PB6PjzE2G2I/a82cfNWHdjDSpmNElGe322szMzO35+fnt7a2tlIo&#10;FLpWbS+r7Wnty6arxqWq6ny3220rKyvT77nnnrfsdvsXjz766EBfX59ZxlVxEsYs2HANI00YvRQK&#10;53wBgP8lCXvAKKdZJIHxJQAf4PJKj+ILgtw0F8D/AFAmyZodECqVR+Wng4iCEITMQggi4W0ASgHk&#10;cM4dJNQnzRTyUSLq4ZyfIqLjAJqI6CQE0bQXgtBovl8bhHppJgSRcjrnPE+SUJ3yOt36nHKhCUOQ&#10;LoMQKdNPE1GfrPsRCKXTYTkxewGUAVgCQbadzTmvlsRYsw0zAGSQkOAuAHAnEd0MkSp+DwQhtCKx&#10;/aQTd5iIfghBmtUtk4M5Qbsg0rdD1vkNiLTunQAWcM7/NxHVyXYMQqSdfxbAUc55GYAfAbjRUr8u&#10;ItoC4GUA+2U5w5CB2CTMTTEIUuj/hmj/RgCHALwGQUhlALIBzJAqpNXy2SsAVEKkrj8B8Q4ugQw6&#10;nQPwjHz+RRZyjdWJUQ3gIYh3ehBpMstEwLW+8FlJo2htbY3t3Lmzw+/3v1lRUVGjKEoxEdkkMcFq&#10;WFy1UWiqeEkrx6koSq7b7c753ve+Z/uv//ov82TjZDIIKRaLUSgUomg0yoiISZL5uD2H5Z1xSWKd&#10;8g7wFKkoxokhmZmZbM2aNb7y8vJaVVWnE5Fd/p81uHpVGycLScUAMGQYxnAwGEwVMQmQz1deXq7U&#10;19fnZ2dnX68oSgmJU9GJa/B4z5kjbCcAICJVUZQKt9u9ZPr06XtvueWWC5s3bw5ZTt9NtrkkJZDq&#10;eKORm1PdNubGn1VXV6u33XZbWWZm5hJFUYrk+LFed1UEBXPskEh1GjMMYzAQCLRt2bJloLGx0eqw&#10;SfeJiQfKzs5mtbW1Pk3TsonIaSF0xa9JcR2sTkCznzDGWIbdbl+em5t7vKGh4YsdO3ZEmpqaUt2P&#10;CACVlZWxNWvWuAoLC6tdLtdtiqIU4WJwykpwTXXbmPaaVQ3KRkQZOTk52fPnz2+VhB9r/afSGIsf&#10;CsrJyaHu7m4G4T8bt1PbVrs8FotNNof0eIJD+j4tfZqIyCVJo96ZM2dG161b92ZGRsaZjRs3BqWy&#10;QXy/ZCknjSTBun6nMSYgALRq1SqttLQ0V9O0GYyxAkifJpms6uS8kPieHwA458PRaPREV1fXtvXr&#10;1x96++23Q4ODg9bg2mTCCNJzMBg0nnrqqUBhYeHxjIyM9xRFKbTZbEukTZP0AzDm/AUAjDGvw+GY&#10;U1BQ8KGqqmeSUT4gVGgtZaV8gF6my6Vt97FDYpwi6Tew7EnJMAxGIq2ngvGzY0xiFiciU00+fRBn&#10;/MABGCdOnDBef/31voaGhsMul2sPYyyPMWYHRqiSp4I0qiqKUup0OiumTZtm0zRtIBqNWpWd0phE&#10;ICIoivKNv27+9Pl8dOONNzozMzNz5UEQe4KZlKw+aO5TuOznRiwW6xoeHt7b1dV1+pVXXhkeGBiw&#10;KrKnMT6IxwhWr15tW7lyZbHD4ZgjfZy6RXBlQh2Ks/pyJNlotsfjmT9//vyjN954Y/+pU6essbj0&#10;nJfGRIZ1bNGMGTO8Pp9voaIopWYsKwFXMw4vGQ+c81gsFjszODj4TnNz87HHHntsMIHIP5ky1ACW&#10;Z4vFYsapU6diTz/9dNvatWs3LVu2rFLyAzzcMoHg6uc3nrDXYETkVRSl0OFwZMyfP189fPhwJBQK&#10;Aen5KN7WljZjAOyaplV7PB5XUVGR81vf+haPRqNfbNy4MdDY2BjFxb54LbfdhMb/DwAA///svXl0&#10;HMd5L/r7qrp7umfDAIPBDpAgCYIkuIkUN5GiRYlaKCnPV5Fj2bFj33vtSJGzXL9c513n+MU+zs05&#10;cWInT+fZzrXj+ObZcWInCh3Lji1FmyVT3CRRXERSXMGdBEjs6yzdXe+Pqh40huAiYEAMwPmdM4cg&#10;0NNVXV3LV1/9vt9XJIz6oIidjUT0GQDrIcmZY8GBJDj+GEDX9RwWvgOsFCR5rx2SfDgghDCJqAzA&#10;LMgU6k1CiAaS6kYckviYhkyHfgHAJQCtQojjRHQWQCcRJSEHYxCSYLgYkrhZDaAOUtUzrIiShrpW&#10;+A6TvIlQ+KPF1E7AO/RjkOltPYJWCsCAepaTkITXwwDOAvgH9ZlFUoX0qCqHA6gSMr19dhIRQkSI&#10;aD1kinRP4fSqdiep/lnu/1XOJRpG0kQKABeFEBVE9N8AfBCSrDoAYCeAZyHJkVUA/gjAfUQUVaTU&#10;0wBeJKKfANgPSb51aILp2n39wO/YvAigD8C9Qog18jFpELJdj0O26XEi+jGAf4QkxJZBEkcHIduP&#10;rlU3InKFEPsB/BMRzYbsC95k7i1qHFJ59UkAfyGEODPRZy1iYshxgN/O8OYn9xe/+EVy9erVF+rq&#10;6vZrmtakadpcAAHPGZInx/FIHiG1kSaikmg0Ov/xxx8/snfv3vNtbW0TNq6DweBEb3Gz8AhRZktL&#10;S6i+vj4diUTcSCQiiEjoui4Yk1MmEcH72YNKw5vXCum6nj3AymQy9vbt2+2XX37ZGRgYyEaNYYYa&#10;jEKILCHZ/+v3eRv/+kEAWDgcZh/60IfMVatWzY7H4/frut4MqUpOOe9vQgPEdy9HCNHvOM5wjvpG&#10;vpCNxqytrWWf/vSnwxUVFc2WZW2c7Ij5PEBkvagAMcaiuq7Pq62tXfDRj3708s9//vN27yAKBdrP&#10;1fpzK8u7lWkeKefD5s+fzx966KFoTU3NCsuyNjDGwr41ZSwi6/uBR0JQ/wgAGHBd9+LQ0FDfnj17&#10;bEWoGnX9DEbBDdhrYBQBoba2ls+ZM6dK07RKdXB8q58jO1+QDNDz9m0GEdValrVm48aNRz7zmc9s&#10;/9znPteH0XuNfPWp7LixLItt2LDBePjhh5sjkcgaktkR/FkM/N+ZdHiF+gh2xDmPRqPRqiVLlgQg&#10;934FPe9OAATAqKioCD7++ONONBp1QqGQ4JwLxhgsy7rh8+Yjra+QaQkBAIFAQBARksmk/e6772Ze&#10;eOEFp6Ojo+gQvDFGTnZ9mW1U/zY5540lJSW/uXjx4tLS0tKXZs2adeSb3/xm/6FDh2yMKI0W23cS&#10;UIC25kyEv5Gpubk5EI/HGznnVUSk+/c0k/A+BBEJx3EuJ5PJ3W1tba1bt24dunz5skcWzV6X74Jv&#10;AbL769bWVuf111/vmz9//u6Wlpa5uq7PYYx56Unz2a65a63JOa+2LCuaTCb9qsjA9GhTIiKybZt8&#10;ezjvObLXTE3VpkX75R2TOCczXdetJ598MhwIBFzLshzPpvH+vRauo0I7bmiaJnRdh+u6bmdnp/1P&#10;//RPmePHj/sP/WeiXVvI8NraPXTokL19+/aToVDolzU1NatUdh+/AEs+yFjZoDgFrjJg1S9ZsiTx&#10;yU9+sv8nP/lJsqOjY4LFFDGdEYvF2LJly6KRSGQOSbGevGdig2++8Z0dp2zbPnXlypWXdu/efb6n&#10;p8cjixb3I1OHrA8rkUiwDRs2RGbPnr3WsqxVJDPBeGdn2WAETJ394kc2QN8LCiOZrauloqJi/rJl&#10;y06FQqHM4OBgcd0rYjog68MpLS2lWCwWNk1zIee8BnJ+zuPUPAKfQEVvJpM5fPHixTe2bt16KZ1O&#10;e/vZmTA3i76+PvfFF19MV1dXX1q6dOl2Xddn6bq+GiMCctlrMf75LfuOfHMmI6KgZVmVd911V+Tl&#10;l19OdXV1eW16O89Lo9rYC2JS5xYBznlDKBTa0tDQEPrIRz7yfF1d3Ttf/OIXu0+fPu33YQK3b/sV&#10;LIqEUQVFFq0G8BQkwdBrGxp9mQCkGugPINO+X9MzoK41IAmcJZBp4esBrBNCNKifE0KIoCLpDRBR&#10;j5CqoZch1UIvQBIIu1WdQkRUCuAOSMJjNVSKelWGDjnQbEgC5jBkKvp+yEOztPq5V/3NUeRRh4hs&#10;7wEhiYQecdMAECaiUkXwDEOqlVZBKl4+CkkiPQ9JHj0I4BCAdwB0+O5XTkQeWyp7wKfqa6jPNdvS&#10;f4AyVjurg1yvrGUA/l8AiwAMEdFOIcR/ENE+SCLtk5CKopVE1ANgFxG9CuB5SJLrAIDMRBdyNVka&#10;ACKQhNdK9QzdkO/newCOEFGtEKIWktRZBmATgAcgScOdANoUmfMsJHG4G5IcfFQI0X0dkucgZGr6&#10;tQAeF0JovmfyFjVLCPEhIroI4FtCiI4iabSIKYbf6BInT560Dx061Lto0aLdgUCgiXNeyxgL5Pnw&#10;KPcmRERh0zSbKysrK8rLyy/6rhv3+CgvL8/OZz4ieV6Qc+BDRBQMhULzPv7xj69ijNm6rntEAo98&#10;4v/6WPXI5zzgkehcIYSTTCa7li9ffkkI0fXcc8/5o5FnnLFt2za5rks+Mrj3fO/n3V9FFi0vL2dr&#10;1641PvGJT8yqr6/faJrmHYyxOMmUyfneiHqst4xt21cymUxvMpnM3XRO9N2NIvQ1NjZq69atq4tE&#10;Iks557OIyMJoEsVEMFY98xGNmL0XERmc84aSkpK75s+ff5xz3uFTBynIvj4BpYPxgAB4B2y5ATWT&#10;Upb6lwUCARYKhdjmzZuthx56aGU0Gt2oUsrpQDZoyj+I8lEn4bpuVyaTOdPf3z/Q3t7uDg0N3U4q&#10;DELZloX+vKPmgHg8zktKSio55wkhBGOM3UqS81V185wwqntauq4vKS0tXbtw4cKDc+bMGWptbfUi&#10;drPfyWP5tHr1au3RRx8tSSQSK0zTXMMYi3pknuvt1W4FfKTRaCAQqCorK/PUtgu9z40HRER6IBCY&#10;tXnz5pWbNm0a1nXdVXO4YIzdrG2cj7bJ3oNkUKiTSqV61q1b11ZRUdHxwgsvZA4fPgzMLIfgWGt4&#10;Pm0IACNqVYyxoK7rC0OhkFZfXx/cvHmzTkTv/vmf/3nf5cuXHR8Ry6vbmPfLU72KKCLf8ALUCQDK&#10;ysoCgUCghnNehquDIPJij/kONIQQYti27ZOdnZ0733rrrba2tjYH0zMN/bUgALg/+9nP0tXV1Rfr&#10;6+vfMU1zSSAQiBFRCYBcdfC8gYgCnPPqQCBQunLlSu3NN990hoaG8lpEPm82FoQQ5DiOF1TnzbUM&#10;U9c3/H6E2ynwbDJBRBStra1d+uSTT8Y0TXM1TROMMZEbVH0d3Kj93+/8JTjnsG17uK+vr72qqurS&#10;l770pUFFZvffr/jeJx/+d+e2t7fTX/7lX/YsWbLkWCKReI8xVsU5rxRXZ5KZ0Pzk21MJ+V8yOefV&#10;NTU1jffee2/7yy+/nO7o6CgSFm5PECAJo/F4vNQ0zSYiKvHOGCaTkCSE8Hxax44dO3bsm9/8Zr+m&#10;abn2UrEv3lqMOivYvHmzPn/+/MpQKHSH8nF6hPaJutGvN9fkpdMpe1TXNK0pFAq1LFmyZM/69euT&#10;L774oj/gyKtLEUUUIsgwDHrwwQeNSCQS5ZxX+EnbyPN67Z+bbds+PTg4uOudd945861vfWs4EAjM&#10;CKKo/+cLFy4427ZtSz7++OPvWJa1SNO0FiKKQoqq+TMs5q1sIiLGWDgUCs2ZN2/e/rq6uq733nsv&#10;T0XMDPi5CD47xOKczzVNM5BIJIyNGzfyp59+eudXv/rVvmQy6Q4MDAAzy0c8Y1AkjCJL6isD8HEA&#10;n4JU6wTGMHgUufLfALwESUS83q05gGYhxJ8R0QJIkmUYktyYhCRyvkdE5wCchlQe9VRDA5Cp6GtI&#10;piOvgCQcxgBEhRAmAE4yvXofJKl0P4ArkOnF+yCJhr2QCqWDkCnVHUgSoq3q4hEwmHo+QA5WB5Js&#10;2KOu1QDoauL11EwTkGqXsyHTpM8F8IgQ4iEiuiCE+Bsi+o4qz4AkmFpjtNONDMsbGrVEpGEkooAg&#10;yalNAI4LIX5GRDsV0fYTANZAEm1TAF4H8HMhxK+I6DgkmdYZjxHtkb88Z6v6fwWALQDuAjAHkjDK&#10;INu1XQhxiYguua77KmMspeoeUdfVQqrP1gOYS0TLISfQYSFELxFdAvB3AH4khBi4Rp1dSOXX7wNY&#10;RURzMNp54S2kcUiydBuAfxZC9BdJo0VMMbx+6g4NDdEvf/nLZENDw6Hy8vJDgUBgA8kIWj6ZSoNE&#10;FFYb1URlZWX2IAsTNPAni2zitYO6P2OMRSORyHrTNOu98UwyvdaklH+TEERkO45zJR6P7/uzP/uz&#10;t8vKyk7//d///YyMSHZdN/vBaELk+wXlfNisWbP0z372sw1NTU33hEKh+xlj/lQz/ujhibzw7KGq&#10;+k/atu0zAwMDHV1dXX6ib15JSTU1Nezee++1ampqFlmWtZoxFobcAPoDTYBxPFsOEXDUn8ZzPx+8&#10;w+dsZB1jLB4IBFZWVFTs+spXvnLmu9/9bu/BgwcLVk33fRyKvW/kznueEms6nR7Vr5H/dvGPOQaA&#10;ysvLtT/5kz8p3bRp09KKior/wzCMVTl9LF+R90RS7R0AXNd1u9Lp9KmOjo5Bzrn3nAXXD25zjCIv&#10;l5SUcNM0q5XSGZ8ismi2Pmotz84fKrXsqpaWlrc/+9nPDvzBH/xBD2Q/n7h05EjZ3thkmzZtMpcv&#10;X94cDAZXqQMIM3vhiHNuSowMXxBR2DCMRDQaDXhVm4r65Bt+e1e1tWlZ1ora2toYEWXU728mvfBk&#10;dmJBRK7rul3xePxwbW3tnqampmNPP/30IK5WZZsJGGns/EXqZG0JdV+CyhigadqCYDAYqKqqMh96&#10;6KFwIpHY94UvfOHy0aNHvfFeqA7XQqtPEYUF/7ihUChkGIZR4ZEZgaxShT/garzIBk2qQAfHcZxL&#10;qVRqf2tr69Hvfe97/bZt+8mi07nvjiIWdnd3u2+88Uby0UcfPRqNRt8xDGOJECKa7whDYKR9ichg&#10;jJUbhlH1yU9+MppOp7t27Njh7R/ztReaVLvDdV3Yts1s2/bvUabahveXX7CBiJOBfPr+fP2UMcYq&#10;y8vLHy4rK+vz/GY32BdPalv7bICheDx+rrKy8p077rhj/+c///lLr732mrfmz/j3XUDItnVvb6/o&#10;7e11zp492z137ty3NE1r5pwnIA/JR9lwE4R0RozsbzhjrCwcDs+qqKh4NxwOd2NknzbT7OsibgwW&#10;i8UoFArFAoHAfMZYTPW/XHXaicIfYAMAruM4Z4aGhg6cPn2699ixY7k+4eK8NDXI+mwefvjhkvr6&#10;+jsMw1hEMqtpdi7xnfOO60ziWvvdCe6DvT7m3V8joopAILCoqalpwaOPPtq9d+/ezJUrV4r9q4h8&#10;whsXee9ToVCIPvCBDwTD4XCCpOiahtFEuolCqPt553RCCJHJZDJHLl269PZbb73V77quGB4enilz&#10;s1d3FwDOnz9vb9u27UxdXd1B0zTPcM6biCiYpzMcf5kEZNW1o4ZhLCorK9tRXV19AiNnV7fNHuw6&#10;GNUG/v0VpNLobNM0WSKR0D7ykY8EFi9e/Naf/umfXt69e3dGff9aPswpPV+4nXHbE0bV3BqGVMn8&#10;HUhCJnB1Z/Q67T5Ikl47rjMZqPsGATxGRPcJme78PIATkCqc5yCVIlOQZMpaIUQTEX0AkiSYAGAq&#10;8oehDK8UJKn0ABEdg0wHfx6SJDoAqVgZgHyvMUglzQZIomoNJOHUVOUFlFqojtFqooA8ZLQxknp+&#10;GMCQEOIyEZ1Rz35atcWvVDuEIAmOSyHVMecoEqc36A1IAmxgkshKHCOEUQfAMdd1v8kYe0NNUL8u&#10;hHgAQJki/b4Nmeb9NQBniWgI4yeKcsh2jwIICyG8NsuoevVDEjE9ddEaSGVWIiIHQIqI0pDk3kuQ&#10;6eiPAXgZklhK6t6N6nvNRDQLUmH0NwBsh1S7vao/qkk6BWAngG8D+J+4WsnVO4CuAfB/Q/axF4UQ&#10;w1NMLCuiiKzRsXfvXjsajfZt3rz5guu6bSpKa9LIG556F+e81rKsxPz5842ysrJUV1eXd0nBGYS5&#10;ZAKSqTyW6breggKrK4CUrut3cM6jDz300L/84Ac/6OacUzKZvJX1zG4QJ+OwTN2fpdNpcl2XuZI1&#10;6j95uJlnHUVeAkAPPPCA/qEPfSi6fPnyusbGxnsikciDuq4vIaIQAD9ZNN/PJAAMptPpE+fPn287&#10;efKkn5A00fEw6hmXLFmiP/zwwzWhUGiFruuLIW2X3Gca1/P5SE0AriIyTpRkO+reJJUg6qPR6Kr7&#10;7rvv+C9/+cuDijB620Xge5tG/68cx4FSRvM222Mdxk6oWPUvA4BZs2bxD37wg+aWLVsqFi1adEd5&#10;efl/MgxjNee8WtlyV6l5TKRwjxRLRMJ13bTrupf7+/tPXbp0aci27aJzobDBAJBpmjwQCFRxzisg&#10;A/WyqXEnM2DlZqCmeUPTtOby8vJH1q9ff2bdunUDx48fz3R0dPgrNtH+RZxzuvPOO7WVK1eWlpeX&#10;rzUMYzEAy2uPHCL/lIKILMZYmaZp/v3OtB9nPvsOkM9j6Lq+QNO0uSi8Z8sYhnHGMIzq1atX/0N9&#10;ff3wuXPnPJthur+Lq+ZtMZL6MV8OTe8eo4ijRKRzzmcHg8FHNE0rX7t2bfArX/nKjq997WtXtm/f&#10;bqvvFFoa7enqTJiu9Z6uoEAgIDevwaCpaVo1Y8zvl53IAfeocoCsfeYdrh3v7e3dc+7cub5z5845&#10;rutO90M1P0btN06dOuVs27btUkNDw+FQKHSeMZZQQgT+dXzCfd8XvEhEZAYCgYZly5ZVr1y5sm/H&#10;jh0Z5HcdmMyxKhzHoeHhYZ7JZHgsFsPw8DBFIhHhC/y6Jejq6oLjOKiqqhJdXV1QPhPvU2jz/rSA&#10;IlcB0s4tNU3zbuQv4CpfEIFAoD8QCKzgnH//8ccff3H79u1DmUym+J6nCEIIFwDt2rWrd+HChXvD&#10;4fAG13UX0Eg2PSD/85IXPBQ2DKPKsixTkdjzYVsX7Z1bjAn4D7KB1pZlobm52TBNM8EYq/d8wRO8&#10;fy48UpJXtiuESKbT6WMXLlzYv2fPnmHPnkJx7ZkqZPtEdXU1mzt3rrZo0aLqSCSykTHWCDlveNdN&#10;OOhqLF+6Clid6P2zZHt1lmFwzptisdiaxYsXH1u6dOnAa6+95jqOk08f14zGGP73Iq5GPte/LGnb&#10;siyaN29eJBgMenOzHISjM75OCF5ggHrHjuu6Hel0+uSBAwdO79q1K4WZlS1jFE6dOiXefvvtofvv&#10;v/+IZVm7gsFgJRFZnl2fz6Ad72ciCuq63hgMBhOlpaXcsiwMDw97f58ObTzKhznGWcZEGs1/nuud&#10;gUGVQ0TEldDF/ZWVlTW6rke//OUvv/6lL33p4v79+zPJZNKrX649USSLThFua8KoGEkZvxrA05Dk&#10;SmCMzqgGUieAvwJwTBH9rndf7x5vA/gvRNQNSSLUIFUn5wC4B8BCSIJomIiYEMIhoowQIgOgm4jO&#10;E9ERSELgcUgCYQbyILMEkuS3HpJIWAOpnBmHVPLU1cB01ULiYmTBcBRJ8FqRiN5Cx1VZ3sf7va3q&#10;cgYy/fybkETYnxLRVlV+B4CkWsCCGFHXnAwYkM/NVd2OM8b+P0jF008R0VwANhGdAvADAFshSa/D&#10;NA4lTfWOTUjV1CYA64UQH1BEzm4AFyDJwSchCZgvA/h3Vb8w5LtaKIRYRESNRFQJ2S9qIdPHM0hF&#10;2MuQ7/0AgKMAfgxJQOWQ7z+grrumg0C1fy+Af4ZUOv01+NJ+5TxXHRH9d0iC6ztCiEyRNFrEFCJr&#10;JPT09IgTJ07Y/f39F2Ox2AlN05qIyATyT9rwGd2cpMpotL6+3qqrqxvs6uoq2INufxv4onnMAh3D&#10;YV3Xl5mmebaqquqFysrKPtu2nba2tuwh+S2qh5+DOGFjNHdTLoRAJpPhjDEeDAaZaZouY4zd7Loj&#10;hKB4PI6VK1fqLS0telVVlTl37tzSefPmLYrH4/cGAoHVnPPZRBQhXyr6PL5zL6BACCEyrut2Dw4O&#10;nnnllVe6jh49mm9FWDIMg2KxGLv//vut+vr6pYFAYBFJhSGmni1vhAzfe/IUP/33nxBIBUern6OB&#10;QGBleXn53o0bN7YePXrUPnHihOs4TkHOI5MIr21HGt512fDwMDNNk+u6TowxQVLdc8JtwzlHfX09&#10;mz9/Pp83b55RXV2tV1ZWBufMmVPb0NCwLhwO32sYxjKSUfd6jvMmb4fYqi+4QojuTCbTeuHChVO/&#10;/OUvh7u6umZKtO+MhmEYjDEW8Rx9fnLkJAUa3Ai5TnpijCUMw1hZWVnZ8nu/93vtzzzzTEdHR4fA&#10;xA8RswcQhmGwJ554IrxgwYJ5lmWt4pzPhtxn5pVkPV74ySkATMZYVNd1farqM0m4yhEHIEBEgWt/&#10;ZcogOOemrusXYrHYf2zZsuXij3/8Y1cRmaf7fDdiNI6oPt2KMj27wmCMVRuGcXdZWRmtXr1a+/3f&#10;//3Xy8vLu5577rm0VzXkN/jidsJMmjOmFbz+XFpaGmWMlat1l+V5nPmVL4QQYiCTyRxrbW09uHv3&#10;7oF0Oj0Tx463XriDg4O0devWwYceeuhUaWnpfs55I2OsyndNXp45Zz+s67peV1ZWVjN79uxWxlhS&#10;Zd7IF/Jpe5Cv3gIANE0rWbVqVfXXv/71IOfcNQxDcM6Fruu3tH94do6maWCMCc65Ozw8PHzixInB&#10;v/3bvx0+ePDgTAnKuGXI6ac8h/BXMCCikKZpa0zTfKuxsXFHc3Nz8uDBg7dd8GmBIDtXPv/886m1&#10;a9eea2hoOKXrehfnPDgJ9mBWdQ/Sr1CiaVqNZVnBYDCY3aeh2AfyhVtlA064nIqKCrr77rsjgUAg&#10;oXwVWo6CZL4hIAmj3el0+syBAwcuvPDCCxkU9xyFAtJ1nT355JOxysrKZk3TFjDGSr11zuevGTc8&#10;MUMAfn+YRwjKS7C/f03mnNeZprli1qxZOz/84Q93HjhwoGcGq4xOavATZmabFSIIAILBIMXj8Zhp&#10;mrNUJjM/8rJv8dmwAkDKtu33BgcHj508eXLwxIkTfuVnYGa8f/+zOIcPH87s2bOntaSk5E3LsjYA&#10;iJMUxct3md67MoionHNeOnfu3EBFRUXyzJkz3nUzwQ7Le+A7Rs7bGYAAY6xC13WztLRULF++nP/x&#10;H//xyz/5yU+u/Mu//EtqaGjI46xd6343+/si8oDbmjAK+fwLAPyuEGL5dQ7+BMnU789CpjBP3eC+&#10;BKkI6aWSr4VUh5ytPglIRU4bwKAQooeIWgG0kUxPf5aILkASAxkkwTAOYCNkevI6SGJoCWT6cgZJ&#10;Ik1DppHvUv/2Q6qO9hFRl5Bpy5OQqqF+VdKxwCFJn+UAyiBVZErU85SqTwwyFf1yAB9T9zwCYJ8Q&#10;Ypd6Bm/CDKl7jUlUnAjUa9Mg28O7fwLAFwE8QlLp9AQRvQjghwAOQz77TSmKqsOZXKIrQZJFfx2S&#10;sNtARFHIdpsN2a8eVP8fhiTXXoFUlj2v/m0loncgCZ9hVedZkMRlj/hbAuAuIcQmRVLugiSjngZw&#10;CjLd/GIAjhDivCIFj9VGQghxCcC3AMwXQizI6e9eNBcBuFMI8XtE9OeQ77OY3qSIqcKo6MH+/n63&#10;vb39YiKROGKa5gcg56C8czZ8m1TvYDaSSCSC5eXlhW6QZKMygTFT0Ux5/X1RcAQg6pG14vE4nT9/&#10;firrl3cDXz2jHg6Hwx//+Mej4XBYBAIBoWnaTZXjuq5wXRfV1dX6okWLympra+vD4fAsy7KaDMNY&#10;pGnaApX+KqAcyX5HTd7a0kfE6Xcc5+zg4GDHzp07052dnflWM6FAIEAPPPCAsWrVqopoNLpO07SF&#10;JJXWvbr4o5rfzzNmnfs+NREBuXYmATDGmCmEYL4xM94Nk59MIkiqjDYGg8GW9evX7z158mSqtbXV&#10;UdHReT2gLXBk21O9Tw2AOXv27MhTTz1FkUjE5ZwLzvn17nHTYIyhurramDdvXklFRUV1NBqtNU2z&#10;IRAIzDcMYyHnfBZjzLPb8qkQ54/Y9N6rY9v2qeHh4cPHjx/v+vnPf+4514sobFAwGNTUAbKp5lmM&#10;TENTQpAU8K3vXvAj57yutLT0obVr115es2bNjvb2dvfs2bNeYOB4yaLevzRnzhy+YcOGmkQisUnX&#10;9YUkUyuxnEOCKVvD/Yf+JBVGS03TDCYSCe66rtPZ2Zm9FLdm7E12GVPEV74pCDX/mUQUY4yZmqbx&#10;UChEHR0d3jXTet3LIY57pglNwljw1syRSUeWrSui+PqysrLgpk2bShKJxIuu6148ePBg5tSpU9dy&#10;uMJ1XdK0290FeFMoKhrcGmTb2HEc2rx5czAajVYxxmJEpPv2IKOuHS9yyKe24zjnhoeHjz/33HOX&#10;nn/++fTAwMBMDeQRAKi3t1dcvHjRuXDhQkd1dfVhy7I2Qfo08xmAm/UrqrlL45zXWJZVFY1GNcYY&#10;XNfNDYAoCHhzrWfrMcbCsVjsgfXr188nogxGp8y7Vr1zG3G8z3etIFoiIpeIUul0+sjChQt39ff3&#10;H/rCF76QxPhtvtsRo1LrFqJN5dtLcnUWUxIIBKyysjKG4rueCvj9NuLIkSPO6dOnB1Op1AXLsi5z&#10;zmswOnNfvuyIrH+PMRbmnFeZpmnV1NTQ3r17iwpy+cW0acxMJkOJRCKkaVpsDJLMZExoBGk3tWcy&#10;mbbW1tahCxcu5JKSirj1yBLHE4kEX7lyZWMsFrtH07Ravx2tMO45yWcfeb7OjBK80nxk5Yn2O/9Z&#10;lhcsMbesrGzdihUrztXX1/dfuXLFE3uYiX70wjNEirhZjOJXBAIBsiwromlaHY2kSh/r2nHDH+Am&#10;hBhOJpP72tvbjx8/fjzd19fntxFn0hgB1Ng/efKk+93vfrdnxYoVZ+LxeBtjrCGPc5GH7LRHRFz5&#10;NSN1dXVWSUlJP6ZP0M5VZwg0InKTrX+e90LZedq339IAxAzDWBmLxYz169eXlJWV/SIcDp97+eWX&#10;k0eOHAGKWTMKArett1jI1JN1AH4XwAM+A3ssB48LmX79RwAu30TkjAapHvpHkOS8KBF5xMEuAAch&#10;CYMXAVwiqVw6iBGVzCoAiwBUCSESRBSHJEaZqj4DkATE40KIdiLqgEwT3wup6tmn7jeoSIYMklBi&#10;CiF0NUi9gWqOUX8XkhTbA6mWOaD+dTCiOFqKETLsLADNAOYBWAdgIxEth1TF7Fb3DAKITaIjxiO4&#10;AvLZSoQQG4hoAMCLkIqiuwB0QiqNXvdmatL07lkBSdS1INvGgSR5JgFsA7AbQEQIEVSHyhWQhOFS&#10;SFXVBKSiaA2ABeod2JCE3k7Id3YFMh39JUiSZr+6Lgaggog8knA9JPl4marqsPr+swD+UgjRda1n&#10;I6lc+zaAHxHRZ1X9vPby/2sS0cOQxNT/RwhxM32+iCImEwKAsG1b7N69u3POnDmnotFoF2OsImcT&#10;nM9ILc95zBhjJWVlZdGamho/4b0Qx4TfGBsrtfaU1zmH1AFIwsl0MbKvi1xnLRFZgUCgae3atR9e&#10;tWpVryLCjSLxUo4aqDqgGnVbkimHY5qm1XDO6zRNq2WMJSAj3EgI4TlUJvNw23Vd90oqlTrQ1dXV&#10;OTAw4PpSNk70vWWdXCUlJfTII49EGxsbFxuGsYSk+jYBWfVP/3febxnZCDfVxhnHcTps227jnEeI&#10;aDaUklEe1rzsgSMkGbXENM1l9fX1B1etWnX5Bz/4QUqlkivkfj9pBhvJlBTVZWVlGz/84Q9XCiHS&#10;jLFRm9TcsXEj5I4d1V90znlE07QKznm1pmk1jLEqkqpV3PN3Eo3qXhN97uzBo3KoukKIwUwm815H&#10;R8fhw4cPD6noyZlKSpjuIEiiKD344IP6vHnzSkgqOBs+uwCYOjKRv395HiwQUSgQCKwvLS09vGXL&#10;luM7duy4ePbs2Yk61AkANTQ08N/5nd+JVldXL7Isaz1jrBoqkO4WrD3vC+rdGIyxkkgkUvqpT33K&#10;/OlPfzrY2dk5I+wMhYJ+hpygDDiOw03TJMdxAN9B+xRVb6LwHMb+YBrv4CxXZSVvY0ItULk2DGOM&#10;VRqGcVdJSUlk8eLF4vOf//yv/u7v/u5Md3d3qqenBxjtcPXGAGzbLmjGcRG3HQgAlZaW0pw5c8Kh&#10;UKiaMRaEL8goX93Vvw+F3AecHRwcPL9r166UWjOn69x0MxAAxPDwME6cONG/YMGCs/F4fIBkNiqG&#10;ybNrGGOshHMe5XIznG+yaD7n2tz/W4Zh3GEYxjKMrm/uOvZ+6zDWc7+vQEghRFrTtCNEFFi3bt2F&#10;O++88/KBAweEUsmdKfbOpMK3thYk/LYGpI+Pcc6Zj3A93TEdyQz+uoqhoSE7k8m0ua7bAWlzZQmj&#10;eVq7PAJ+NosC57wsEAhE77jjDv0Xv/hFpkgYve2QtecNw7BIBXFOYnl+VpLtOE5bKpXqSCaTDnLG&#10;wyTWoYixkbWnmpqa+Mc//vFwPB5fYBjGGiIq9c0Nfn/Q+Aoi8pONPOLwOcMw5ioRC8rDnEdAdmvt&#10;FZuwLGt1IpF489FHHz377rvvOtPAj16ImCl2Q8FD13UwxsgwjBDnvIJGZ8ac8Fj0Qw1L13XdgcHB&#10;wWM7duw4f+DAAf/cPNPGSPa5ent73ddff90eHBzsdRznohBiEFKMLZ8+6ty5hjPGQvF4PFhRUZE9&#10;x0Tht3N2rVATrMghj/r9t/maK0a1nW9eZ0RUquv6ndFoNNTS0sJ/+7d/+9WKiooTX/va1wb6+vqA&#10;kaC44rw1RbgtCaNqo1UO4EkAH4UkMwJjkEXVwOmCJIvug1QFvREsAFsgiX3niKhVCHGUiM5CEgOH&#10;VZmVkOnMN0KSCcsgJzcTkjzKIImflyFVMU8CaIVMF96l7mOre3mp7muFEC1EVCmEqCAiS9UnJISw&#10;SKYoBkZSzI/ZRJCD0/sMQ5Ib+1X9T0Omom8FcEzV0YIkRjYBWKnq3KMakSDJiWU30XbjghBCU4uw&#10;Nxl1E9GPAbwNSeq8ACB9IxKImsC8dO9LIVVC74IkanrjxYVUdB2CfPakEKKXiC4B6HJdt4sxdhCS&#10;uDus6hOCJJFWKvJnkxBiFhHVCyEaSaqgZiBJqIPqu22QKqInAbwE2f7ACBF1LmR7zwbwQQDPQZJX&#10;r6cI2gPg3wCswYgC6lgoBfBfVbt9Xz3f9ZquiCImA34DQVy8eFHs2LFj+LHHHut0XbdLCJEiGdGY&#10;V6M7p3zOOU9EIpGyyspKDZJMX6hGoUckyT3QGPX3KcaotEqAVDtyXRdT5fz2O+Inch//4bu6Z1DX&#10;9YVlZWWzMDGlZoJcrzW1Vmgkg1A8QmIuKThvBr5HfHBdN+k4zpnu7u63Dxw40NHT05PPQ9XsRmvO&#10;nDl6c3NzdSwWu4sxVk8yQnBU02J8z5clUwPyAMZxnIFUKnWgv7//YCgUmhcMBis555qP7DKRdvSc&#10;+9470jVNWxSNRtcsXrz43UceeaT/Rz/6kYOReaQQ55N8w/+MuqZpDaFQqDIcDt+bTzLAGGUySFvH&#10;Gz/cZwt713iY6PjxO9S9f5OO45weGho6cPDgwdOvvfZaGtObMHVbQNM03HPPPWZdXV0t5zwKH1FT&#10;YarXUz9xDJABBBWmad6xaNGidx988MGud955x3MWvt/5xZuTWSwW4xs2bDA2btw4p6SkZC3nfDYR&#10;WYVINvOR9RgRhS3Lql67dm1kx44dw5DBfjMFBdf2fvj7pbee2rYNpao97eF7PiGEyLiuO0BSTdXy&#10;nneSiNSjSKOqHCKiqK7rS0pKSpzm5ubg008//UosFjv17LPPDl+8eBG+4J4iiihoBINBKikpMXVd&#10;r8BIIPikKf8JITK2bbcPDg52Dg8P5wbyzMQxIwCIZDLp7tixY3jjxo2XXdftFEKkoFTUJ6lcYowF&#10;GWOWpmnMt8+a8H3zdJ/ce47aeKq9QyHC0DRtgWEYK+rq6l7/8Ic/3NfW1jakMrbMmAxR+fDR3KiI&#10;Sbz3hOELUgMAymQy5FMEmimYjs8jAIiOjg57YGDgciwW64DvUPz9Br7eAH4fFieioGmasaamJotk&#10;JsTsdZiZa1cRY0AIQZZlWZzzCHxn+5PgV/P3K9u27faBgYHO3t5e72zcs5mK/W9qQADonnvuMe67&#10;7745wWBwOee8DkAAuMp3NZ69qedH9/bAjuu6fclkcn93d/fu8vLy+wOBQFj5h/xljft5aET5DkQU&#10;4pzPjUajSx944IETP/zhD08eP37cC4r217GIIqYaBICqqqqooaGB67oeYozFAOgA8kkWzZ5pqXFi&#10;CyF6U6lUx/e///3+EydO+LMhzFRkz7v7+voG0un0qUAg0APJi6I87h1y1zUiIisYDAaV2v90gb/P&#10;CAAZ13WHlQ8zm9Exh0sw0fbLnqt6exnvbFfIzI5BTdMWRiIRraGhIfShD33oRcdxDn3ve98bPH36&#10;tFfnUXXJyVBSxCSiUJ0fkwY1CCIA/hMkYTSs/nQVWRTIGlevAfgJgIHrGd6+Q7s0gL8F8D1IQqdO&#10;UiVrgRDiPiJaCJl2POIrS0ASkTqFEEeIaB+Aw0R0ElKlMwNJDC2HJAiuFkIsJKJqyAmxBPJ9kjqg&#10;8FTMss5P9fuMqpNHeEzmqr0BCCtyqY4R4qqfOe8Zi2khRBsRvSeE2E5Eb6u2+hmUyqky9BgkYdJr&#10;67xDzT5B9bMQQrQB+L/Us9rXI4qOEZFZBuA/Q/aRUiGEQVI5lEO2hyaE4KpMUsVn24UxRpAHk4OQ&#10;BNsrAE5AkmvPAngBwI9JpjWKEFEDpDrrUkil1hoACSKaD+ADqk42gEtCiJMA9hPRIQBvqTIYJMn4&#10;CnD9qC4icoQQJyD75p2KVJxrsHhRXeVE9EVI0ugLQoihAjwfLmLmw28giIGBAde27aQQolcIkRJC&#10;hIC8Gt9Q9/OcLZxzHrcsqywej/sVRgsdhVrPq+rlui7C4fCU1TfrkcjTBOdFaKm1JUBEBsb/Pq5J&#10;+M1Zu72+nzeyKEaaRriu251Op4+fPXv2xD/+4z8OXLx48WZS8t0MsgZ/dXU1PfHEE5FEIjEvEAis&#10;5pwnfO9kouPb72gXytF1pa+vb/epU6fenjt3bto0zaWMMQtyjWcYsaMmSiQGZCRiwjCMRbW1tS0P&#10;PvjgpR/96EeFTD7POzySuM8BaHDO/QrRk0H4BzDKmZL9FUa3eT7Hj3cPAaku2pVMJrd3dnYeeO21&#10;13r3798/kyN+pzu8d8c451RbW2vFYrF6xliJ97dJJDePC36HOmNM03V9WVlZ2YZ77rnnvUOHDqVf&#10;f/110dvbC4xOo3rTt1++fDn/4Ac/GKuqqloeCATWMMZKcfU4KZwGkSAiCgWDwdl1dXVlJSUlHTf+&#10;ShGTiZlCFvVDBZ70p1Kpw5qmJTRNm8UYM/1k2VyiRz6KxdW2EGOMRXVdXx6NRoPz5s2znnjiiZ9X&#10;Vlae+c53vjN48uRJf7AzOY5DrntLuUTFda6ImwEZhkGWZZmc81JIn1sWeVp7vfXST3y43NnZ2dXX&#10;15fbT2eabZ6dN1KpFF566SX7qaee6rVt+6yu692MsUohhIY87X1ywAAEGWMW53zaHPTk7E8Kpr5e&#10;wAJUNizGWCISidQ1NTWdzmQyHnlsxvRfn6/eI49MXWVuPa7y0xORp9jux3R933n1395iCABobW11&#10;Ll261FZdXX0Fk6iIlOPL0HVdj1VUVFiMMYzRH4q4DeC6LgzDCDLGori2EEy+kclkMhc7Ozs72tra&#10;igqjU4vseXR1dTVbs2ZNqLq6+k7TNFeTFI7yiDkTCXge9X6FzOhk27Z9pre3980zZ87sCQaDCU3T&#10;ajVNmyVkJlfKOZ+YEEhm/CuzLGttQ0PDsXvuuedcV1eX09nZOWOCu7wAgzG4CUVMQ7iuixUrVhi6&#10;roeJKExE3Nt/5mMvi9FnW3BdN6WyAfafOnXKHR4evl06kgAgWltb+5qbm48Gg8EuTdOy7TNJpFGm&#10;gnasYDA4nQijAEaC2h3H6ctkMqcYY2WaplUzxiwhM1d6Dkz/eVW+bFqPr5Y9c1EZZeaHw+FgbW2t&#10;+fjjj4va2tpj3/72t/v37NljY+QMgwB4PszpuGeYdrjtCKOQpMJNAH4HV6fkHgunAfwNgHYiupF3&#10;nUOS/dYAmANJAmyCVBqNQ0Zu2wCGlWLjGchU8mdVOWcB9KtJLQSpIvkAgEYhRAMR1UCqVJpCCJdk&#10;ivEUgCEiOiOE6CeiPkglysuQ6c4HMEJaTGFENdSGVJvMJcFyAGUk1Tq9gRxTz1UOoApALRGVAygl&#10;ohIA9xDRZkjyYiuAt4QQ/4uIDvruG0WO4zffEEJUK5JrSr2r4etcC2C08hRGFFczAH4IqcSpKWO7&#10;FDIqxDOANUhiaSUk8TcCqR5aqn4ugVRGiChS5h2qDBsjRNJzkEqtp9XP76q/m5BqrY3qU6vKihLR&#10;GkhFWgdAL4DzkG1+XN1nH4B3hRDD1zFEUgB+BZma/mn1XLnwJvK4EOJ/EFEPgB1CiORt5qQrorAg&#10;bNsWjuOkHcfp1XU9hdHRrHnrnH7nNBEFlSEz7QzCAsVVKnxTjXzOa969PGbcRG+Xe+9Jiv7yI3eT&#10;Zbuue3poaOjdU6dOdW3fvt1GftR3soeGjDFqb2/n69evbygpKVntqdj5SbETOCy+am5wXbc/nU4f&#10;u3Dhwp5nn3320Kc//elgKBRq4ZyXElEMo+eV8cILvsg69zVNmxWJRO6cN2/evtLS0u6+vj44jnNb&#10;OFp94yH7Yx5VhsYs0vvBZ/NlZeFyHAj5Xjtc5bwZchznVG9v7/adO3ee2LlzZzqTyfhVrAoNRQNP&#10;tUEgEKCysrKQZVlzGGNx7/eFZgP750UhBDHGKgOBwLLm5uZljz322OCOHTs6SKabvdn5zDt8YJxz&#10;uvfee8077rijORgM3sk5b4RSIfMCI27ynrcCo9ZDkgrfdZFIpDSRSHhZNQp13M1ozESyqIJwHKfj&#10;ypUrLwSDwZqSkpJ7dV2fS0S6GElLD4wOIshnUMJIRYRgiti+KBwOB5qbm03TNH82NDR09Ktf/epQ&#10;Mpl0PXsqGAzO5HdSxDQGYwyGYQQYY7HcYLt8rL3eeunZokKITCaTuXLo0KEe27ZzlUVn6lohhBCi&#10;p6dHdHV1DSWTyVOGYbQTUQI+smg+AymhfKdEpKuD/0InOPntPW8vl49D3rzAvydWtp3uU28FRvvF&#10;Zlw/LrTArVsJIQRc180l0RZt26mD2LZtm7Nly5bepUuXdgohhqHOjCaxnwpIwmg8Ho8HOefIZDKT&#10;UU4RhQ0qLy8nXddDRBTBJJ5T+OYbVwiRTqfTV957773uo0eP5hJGi7h1IP9n+fLlWlNTU9w0zcWc&#10;8yYorkdO8OJ4JqSsDQTIQGXXdYdSqdT+EydObN+7d+/FRCLxdjAYXKRpWkMeAyVH2TFEZGqa1hIO&#10;hxdt3rx5V2tra+aVV17xq4xO637os7enawBFET4kEgmqrKzUiMhQ3BEGjNpXTBj+c0EhxEA6nT41&#10;MDDQ5yNST+sxcRPI7tdffvnlgTvvvPNMIpHoEUJ480K+z0c9MM55LBgMRoPBYEEFFL4PuK7rdvX3&#10;9+9kjOnhcHi1YRgtkKrU/jNMP3k0bz4BjOYDEBEFOeeNwWDw1xobG4OGYWwdGho6dPTo0Z6BgYFR&#10;33Vd1x80Nx3bftrgtiKMqmiXpUKIp4loEa4ziagNXi+ArwPYC6kaer17e8TK34ZULo1BLgrDALqF&#10;EIeJ6IIQ4hIRtRFRJyRxUFPXVgC4F5KYWQVJziyB3HDakGqgXZAEw3Yi6gDQpgiiVyCJpklIMiqn&#10;kVT0uvrUqvsF1ID0ItByiQqOevYUpLJpN2Sa9IOq/KT6hFRdZ0OmRp8HqZpKACqFVCj17qtBEiD1&#10;a7V3HkAAWgCUCSEG6RqKompBZQAsx3HqGGMLFfm1DEBQSFlkjtEbLq/O3oYoDUnK7YVKdQ/5foYg&#10;ybi6updJRGVEVAZJGK6EbIdKSALqWgD3qO8MAugSQrQTUbu6bxuAo5B9SId8f5WQ7e596gEsgnRK&#10;DBPRTgBfBLAH10i/qIganQD+N4DlAO7OeU7/cwsiWgbgd9Xz7rvWfYsoYpIhACCVSolkMjls23a7&#10;EGIQcvww3zUTD9ka7YTnjLGYYRiRUCjklVM0TCaGUUYiEZHrup4i50xA9vmUge3vLzfbR695XU5U&#10;Vt6JogD8m8+067qXU6nUO+3t7Qf27t07hJENaL5Io9TQ0MBaWlr08vLyeYFA4E4i8qeA9m9WxvtM&#10;Xnp4VwjhOo5zaWBg4M3jx4+f+ta3vtV77733nqioqHjbNM0lKv20ZyNNdIPklQ0hGR3xQCCwrKGh&#10;YdEzzzzT+dd//ded+/fvF7hN1lX/hnMSD/uu9b4m0wHnEVH9PHHhuu7ZwcHBV86ePXvwmWee6T17&#10;9qxHFi1I3K4HsLmIxWIwDIOi0ahlGEaDCo4ryPXfRxYFJPne1DStqays7L4VK1acf/zxx/t/+MMf&#10;un19fQ5u3qlOAGjDhg36mjVrysvLy9cFAoFVjLEIAJZDFi2o9vDBZIxVGoYRYYzl7ukKdgwWMb0g&#10;hBi6dOnSEcdx3l2wYIGIRqPgnM8iX3p6YDTxCPmN0vfq4fG7gpzzplAoxBobG40nnnjiZ6FQ6L1n&#10;n312cN++fY5t26K/v58cxymYgK0iilAgxhhxzjXGmOHzVQJ5mrdzDtfSQoiedDrdc+DAgeS5c+du&#10;h+At//wjent700NDQ2dDoVCHpmmjhBHybA8S5JocjsfjZktLC9u3b9902Pdk99oFaB+P6qOO4wjl&#10;Sym4iuYbBfguiriNMTAwINrb21O2bfe6rtvDOQ+RVBObzGI1xlgkEAgE1BbH8zfO1LWriDHgui5x&#10;zo3JFrbw2U6uEGLQtu3eAwcODJ8+fXqmB9gUPEzTJMdx6P777w82NjYu1nV9HmMs4tkCEySLjvqe&#10;6ge24zjnBwcHD73yyiute/fuHV64cOGR6urqY4ZhLFOZaBhG7KZxl+33cRERVyqjy9asWbPy3Llz&#10;r7/yyit+pnxx/iuiYKBpGpWVlemMMRP59/9cBSHEYDqdPtXT09OH0YGPM504KgDgpZdesp9++uk+&#10;x3G6hMyMG7nRFydQHieikK7roVAoNCaHZpLKzhe8oNnU0NDQ6Y6OjtP19fUdJSUljq7rS4goIGS2&#10;xckE5ZxhAIDOOZ9tWdb9NTU1eOSRRwzLsvZ/+9vf7j18+LCTTCYFMEphtLgZnGTcNoRRRRatB/D7&#10;RLQR1ycvCiJyAPwCwFYAfTfhmCAAswCshiT7/QpS+fECgA5FwDSJqFoI0UhEqwBUQxIHo5DKpzrk&#10;4O2HVB7dA6k6ehZAByR5MwVJLIhAEkJrASyDJDxWAAgrsmgIgKXIo14qdR1ycrsW0cS/mDgA0krB&#10;NEVEHUKI80T0LqTy5kEA70H2IVOVH4c0DjsYYxcxQoBgkGTHSe1vRHQngPsB/ItSWx3rMgNAHYAH&#10;GWOPA5iv6m9AqokC1558vPZxIEm8aSGErf6fIqJBRdochHznnRhREj0C+V5dSNZ+EPJ91cCnJEpE&#10;y4UQASKy1b08YuoVSLJwK4DXINVhvXathiTuNkK+gztwY5VRG8AxAN+AVMOtw9hGDKm2uR/AJQBf&#10;EUJcuBYht4giJhkik8mIZDKZtG27y3XdYc65P4JxMvolMcYijLGwpmm5Kemng0FYxNTgWpPvzRq2&#10;17vulhjHKoJ4IJPJ7O/r69u9a9eu0//6r/+aRn43ngSA7r77bv1jH/tYdTAYXMA5n0NEhk8lZcLw&#10;nJzyRzFo2/aJjo6Od95+++3OTCZjb9++va25uflgJBI5zhgrZYyVCJmSgSZKjMpZhy3O+ezS0tK1&#10;y5cvP1NXV9ezf/9+f3Q0UBhzymTObZPdfyc69t4P/CTrUWRRx3HaUqnUjosXL77y6quvXnr33Xe9&#10;lBqF6rwprmcK1dXVVF5eTqZphlSKlkjOOC40oqRHSvdURitM01xTWVm599FHH2174403Lh06dEhg&#10;dKrEsd61t/9hAGjLli3BpqamhZZlreacz8VIRoJ8q4/lG4IxZnDOyznnIZUCt3iYWkTeoQKeUs8+&#10;++x7H/vYx+y5c+emQqHQ3bquz/fsCEi7Y6wAonzBv/gQY8wionnBYNCor6/XHnvsMaumpubwX/zF&#10;X3QdPHjQcRyHMpkM2bZdqOO3iNsPBACGMZKMaLIJzUKIlOu6nZlMZnBgYCBXJWumrxUCgOju7rYH&#10;BwevxOPxfowEPk0GIY+IyCSiYDgcDiQSieLck2cQEdm2XQwEKKKIWw+RyWSE4ziDrut2M8YqcPVZ&#10;Y773jUREGmPsVqUhLyL/GM9kPWof4bouOOcmYyyUE2STV3gK20IIRwiRdF032d7ebieTSWA0OamI&#10;WwcCQKWlpWzJkiXG8uXLEyUlJes0TZvt/W2ChE0P2fer/ExDqVRqX1dX16E9e/YM7N27N7137962&#10;xYsX7zMMo8UwjJWMsaC3J53g8+Wq0BmaprWUlpauX7JkyYF58+YNtra2ClcyiGaCqnrRNp4hiEaj&#10;CIVCGmNMh/Krqj/lzYfqt/eV8nNnb29vEoV5zjCZED09PSKdTmeEEP2KBxOehMDH7JxGMmuGBt97&#10;zWdhtwJqTU8dPnz4RH9//5VFixalSkpKkrqut5DMnMyAUf0s375/T2DJnw1QY4zVB4PBB6uqqvgD&#10;DzxgVVdX7/+rv/qry6+//roNgFSWpCJh9BbgtiCMKmd9OYD/BuBDuAFZVDnKjgD4HoAbkuN8nfss&#10;gP8BSQi0IIl8CyBVJJvV/8PKmPcmnJQQokMRMQ+pTyuAPsiDvRiAKiJqBrAJUsmzApJo6ili+icp&#10;70DQEUJkSKqO9kOqVfZDpltPqufMEJGnnKqpekNFROpEdJmIDkOSVy8Q0TmMkFkdVayjSKW9kCnR&#10;Ad/A9/0/g5GFK98D2zuMKQXwu0R0CpKwa/svUqThFQA+B+ADRKQphcI2IUQfEQ1Dtg0gVUO97zMo&#10;aWYhhAlAJ6KQEKJERS5EhBAGVFp73/ovlKEsIAmlPQA6hBCniegEgJMA3gDwU1WWBaCGiOYDWE5E&#10;8wDUCyGqiagFI+2XAtAJ4BQkcfcggLeIqBvy3V/BDdTK1KSchCSf/kgI8ftEFLjOV8IAPgFJfv1f&#10;ipB7OxkhRUwtsvOGpmme08KZrD44hh1EUKpaOb8rjoEiZhS8Pq64BxnXdS8NDAxsO3bs2P5XX311&#10;8MKFC/5D1Yn0f7+hT2vXrg22tLQsNU1zGRGVEJGnYueVkw9HFwHIOI5zLpVK7T1y5MiJn/70pwOO&#10;47hbt24duPfee0/G4/E3OOc1jLEwVBBJHtT0vPTNQpG5SgOBwJpEIrH37rvvPnHq1Kn+w4cPe8o+&#10;UzqnpFIpoLj5ej/wk4E8sqgrhOhPpVK7urq6nt+5c+fJH/7wh7nKvAWHwuX+3XocOXKEnn76ad0w&#10;jBARxYjI9M2NU1y7q+BXfvB8kAHGWE04HF7b3Nx8cs2aNZ29vb3u+fPn/c70XBsmOx9XVlZSIpHQ&#10;1qxZUxGPx9drmtbMGDO9AyNMzl4uL1DEOUCmaC3hnAcjkUhulHTRfruF8AV2zTgQEQzDENu2bRvo&#10;6ura/1u/9Vsdy5Yt64jFYr+movRDylcD3/gB8jd+Ro1pn9PV5JzPDgaDj9fU1MTWrl37b5/5zGfe&#10;+Zu/+Zu+K1euiEwm409dnHcUSUtFjAcDAwPX6zt57atCiIzjOD22bSfT6WwiqYK10SYDfX19TjKZ&#10;HFA+QYH8Hwb5VdAJcj80kzKKFAQUiWOqq1FEEbcthoaGRCaTGXRdtweA7dl8mFxlsYLchxVxc5jA&#10;nC3gUxPlnIeJKIaR7EiTBe+cOeO6rl1cc6YU2fP/0tJS9pu/+ZvRxsbG+aZp3skYq/GCFX3XjWcO&#10;ys5fvv1iWghxpb+/f+e2bdvee/PNN1OdnZ3uG2+80b927dq3LMuapev6HHVmznzEuAnNgTTi4OKc&#10;85pAILB01qxZjZ/61Ke6v/zlL/cmk8liUHARBQfOea7YEIBJ8yW7rusm+/r6Mje+dEbgqjnFtm3X&#10;dV1P1G0yyhsFIoLrutNKTCpn3Racc7e/vz/5ne985/ITTzzRs2zZsosVFRUfVZnFSrzzWD/HCfmz&#10;Pf1nGKp6ggAYnPM6y7IeraysLNU0LfSZz3xmx/DwcMebb77pZDIZptq9aANPMmY8YVR1uDiAjwL4&#10;L4oIed3vKGLfPwN4GzeXJtTASGrvhZCqlbNVuQYkqTKplCfb1ec0JDH0HBH1Qg68CGQ6+g+qe9RA&#10;piAPA9CEEI4ieKYBDAC4rL7bLYToJKILkGnNO4moXZXnQqZKH1B1NdVgT5NUwBzGNSY/9ex+NTG/&#10;E9USQmgYHS0B9X8NksxKkEqY/QD2q+euu4n2HBfUDLYQwK8DOCiEuJzzrglASAjxMyL6DoAuRajt&#10;VmRR79lMyHdnIie1A0nl2WFIh2oYUsmVK7JlBcn09lEAVUKIKrV5K4V8hyakCugC1XauKr8DUom2&#10;FbJfnIckDqcAWERUA9mf5kH2iThkX1klhLhLkeZ61T1OQSq/7gHwiiLCjrloqYm/G8BWIlothNhA&#10;RGMZNd7CFwbwf0IqjT53vXsXMW0gXNedVu+QMSYYY7fVgU4RRdwC+J3aQsi07W3JZPKNjo6O3c89&#10;99zFbdu2eYEfQH7GHwGgTZs2afPnz49FIpFVimBh5ARejnczkK2jj0SRymQyB9ra2nbu3bu3+8SJ&#10;Ew4A0dHRId588832urq6XcFg8E5N02YrokfWyeWRAsdTn5xnsTjn88Lh8MqHHnro2HvvvXfo8OHD&#10;fiJuwW82ixhRYsJo0qjrum5vJpPZ09/f//w777yzZ+vWrX3q/brqk/1+EQWFLGHSNE3U1tbqgUAg&#10;hJG9gKD8OPhGkTV9xHivDuO7qTqY9OYoxlg0EAisjsfj7/3Gb/zG6TNnzlw8f/68p2Z8vf5HQgj6&#10;3Oc+V9rY2LjINM3VnPNK9bd8Of/9ihF5TW/va08OIKjreqS5udmaM2fOUGtr60RvX8Q44DjTIfPw&#10;TeOq8UNEYnh42Nm6dWu6p6fn1B/+4R++1NLS4qrUTncQUVCMTu2UTwKBnyzqrUNZJRbGWKVpmptq&#10;amqMLVu2WMFgcM/3v//97uHhYeY4zqhAuHw7gpUjPR+3KuI2Aef8lhDf1DqZdl23J5PJJG3bvp1s&#10;suwYt21bOHKC9gaqn1wwUfht4+wvGWOFGHgz3TFtFW6KKGKaQzqXUimRSqWGPMIoRnxHeSFMTRZs&#10;2wYKsF5F3ByU0haD3PNOegpZIUTatu0u27aTg4ODk1xcETcAEREtXrxYW7JkSV1paeldnPMaItJ9&#10;vpW8+GlUYcJxnN50On2ov7//5H/8x3/0dHd3O0IIsX379vSSJUsuzpkz53AoFDqj63qMMRbOJSeN&#10;oz65AZEEwNA0rbGqqmrzpk2b2p555pl+IsLw8LBfnGpa2/S5dvNk3L+IW4pJEzny3qUQIj00NNR9&#10;8uTJFG6v4Ef/XOUKKWaXRv6f/6p5ZSaMI8aYsCzLef7554evXLly4amnnkrfddddellZmdB1fZ1S&#10;i+a4+pwyHxPUVfO1N88LITTGWMIwjA3xeDywYcOGIIDXv/GNb1xpb2+HbduevVO0XycRM5owqgZw&#10;WAjxIBE9BcBLKXitTiUglYHeIKKfAOi90UKtjJZ6AH8E4GFIYz0JmT7+ECRJ8hIRXRJCXFEkTi+V&#10;eCWAeyHTyntEwDDke0lBkUIh05lfVgTPNiFENxFdhiQu2pDqnZYQIgTAICITQAskcVH3fTyCYweA&#10;fQB+DkmazD349tRGI6puUSFEHFIdVff9rUT97JFENUiCbAAyRT0B2A7gO5Akxt2QKquewmo+4U00&#10;OqQCq3nVBTLN+2skFV79B/euL/odkKTW1QCWQBJ4gxjZgDmQ5MxByHa3AWSEEAOKvNsD+c73KhIq&#10;INvEgFS5jUMqxparNi2HJJQuVWUSJMG3B8BF9bkkhGgnouOQfUtX36kkomrINvXS2zcLIR4hoosA&#10;/jvkO05dp90cAIcB/DNJZdMqjL0AeE7fCiL6HKQC7ktCiMGi03d6Y4Yd5E4mKN+qG0UUUSDw/Nme&#10;se66rttt2/be7u7uV958883j3/3ud4cHBga8dXOiuyPyf5544olIU1NTi2mayzjnVRixTfOyIfE5&#10;XWzXdbtSqdR7+/btO/bqq68moZ5ncHCQ/uEf/mFw0aJFp2pqavZrmjZP07QmRV6VlZnY8M9uiIiI&#10;M8YigUBgeXV19buLFy8+AblOzwgn122AXLKQ6/UR13X7FFn0344dO/bGN77xjY6XX37ZS0VfZM5M&#10;E1RWVqKhocHUdb1E7XuA/EbT5pJFJ3zvLFts5IDSYIzVWJa1ZuHChcfXrVvX9corr2QPMTG6H/vn&#10;ZDZr1ixtxYoVs8rKyu7hnM+B3GPmzoF5I5X5MOH53nOekoSh63piwYIFpUuXLu1pbW21UZxji5gY&#10;ruo7nHPhOI6raZr77//+78lYLHb66aeffqWpqUlEIhGh6/oykhlJyLO1JhKAMgZyI/RlRaWPSmOM&#10;VRuGsbGiosK677774qWlpTt3797drQ6aiyiiYGCaZq5ax2TCFUJkhEyxeluuCZqm+VN5esjXGlnc&#10;09xCuK5LrusWSfpFTHdMS9WgZDIplOpiBr79ftF1XMQ1MJF1caxONYogNIn9jjHGAkTETfOq49Yi&#10;bg2yPpu6ujq+ZcuWaHV1dYtlWRuJKK72ft51491ner6kbPYaIYTjum7bwMDAr86ePXvu5MmTGRVw&#10;JHp6euj5558feuyxx47FYrFdmqbVQXIPsocMGH+f9z+HJCwQJSzLWlNZWfnGY489duanP/3p8PDw&#10;MGEa2pyqjW9VcZ4wyK0qr4hbBCFEZmhoqO/o0aO3i8LoVUin00Lt6W8JwWEGcAMEEQnDMITjOO5L&#10;L73kpNPp9mg0+sbSpUtZSUmJaxjGKiWC52VS9osHTfT5c9cq/8+eDzNhGMbq0tLSwAc+8IFYLBZ7&#10;7etf//rZ3KD3fCNfgh7THTOaMAr5fKuI6CkhxNwbRNl4va2diP43ZLrwm5loCJJgGALwC8iU3Rch&#10;CaNpSPJkHEAdEXkExHJIsmUIkvznCCF6ieg8ZFr7c+rfHkhinkcKLQNQQkQVQohFRFSq7h0kohCk&#10;UaZjhKCoY8SgzKj77iCinQD2QqYu92R/PUJpFSTZdDGkymktgKi6vwlJ9tTU9RoAriYOhtEbfI9g&#10;uQDANkhS4osA1gkhasZ5SHLVjOAncqhBfREyHX035KSWG2knVFtkMcY83wVgFySxthmSzLkUQANk&#10;2vhsXTxFKSKyId93GpJAOkREQ5DE0h4hRBfJlPFtRHQII+qmHJKQGockfNapcuog38GdkITWYUil&#10;1m5IEvFFSDXSY+r3gCQIVxJRAySJeQ2Al4UQqWutZardBgG8AElY/QSu/V68BWKBEOJpIroC4M3c&#10;9iyiiMlEOp2GT4L8/2fvS4Pjuq4zv3PfigYa6G7sAElwAwUuErhJpGTJlizGlCYa1bgcR85kSnIs&#10;2VHkyqRqMs7Ef6YylfGfsZNUJY7jxOOobNXIVbYWi5ZlSRYlkdRibeZiLuJOkQQIkEBjI3p97575&#10;cd9rvG6CG7pBAuD7qlBAN7rvu+++e8+999zvfOdaTt4c7q5CzDWUOINARCylTDmOs390dPTVAwcO&#10;7Pz2t789FCCLFr46xUsGNwYEgDo7OxOxWOw2TdMWk1LrrgiC6o/e61Q+n983Ojp64Nlnnx368MMP&#10;fSIf5/N5OnToEHbu3DmyevXqj0zTXKFpWge8dZTfTpi6zSl1dmmapi2JRCKr77jjjvf+6I/+KPOT&#10;n/wkU1J+aG9mJkoV3YiUsuhwLpfbPTY29sL+/fu3fvOb3zw1MDDgKzcFn2X4XGc4pJTU0dFRa5pm&#10;SyVtkocgebzwnk9yDDjWr7rc0q8RUZVhGLfE4/HbN23adOjYsWOfPP/889l0Og0U2/MCWXT9+vXa&#10;X//1Xzc0NzevtW37LiJKwNvTBexgOQiSWoveK7fgkrIYgKHrektjY2Pj0qVLTwbeDxGiUmAiYl3X&#10;2XEcl5nlM888k3Ec5+jXv/51Z9myZbloNJo2DGOtEKK+ZGxXWnWqaG4CCusgXdO0Ftu2P9PQ0FC7&#10;du1a27KsD6SUGnvwPzv7fd8hZjOuJdnN838Kb969ITt+Pp8vve9S4mg58Nc54bx7jRAGgYeYA5iV&#10;yliGYcAwDIOI7OD5U7iuCnGNcC06GRORLoSI6rpead9IiCtDkeiCYRhi9erV82pqam7Rdf0mIUS1&#10;50Yqx58EBNZuvg1zXXfEcZyDPT09v3nxxRf7e3t7g0IS4ty5c+6OHTtOtbS0vG/b9gYhRKsXdF3R&#10;wEgAJISo0jRtUV1d3ZovfelLR7du3XrMq8ts9KPPlnqGmDqm3T4TkWaapt3a2qpN97VmKoQQPi+p&#10;0mrbF/PVVXzs6nqBojfta2EighCCLctiTdMkAH733Xdz//7v/977yCOPvH7LLbekY7FYxrKsDUKI&#10;RlLq1T5pfzp8mBMqRhO8C00I0WhZ1oZ4PF7f3d1t/dmf/dkbzKz77ssK1mGiMsWCgjesjZ6zhFFv&#10;ozYfwF8A2EhEOi7RkbyFkAPgSSjCYfoK11c6gCMA/jcUYa8NwAoAn4ZKI96ICSKnb7xTzHwWwIdE&#10;dADAISLqgyL+6QDiUsoWIcRqeORBZk54pE0LgE5KJZOgDt1cIsoCSHvkvx4iGvDKS0ORTvcD+ACK&#10;iDqKCZJfxKvzRgCfY+bbiKgJXsp5mjxFOYLvXaKdGMASAH/otc/rADYR0ee9+7zU4J5U7nmSw1AH&#10;qj37ociLz0MRVHMA7oFqfz/SU0Kpdw5CqYQ6AByvzXJQBGEHqs32Qym7/hpKTbUVKp18vdc2dVAp&#10;6GsA2MxcQyodfT1UP6hlZhuA4ZFxJJSSgQsgT0ppdgRALzOfIqIjAPYCeANKRVSHUqBdBNWfuph5&#10;HhE1QxFJpXdfvprtaa++HwPYDUU2HvTaUeDSylbS+/6/skpx34lLPxsdwF3M/BgR9TLzCQpT04eY&#10;XhT6oq7r/iY49L6FCDF1FBb7gYU/pJQZ13WPp1Kp1/fs2fP6k08+edZL2+47hCqVppDa2trEAw88&#10;UDV//vz5lmWtFkI0Bcd1mQ72gpPMuz0ppRxKpVJvHT16dP8777yTy+fzfhr4wn3t3r07c+zYsY8T&#10;icR+y7JuIyLbWz+WiyDBEFAR+g2GYdy8ePHidZs3bx54+eWXc67rYnR0NDzxm7nwiTXBKHcppRzK&#10;5XIfnT9//oXf/va3r37rW9/qe++991xPuSlIGA3XSjMf5LouJRKJmGVZ86GC5Yqc5lNEIXJ2suCT&#10;QODbVMsP9km/LEPTtDbLstYuXbp094MPPjj86quvDnhpu0ovRADEpk2brDVr1qyKRqOf8kj8VZgI&#10;oi7HKPtEUSIi9utYuPjEPqKca/jf9e9P0zStsbq6uiEWi5X6AUISS4ipoqjv+EE3QggGwOl02v3l&#10;L38pk8nk8SeeeGJ87dq1g42Nja5hGLdDBQz7juwgebrSpNFC3QJrjjrTNG+tr6/XV61aVZPJZEah&#10;/FOFulSoDkGEYyzEFSOVSkHTtIv1mYr2USLSiKhK0zQjcEBzI6AwTxqGQZqmBVPZFoL6yrVLwUMf&#10;vxhvnznlioe4NMK45hAhrjkIAGpra8kwjBpN0xLeobraNHmuKEzP+irEjYmCoffWSxLqHLPw/jQR&#10;lQleZkki0nRdJyFEOKdfH1BXV5d2//33201NTV2GYawilWW04PuuRIBvcE3huu7p8fHxD3fu3Hnq&#10;+9//fjoajQb96BIAfvzjH499+tOfPhaPx/cJIRZpmtaK4uChKdcFyhfl+9CEEKIuEonctXjx4v3L&#10;ly8/eerUKTeTyczKgAMPlToDCXH1mO4+M+19kojs2tra5jVr1lRBcV5uOD+nxxMwAlypSmHStpwL&#10;ey5/jer5MGUul8OWLVsyZ86cOfOlL33ptc2bN4+0tLS4lmXdAaDRb9vg+TEquMb1iaglAQsCQK1h&#10;GCvi8TitWbPGzGQyIzSRBa7iCIO9FOacd8x3ikMpY34DwH1Q93mpp80eoW87gB8BGL5c5/A2gTEA&#10;vw9FDl0JoANAPTMbRORCkRDTAM4A6IFSLT0E4BNS6cs1qNTiCz2iZicUybWeiCKYWHzliSjHzGki&#10;6odSBh3wyjxBSumxFyptfR4qlX0KE4fU0quLTxLVPALqTQA+593DckyoZwIoDP5yD+40KMLoFijC&#10;6veZeTmAFd7AL0XhUJ2ZHY8ImyKiFDMPe/c+AqBfSnmKiM4S0Sek1FkHvPsWADoBfAueQifUJkoy&#10;c56UsmcKimw5DNWOfVBteBTAOVYp4Ieg2jLplb030DYaAiRgz6BVQZFLDVKyzfOgnm8rgEXM3OyR&#10;cWNQ6rLtABYSkc7Mwnt2Q1Ap7Q9DEZFPADgARWC2vO8sBtDJzAuIqB4T6qSf8pyyY1B97hCADwH8&#10;nJkPAXAm69fee3lm/h0RfQfA/4E60JoMvgG3AXwBSrX2n5h5ICSNhrgGICkl6bquCyEimFBRBqZ3&#10;QSyZWZaMn7C/VwhSynKJOCGmAF9RFCiQ3rJSyhOpVOqlkydPvvzCCy/0vfDCC9lMJlNKFq0IabS9&#10;vV179NFHOxobGz+l67pPTIJXn3Kj1gqbDKg/UlLKE6Ojowe2bt3aV3JPBUW6t99+21m3bt3gsmXL&#10;9liW9VvLsmJEFC05N51KvSYjc2m6ri+KRqN3LFmy5MPu7u7hAwcOyNHR0dkYHT1XcUHwUmBjLAE4&#10;UsqRXC73zsjIyJY9e/Zsf+aZZ/p37NgRDFQKyaIzHxT4TcyMqqqqOl3X2721d9ApEvz81V6jyLnC&#10;zH6KeKMCNiZ4DfLsjK+y2VlXV3fXsmXLDj/wwAOjW7ZsySSTyeDaScBTF924cWMiHo/fZprmOu/e&#10;/cpSmaTOIqKs97cLT7HE2weVc++FogN/a5qmNZmm2RCJRPygTV+ZIxyP1wiKjzSnUNR3hBCsaZq/&#10;nmIAPDo6Sq+88kq2pqam3zTN33R3d+vxeFyapnkHEdXBS+0EFDlbfVRC2W/iRVFcEEUsy7qloaEh&#10;5rrusK7rLVDjv4Kc1QsQjrUQVwTTNC/174p1UG8+qzIMo8WyrBrLsiqtRjIbQJqmkRAiKGow8c8y&#10;7UHw+wGFDialaFJW2SEmBzP7ZxRzCqF/aO4isC+Y1esEwzCErusRIUQtJj9jnQ7SaGkGkxA3IKSU&#10;WWb2z34BVN5mBsrTiMjWNM1esmSJXldXh6GhoaDPNuyP0wcK/IhNmzZZX/jCF+ZHo9F1hmF0ATD9&#10;vR7KszdFQYdQZjrruu7hwcHBXTt37jyfy+Xk4OBg0dlAb28vnz9/3j1w4EBfa2vrdtM0uzRNawBg&#10;Bvz6fv2uFpPdk63r+rLq6urlX/7ylz+QUp598cUXZclnw/4Y4nKYtj7irW+uVR8UQgizqqpqznG8&#10;LgIq+Q1N0wQpsZdpyw6GC+1jReE4TqH4ihc+CYiIDMMI+jCRSqV427Zt+SNHjgzF4/GdGzdu1Bsb&#10;Gx3Lsu4UQjTC42AEgkLLnXMuqJZfXtCHCWXzOxOJhCmlHNc0rbGC17wA3p56uoqfFZiLxkQAaGLm&#10;R4joYUwoJ1wKDOA4gO9DkTkvGSbldRoTwF0A/gaKGJgCMMrMB6AIf31QRMR+KEVPQJHwmgHcD0Uu&#10;bYci+1V7xiYDpQr6CRElAfQzcx+A00R0lplPklIOTUIRUfNQRFD/0M2v9wUpA706a1BkxW4oIu3v&#10;QxErC/2gAiTRydAK4MtSypNCiI+I6H8B+O9Qad6rSj6bh7q/T4hoPzPvJ6JDUKncR6HIonkAjhAi&#10;j4lFswGl7NnFzMuJ6D4Aq+EdggLwJYuroNQ/Sw08Q6mLZqFIpD559DCAg97vU97/8lDky2xRAYrQ&#10;2ue9FCU/lkeyjEH1g3bvZx4zt0H12QaPaDofwE1QzyvHzMOkFGhPAzjFzGeI6IBHMLUAJLw2biOi&#10;FihV1UYokuo9XpnfgUplfymkALwIpTb7n72yJ+sLvgGvAfCnUCTe/8fMQyFpNMQ0ggCQYRhk27at&#10;63qjRxoNRlJOx4JBSimTjuMMpdPpYCQlEG5CrxaTbt6ZGdlsNmzL6UVQyQooJlSylDIvpTw1Pj7+&#10;/OnTp196+umnD7/yyiuZdDpdSdJbwckFRRg1mpqaFldVVd0hhGgiIi0wjst1dBVF6TqOc3Z8fPzN&#10;U6dOHfnZz36WGRoaKiWMAgCSyaTcvn179jOf+cyB6urqD0zTvA0qECRY9lQRjJQDM5OnMnrLggUL&#10;Vjz22GNDf//3fz/Q398/U6Kjb/QTukmVGgIbR8d13VOZTOaNkZGRX+/bt++jxx9//Mzg4KBPAgzJ&#10;orMHBZtRX1+PmpoaYVlWzEunZRc+VAGF0SBp0nXdAWZO6bo+j4isoBIXpm4Di+wnEQkhRINlWavb&#10;2tpWP/TQQwOvvfZaTzKZLC2f/viP/7hmzZo1a2zbXi+EaPO8NJVKO1OaYoZd1z3HzFld19uIyD/o&#10;KNcBV3DoEZEmhGg0TbM+EolcLni00rjR7ecNhUgk4vfbgi8GAF5++eVcPp/vf/zxx3esXr2aY7GY&#10;a1nWpz3SqL8mKCVjV8rpGrQD/lgWRFRrmmanlDIrhIh4/6My7dulEI6FEJcDA4BlWYU+WDIX+qhY&#10;XyIiWwjRqOt6dXV1dfAgnnDpzDxzAQSA6uvr9Xg83qRpWi1K2raS9sCb+nNSynQmk8l6+5wQIa4I&#10;IWF0ApcgXM9KcowfRDvLQaZpkq7r1UKIOE1kpqn0IXoQEkDOdV13DrRfiDLgum5KSjmKaVy38ERm&#10;HUFKmb16wYIFZiKREENDQ2FmpGsLAkAbNmyoWbhw4WrDMFYKIRIIBP5VwiYEysi7rns8nU7vOnLk&#10;yJH33nsviwn/ud/nCIBMp9P4xS9+Mbpo0aK9dXV1e3VdXyKEaIF3Fl8J/46/n4UiL8erqqrWrl+/&#10;fl9fX9+2F1980ffBzsr50EcopHJNMW0NnclkXCml3yenFURkW5bVXF9f75+P30gdyOcJ6Jqm1ZIS&#10;36to+XwRo2oYxqw+6yGV9Ys9tfIinkNPTw//6Ec/GhRCfLBx40aqr6/PW5Z1txCimQLp6UtQqTVv&#10;qQiGbxOrDcNYCsXHqvLuoQKXCzEZ5hRh1OuvtQD+ExF9BSrdOnDxDut38PNQqczfgiJgXgkMKPLn&#10;+wB+BUUwHAKQI6U+2QBF4rsJQIv3OgFFstOhiIlDUCqQJ6HIpae8cvqg0okniSjlfdYVQhSlT72S&#10;gREgilYD6ALweQCfI6Jl3nvA9E8mBOA+IcR+KAXXV6BIhg8C2ACljulC3fteAL8FsAeKKJuCul/T&#10;+6nz6m1DtWkTgASrdO3tABZggogb3KwXGZJJ2o4C16ghonkAbmXmrEfe/cSr2w6oZ97DzGkABdVB&#10;PwLLK8/1fgAA3mcJE6TNj7z6mZ6hq4PqH83ezzwoMmkHEbVBqYquUpehNBRxdtArrxeq/xyG6ssC&#10;QA0zNxFRq2dc67w2v+hE5jlzzwF4GsDNANYF22+S9mIoYupfeHXZwsznQ4MdYjphGAbpum57EYsF&#10;wug09jtXSjniOM5YKpWa6wdI041gJFiR0lqYzmbaURgnXJxOm6WU513XPZ7JZN44ceLEL773ve8d&#10;/OEPf5h2XTeYih6ozEaIANAXv/hF82tf+1prbW3tKl3XbyKiGr+OZZK/C5sUX0GVmbOO45zo6+t7&#10;+/XXX+/v7+8vJYsG74t37tzpPPfcc30dHR37o9HoaSKKCSGqStTApoySwBxLCDE/Fovd2d3dfbK1&#10;tXUIE20+6x1ecwEBgq//7Fwp5bDruscymcw7Z86cefGNN97Y+7d/+7cjPT09QWX/We1AuMFQmJta&#10;W1vF3XffbZqmWadpWnAvUXZQSrAvAXBzudyhXC7XW1NTE9E0LUiaD9ZpyvDtvUeM6YhGo3cuXrz4&#10;+K233jrQ39+fyefzDADV1dXU1tamrVq1qj4Wi31G1/XlRGTzhRlpp+oE8smyfp1YSjmazWYPuK47&#10;VlNTEyci069zuQi0sSCiqBCitq6uzpg/f744depU8GArtK8hKoISFdXC/D0+Pi63bNmS7e3t7fvm&#10;N7+57fbbb0c8HtcNw1gnhKiHSu0YPJirdHr6YLkIrGNsTdMsKCd4qQ+j0huqmRIEE2Jmg1OpFHt7&#10;jxwz+37PispRBuZFjYhqdV2v7erqsjo6OjKffPJJ4WOYm322KEikvr7eqqqq6vAUQ4rauZJ+FVbI&#10;MnNqdHQ0OzY2Fm76Q1wtbkQH88UOY9kwjKLX16xG04fZdh+F/dDy5ctp3rx5tqZpMSKqI5U1IbiU&#10;mw7SaN513dFMJpMJfag3FC7wDbqum5FSppjZDRIGKzmHl+yrLdM0G7u6umKLFi0aPXr0KErrFGJa&#10;QADItm26//77jc7Ozqba2toNuq4vgSeS5QtBlOlHD/rQiZnz2Wx2TzKZ3PXWW28Nvf/++6WZxwrf&#10;y+fz/Mwzz2Q/+9nPnluyZMku0zRXmabZwMyFc/kS8YqrrRsF60ZEpmmaq+vq6o50dnbuWbly5fi+&#10;fftCldEQVw1mRiXn0mQyyQMDAzlm9gXeCpfCNKxnicg2DGNeQ0NDtRDCv5e5PA6K2vHee+/VYrFY&#10;1FuD2Sj2b5V9rRJfnWTmccdxUrlc7gI7WA50XQeu8X4nEIRWatflr371q9zAwMDAE0888c69997L&#10;9fX1wjTNjZqmtXnt7Ith+MHvlax7qdiOV11hQfHBmL3MGtNw7RCYY4RRKLLfHcz8VSJa4L13UbKo&#10;1/EkgJ0AngEwcIUGRUC13U4AA1LK+UKIDgC3e9etZ+ZqbwD5iiYjUMS+7QA+hiKKnoIi8Q0DGIci&#10;hvppLIsGaxmGzgawhJk/T0R/CEU8rEIxcWc6ESQWPgalHvosgHcB7PPeb8CEsugwlNKlBkWcvBXA&#10;Siiya7P32ah3XzbUM9ehJPg1z/kbvPZU66z+UAembQBaiWgdFOH2IIDnAPwSikianbSUYIETBzH+&#10;M5UAHGbOQCnQnsVEJIgGpe4ZgSJAx6FIx51Q7bAcwELv9y1QxNQclOrsMBR59CgRHQawj4h6oNpU&#10;h2rnS8GBIrM+w8yLiSiBiy9q/Ge7kJm/TkRnALyNKyddhwhxJSiKkDJNE7quW0KIGAXSpaLCUdzB&#10;gBlmTruum3Zdd9YstEuUyoKOo+mMdr9stTDJhkXTNIrFYujp6bkOVZrTmGAgFCtY+ZseV0o5ks/n&#10;96fT6a0nT558ZevWrUd37NiRkVKWkkXLRUG5h4jozjvvrOrq6lpdVVW1wRvLWsmmrix1Pd9hBqUQ&#10;3J/L5fZ98sknn/z0pz8dD6SjD36ncN2hoSH57rvv5h5++OHTDQ0N7wkhGoioAyqSufTzU6lfkcqg&#10;EKLWtu2NiUTi/fXr1x/esWOH46Wln4ub+5mOgqMUExtf/7UjpRyXUvbn8/m94+Pj23t7e9/dvn37&#10;8Z///OfjyWQyOGZCsujsAwFAIpGg7u7uKiFEDVRQl6iUymbA2SGZOZ1KpfafPXt2d0dHR1NVVVXE&#10;C+4Kztfl2sGCPRRC1BmGsTaRSPzuq1/96olkMtm7bds2BwAaGhrEN77xjXhnZ+dK27bXaZrWgoDN&#10;Lve+MRGZ7Y+HbD6fP5RMJrcBoEgkcquXxrHIFpd5TUCNYZOIInV1dXZbWxudOnUqeE+zenyWrPOu&#10;59ouiNI6MAC2bduPXp+T8BzGpXbff0+cOHHC+bd/+7dzkUjk7Ztvvjkfj8fPm6a5QdO0Nmb2UzsB&#10;E4dplXa4+ggq/QYDiaYry8xkdQgRYlLouo58Pp91XXeUmS/ns5oKgutqQUSWYRgNK1eurGXmkWm4&#10;3kwECSGotraW4vG4bdv2pITRCsNXGM1mMhl3ZORGaeprCyKak0orFZ4PS3Gxw/SZsKa6oF5EBE3T&#10;uGRNPRf8BbOt4xb2SMuWLdNWrFiRMAyj3jv/E8AFvteyEXAdEQAnn88nBwYGUh4xZNbvaUJcNVjX&#10;dXYc54KU9NMMwzCMBe3t7S033XRTz2uvvTYX7M9MR+G8q6GhQTz00EN17e3tXaZp3qJpWjMVZ+kC&#10;yvQfBQIMXWYeymQyu48fP3706NGjORT7OkvnIAbAhw4dSvf19e2JRqO/03W9SwhhACg3KLpoz+pB&#10;E0K0mqa5avHixZ2PPPLI0F/91V+NoNh/FUIhnCMuASKii6i3TwnZbBYDAwOOlDIbCIAE1Pqg4mtL&#10;IqrSdb3VNM3qWCwmkslkUP13Lj73Ij7T5s2bq+LxeKsQog4THKxKXivYho7rusl0Oj107ty52X72&#10;Q0KI0rYK3os4dOiQ8/TTTw/X1tZ+sGbNGqexsXHMsqzP6LreAcXJKhA2p8OHGTjDLmRMCrz06znb&#10;9hCzAnOCMBpQ0bwJwH8lom54KU+v4OvDAH4MpR7pXOG1Opj5TwFsIqIFQog6ZtaJyFeVzBDRIDOf&#10;IKKPAeyGIome9q6XgSLVSapwCu/A4DGYuQHA73kE2vXMbFWATDkV+NdaCuBvoEifzwM4A+C490NQ&#10;JMl6KNXR3wPwWShiZAQXqa+/6CyxSZW6t8Ki1LuWSUQNrFLHrwPwAIDvMfMbUM9VXq1tLCHH+A/P&#10;J4COAej3FusCE0TSGihl1SXMfDMRrQKwjJlbSamsLgTwaa+scSjF2r0Avs/M26BUcC9aH2YeBfAC&#10;Ed0J4D/g8g5kQUTrAXwdwDlm3lfpfh0iBABqamqiRCKh67oe0TQt7hEByt0YXw6u67qD6XR6yEu5&#10;MpP79kXbIEB2ud6L2dIoLLYsiw3DmNNkguuAYF8oDUBhZnaYeSiXy+0eGxt78ciRI2++/PLLp596&#10;6qn08ePHHVRWITG4oaOlS5fqS5YsidXU1HSbpnkz1EbjYt+5KgQ2KT7RL+84zuHz589/cOjQodH9&#10;+/cXKbX7Xystpre31/nwww976uvrt7a1ta3QNK0VQJUf1TzV+vkIEkOEELau6x2RSGTZ3Xff/dEP&#10;fvCD8dHRUT86ulCncq43g3FR4i4u7eCopK0vPM/gmjJA6nUB5KSUg47jfJxKpd4eGBh45/Dhw0e2&#10;bduWfPLJJzOes8D/CZYbYpYhkUiI9vb2GiFE1HfAB1CpfudKKYczmcyZvXv37q2trW0wTbONiKLe&#10;NUpV/6Z03RICmqlpWkt1dfXG5cuXH73rrruG9+3bN+44Drq7u43bb7+9s76+/j5N0xYCsEoI/FO9&#10;b995NPEGK3XR0dHRN/fs2fPW0qVLlzJzynOmVtwvQUSGECLa2NhYt2LFir733ntvOkhI1xJFRL8S&#10;XG+ncPBZ+6x7FkJwNptlzxE/J+2iaZpFwW2YWGMQADkwMIBXX301r+t636OPPvpOd3f3WHNzc9a2&#10;7c8KIZpIpXai6d4/++uj0r4TRuaHmAnI5XKcz+fzruuOYpoCkEtIN7phGI2NjY2JSCTSg7l9yFwY&#10;35qm0fr16/VEIlFrGMZiTdOmnTAKIM3MGSmlHBoamsZL3bgIrBlDXD2CPpMgrlt7+gSgYHAQEUnP&#10;d3C9qlVpzHp7297erjc3NzeX2tGSYJyy4Zfn+SfyuVxu5PTp0xkpZalvNcQNgrGxMWQymTEp5SAu&#10;LwxTKRiGYcyLRCJN8XjcJ+bM5bXT9UahfVtaWkRDQ4PW2dnZEo1G12maNg9KOIlKApunYnSKfDZE&#10;BCllynGcw8PDw/v+5V/+5czbb79dekYwWRn8wgsvZHVdP/aXf/mXe2zbvk0IUef51IL+3XICsAuB&#10;j0Rk6Lq+KJFI3LF27dqjuq6P1dbWcjKZvBH86CEqg4rHJZ0/f557enryruumAn5O7bJfvDIUrQs9&#10;RDRNm2fbdq1t2z4Xaq7bZP8exbJly6J1dXVLhRAxTL8/S0opU5lMJj0yMjLb2/diex7/LFKOjIzg&#10;17/+dd5xnIFHH330g3Xr1o22t7e7tm3f65FGLV+kogLiPxdFYB9U9PYk9xCiQpgThFEow7sYwH8D&#10;cDeukCxKRA6AFwC8CiB9hZOEBeABInoUgM7MY0TUQ0RnPYLoQQBHARwnonNQpL8c1IFzxQmiQXiL&#10;Ox2KkHkrgIcAbCaiRAnR+3ocCPgDuQ3A/4QiIu4AcBJAnpltIloCYC1U6vUEMKmMdPGLaxdFXWCv&#10;e5t1m4juhlL8fAoqjftBVinsK31hxkSK+xwzj0GRQPcR0a+gFGMTpNRtlzDzMiJaxMztRFQPIMbM&#10;m4moFl7fxKWNqoRSTv0hlILpAlzc4PvP1QDwOSjV3G8zcx8p9d4QISoBAlQKjk2bNlVXV1c3EVEc&#10;SmG43BTWF6CE3OA6jnMumUwOnjlzxk9lOlMj9C7YgAeUFlH6v+sI345mAaRd13XHxsZmYnvOJkxG&#10;sOMS0hGYWQLIOY5zMpvN7hgaGtp65MiR3/7jP/7jmS1btuSkkimYjnTaBWfXV77ylaoVK1assm17&#10;lRCiARMRx+WSv0vTRTAzj2Wz2b0HDhz46KOPPkrhwrE72SaJe3t7+Z//+Z/Hli5deqixsfGApmk3&#10;eakXfLXBIDm1XBAR1di2vaGzs/PjVatWne7t7Z0s3c9sx2R99GIk0ctFKFbSlhWuGeg/DNV/HNd1&#10;R6SURzKZzLvDw8O/6enpObhjx47e73znO+MDAwNuQOUlJIvOftDChQu15ubmhK7rCVTOsQdggpAs&#10;pXRd1026rju8bdu23paWlvfj8fhtmqa1e6TRShC4CiTowOsawzBWx2Kxw3fdddfRvXv3ntqxY0f+&#10;wQcfrG9sbLzZtu2NQogEJsYClVmPovFORCylPJ/P548NDAzseemll048/vjjzVLKcWZ2hBBahQOT&#10;CYDQNC0Wj8ebFy9efBwqaDMYxDCbxmrBNqLYXvn/u94okES9Q22HmTNElEsmk65hGDOhjtcaBccr&#10;M4uXXnopNzg4ePZP/uRPPtq8ebPR0NDAlmXdq2lakDRa+v1pCZAoqV/ZB3ghQpQJllLy2NhY2nXd&#10;QQQy+FSYdOPbUAAwdF1vq6ura4jH4xqUeEDwsH0u2SyG5yO3bZvuueceOx6PN3u2p4qZhR9kgsrb&#10;AsnMaSllOp/PS89HOJfa9lpj0razLOta12NOoMRXVnj7OlTlAvi2yvPfZKWU6Vwul8W1UxMMUYyi&#10;IGgAorm5Wa+pqWkTQjT5/w8E51TKjvo+PWbmvJRyNJ1OJ3ft2pUOU9JXHLNmHew4jsxms2nXdceg&#10;zgqnGwxA1zStybKshkgkUqrkNhfXTjMF1NbWJh599NGapqamZbZt36ppWkPhkLq8dfIFPlpmlsx8&#10;bnx8fPvx48ePPP/888F552L+dAKA48ePy7/7u79LPfzwwwerq6t3RSKRxV4a4YJ/t0w/ul+GBEBC&#10;iGbbttfNmzfvzccee6zvZz/7WRrhHBni+oAB8OnTp/ngwYNOPp8/z8xDAPJUnFGvnH1WkUCK99rQ&#10;NC1hWVZs8+bN5rPPPjvXM9YFAxWopaUlbtv2ci8zYCXT0QOTtB+rTGHp8+fP+/PubGznS/F7gvcj&#10;AYg33ngjf/z48aE///M/33vffffRvHnz8lVVVZt1XV9IXubXCrf7ZPWczI85a9Zssw2znjDKzAKK&#10;hPinAL4Ij0B0ua95P7sA/CuAvqsgchLUYvwpAKeJ6DQUSe4sEQ1Bpf72I2+uWnFyqvB8CVVQ6du/&#10;COA/QqUw14BpCJmYGnyjYwO4E4rUmoZqT9MjYRqBz87EtDql9Wpl5idIpav9LoAPcQUp6suqwMQC&#10;w4FKa58GMARFBH3bM9Y1Hlm0HcB87ycGoBqXmcwCRK63APxfAP/D+95Fv+KVVwPgvwA4C+AHzDw4&#10;nQTpEDcESg2AWLVqVXMkEukkoqhH3mIiqqi0f5A0xMyOlHJkcHBw7PTp08EDjpm4KAwSrXzHgfR/&#10;e5+ZCUaVmTntuu7BfD6/c2hoaOzjjz92bdueawS5a4kg0a5A2ECANMrMOdd1+xzH2ZfJZN47d+7c&#10;u9u3b9/3D//wD8NHjx51JyGLVhSmaVIsFhMrV66MJxKJjbquLwNgeZu64Hgql5zk93/HcZzDqVRq&#10;73PPPXdm165deUys/ybra8HNEe/du9fZtWtXsqur6/3GxsblmqY1ATD89VSFSU2mYRjLo9Fo99e+&#10;9rV3o9Ho2a1bt8rh4eGZaGemCgIm0mRjchtaRFQOHOqrAorVOipl84uu5ZHaRl3X7Xcc52QulzuQ&#10;SqX2njlzZs/WrVuPPfXUU+P9/f1uIAVJ6ZiZzc9rJswP1wsEANFoVIvFYg3eeA/uk8ty7JW8lsw8&#10;5rru+N69e9NdXV0nb7rppvcMw1hgGMYKTOxly7WJwSwJLITQATRXVVWtX758+ZF77rln7NixY8O3&#10;3XZbV01NzW1CiHaoALBKkEX9+hf4Oczsuq7bMzY29utjx44d2r17d0pKmQYwCrWnsVCZ8VM0nxBR&#10;vLq6urWtrc3E7CWLAsVEen+uKxwiY+aMX4ZSZT7puu7vRkdHBw8cOOAcPXr0YnPvXEXpwalkZvGb&#10;3/zGHR4eHo7FYh9u2LCB6uvr2bbtTwkh5gkh7JIo/Uo/09I6VWLtFSJERTA8PMwnT548v2zZsp5o&#10;NDqOCRJ6JUmjwSAGwzCMBTU1NfM3bNhgHjx4MB9I4zfXUJj7IpEI3XzzzdHa2toFQogoJk+hXNac&#10;UvK8mJlHHMcZdRxHejYOuLHmg0rhgv0TEbGmaRBCQNMqGud0QyDYT1G8D50pc6L09qW/y+fzh86d&#10;Ozc+NDQ0WVrgENOPYL8g27YpEomYtm23TKNSc5F/iplTUsqBTCYztnPnTqfEVTLjMQPrSwDIdV14&#10;5NuZMu4vhYK/M51OZ7zzwIv5NSsKItKEEM2GYbQsWbIk0t3dPbZ7925fjSy0R5VFESlq8eLF+h13&#10;3LGgtrZ2ja7riwD4e8Zy18fB4HkGACnluOM4R5PJ5AdvvvnmWcuykM1mL/V8g8+fOzo6+ODBgycb&#10;Gho+sG37ViFEDQDb9+GWQxb1rxUg5kd0Xe+Ix+OrPv/5z5/cs2fPqXfeeWdazzVChLgUmBnnzp2T&#10;2Wx2zHGcs7quZ4jIRmV8LqXkbkBlfa2prq5e+sgjj7T39/cff+mll+b6fhaWZdHy5cu1aDRaZxjG&#10;IiKqC3ymUvNfqa/MdV13fGBgYNyzl7N23gvsxwtvlfz2/5YAxIkTJ5zvfve759Pp9J4/+IM/oNbW&#10;VscjjS4CEAmQdacj+LRo/1tp0bAQF+L/AwAA///svXd0HNd1P/65b8pWbEElQJAgQQAk2DtFkeqU&#10;RJmWValiR7ZkOT+35KskPqlOjs83Tk5O7DjFTqyvY8tNii1bioop07IkW5RISRTF3gsIAkQjiLLA&#10;9jIz7/fHzCxml6BEAoNG7uecPQAWu/PevHnvvvvu/dx7pzRh1JjcAegEyU9BL10OfPikNCd+D4An&#10;cYml6C1IAfi55fcMdMJjVmkfb1jGYQOALwJYAZ0waHWKTRZY++IwXnaUPZwImAqql3P+Cejr6e+5&#10;XpJ93DZnC3FCBaAaZE8zC+lRACIRydDHOoZLiLYyHJAhAP8DPevrJ/DhmXtNIkgJET0BnTT6HOc8&#10;XJDhBYwCHEOGN/J6vVReXl7lcDjmEZHLfB82K2h5GZtSqqpGuru74+fPn58SSjcNlVNOZjKZDk3T&#10;+vMzFuUpV9bxs3vBXvBsiEjTNK0vnU7v7O3t/f17770XiUQimpFldEoq2xfBBUryCKNph1W2869l&#10;IY0AQ6RJDfocDqmq2pZOp/cNDAy8dezYsX3vvPNO7/PPP588cuSItbzMcIeE0cA8rLGamhr22GOP&#10;eefOnTvb4XAsYYxVWg4VdhwosmREA7FkMvl+V1fX4UOHDqVbWlouxWiUY5T//e9/H1+zZs0Bn893&#10;WBTFRUb2PdE6ziPsd9bQZaxVxhgrlmV5wcqVK5dGo9H3XnvtNZPgmk/wGFfY7KTPEmEsxHaTEDBc&#10;I1bOaNYgapn6dgcKcM55OpPJNEej0e2Dg4P7mpqaDu7bt6/z6NGjyZ07d6abmpouRq6e0rLLGOgp&#10;fQ+jAAGgYDBIfr9fcLlc5YIgVEAniJvnrNGMTf73Nc55VFXVWDqdVvfs2RNet27dTrfbXS+KYjXp&#10;GdStXv/RzvPseZCIZFEUG/1+/7rly5c3E1FXeXn5ClmWlxORG4bOZZHJI207G8BiXA9GdtHjp0+f&#10;/v3Pfvaz9mg0qmialtQ0LcI5T+PDg9Mut+2srGCMFTscjuqysrKpnn7LOqYcgKKqaoeqqj3GuTM7&#10;z8aIbHgp/QN02RhVFOXg4ODgG83Nzd379u2bEvqzzRhuf9AA4Pjx4/zHP/5xnyAIu5cuXZoqLy+P&#10;OZ3OGwDUEpHL2OBGm4Hlw0AX+b2AAsYbWX06Go3ybdu2xVatWtVZVlY2wDlXADCbl4F5TgAAkTFW&#10;7XK56jZt2lQ+ODjY8eyzz2qJROKK0e0MZAkHpaWl5Pf7WWVlZanb7V5ARH5Tz85z8IwqWMSq3wNQ&#10;FEU5n06ne8LhsGKjvjnW5L7JRBo0YbXvm/uqBj170ZhWM7sCYTodNUNHjSiK0gI9E33OZ4aRP2M9&#10;L6zPMaNpWlcikXiru7t7z7Zt2xKHDx++ms9sE4kcAtfq1avFBQsWBGRZnmnNMDoGbVoDjyKqqnal&#10;UqlEMpmccvNAUS7H9VrAh4ExhnA4HNc0bZDrJY8B5OzltsK4rkBEQYfDMXvBggU111577cCBAwes&#10;WdYwFm1f5aCamhph9erV7vLy8vkOh2M5EfnIUvkKoxvzrM3HUNs0VVU7E4nEBy0tLWeeeuqpuCzL&#10;/CMIo9Zr8VAoxH/0ox/119XVHfX5fPsZYxWMsUpTnx+FfTnftwLoU7PE6/WunTNnzql169adb21t&#10;VTs6OjQU5mQB44ccv00qleKJRCKiqmo718vSB2xsy+pTMdt0uVyulbW1tUeWLl3avnXr1gxyz3NX&#10;2hpg9fX17I/+6I8CPp9vpiAIFUTk5LkkSFt8jEA2AYKqaVpSVdVwR0dHoqOjw3oOnXLjayR0+NCP&#10;5P1kZ86cUZ555pmoKIoHPvaxj6VmzJihejyeWwVBqAfgsdig7SaN5vDbCjyjsceUJYwak1oGcAPn&#10;/P8jogrjX5cyazIAfgXgVSKKX067hhEmdDnfsQsXWcgCgEoAjwH4U+jEUROTfQVN9v5dCkwh6CKi&#10;jwNoB/B1g2x5Uck7lsLNcmAw21ehk5sjl3kdjXN+FsD3ASwEUIePEPhG2+UA/gT6WLzJOU8XhPml&#10;gzE2JZWNMYI5cVhxcTFbvny57HK5qgRBmE16Jt3hPjtamKdOzjnPcM7DiqIMNDc3J1tbW8eCUDdW&#10;UFVV7Q2Hw6/09vbuZIxpgiBogiBwIgIRZQMcNE0jIDv3bIemacQYyxKyGGNqMpns6+vrO3fo0KHe&#10;733ve6ZhPidqaArDJHVY+IA6LnjjQ2A+n+GuY34EuYQ6a1ZZDUDCyEjRmclkDoTD4R0dHR0H9+/f&#10;3/XSSy9Ff/e73ynJZNIMeLGWmLEbBIAaGhrEW265ZXpZWdlaQRBqSC+BSBYv8GiJSTlkaVVVOwcH&#10;B/e8+OKLZ/bv328SkofrW851MLR/8u3btysf+9jHeurr6w87HI4TkiQtN8sm46Icx0vvM5AlNZmZ&#10;juaXlJTcOn/+/OaVK1eGt23bZmbimbC1Yef+bZmrGuc8bZSiTlgcnBcjsjPSS3W7kUvYte0gas4f&#10;TdMy6XT6THt7+1vvvffe4Zdeeqnv9ddfTxokURVXcOn5SZj1YzyQXYdOp5N8Pp8oy/I0URQroWfb&#10;tGOO5a9fVdO0AUVRIqIoqq+//npm/vz5p6uqqvY4HI5GURQXEZH7IiSOkbadNaozxkocDsfC2tra&#10;a8vLy897PJ5lgiBUQ7cL5MjT0d631YmhqmpbIpHYe/DgwbYXX3wx3tDQIGiaZi0/bJdRKbtnEhET&#10;BCEoy3KV0+l0YPREmAmDZY8DAK5pWiwWi207f/787znnSUEQuKHjaYaeNyHGNCJSVVWNRCKR7hMn&#10;Tpx/4YUXopiihlSbYSWNsnfeeUchot4777xzz7p16wZrampSbrd7oyAItZxzM6A2P6vslJy7BRRw&#10;Kejt7eXPPfdc5rOf/Wyotra2R9O0GGNMsuGckAOL3s2IqEiW5Yba2tr5K1euDD333HMp6IET41He&#10;dTyQQw6XZZlt3rzZVVZWNtPpdC4mooDlc7bJGMvZlXPOM4qitEcikXM9PT0ZTdMm816QEyxzqWf2&#10;CYDZNQVATFGUgXg8nhFFsbDXXgbMx8s5VxVFaTt//vyPY7FYh6FPaYIgcDPAkbGxSB754TBkVSKR&#10;SPR3dnaeO3jwYOjtt9/OoJA5baJBAOiee+5xz507t16SpDlE5LcEtdqqr5l6P+eca5oWyWQyXfF4&#10;PJFMJvMDvqcETNvzBGO4YPyJ6MeI0dXVxU+cOBFZunRpr0FIUjFGQTZWEioRSaIozq2oqFi5dOnS&#10;Jugke9OePLUGcXIjS07/+Mc/Lq9fv77S6/UuEUVxHmPMnUe6HOkDN4VL9m/OeVpRlFPd3d3bd+3a&#10;1Xvu3Ln8QPl8+cbz3uODg4Pazp07lebm5nMVFRXvSpK0gDFWCr2yqK32CSJijDG/w+FYFQwG9113&#10;3XVHd+7cmTYIo4U5WcB4gwNAPB7noVAonE6n210uV2ysGrPoHU5JkhZ5vd7GOXPmvFddXZ00KmRO&#10;qC/JZuQE7SxZskRYs2bNzKKiomUAAnkkevPzo0H2LGjodWlN03ozmUz/sWPHEk1NTVNevlzGOdf0&#10;gbETJ06o3/rWt6KxWOzYpk2bEg0NDRmv13uHKIrzOOcuIGde5pyrx+AWChgjTEnCqDGfJQCrATxB&#10;RHXGvz5q8plK7AEAz0LPMjrpYFmvVmEoWF4O6OXnJeglxz8J4JOcc98EZRS52mEKQQf0kuwt0OdY&#10;DMAg9ANUGkACOllZsUQAZkk6k5FUSUQq53wPgOc5518iIh8uLuitCshcAH8MnVy9B1eO0X08MKUV&#10;DhuRowzefPPN0kMPPVThcrlmMcbKiEi0Os9tNMxl5zHnPKEoSlsikeg7e/asoijKWGRIstM5k1/+&#10;LRGLxU49//zz72ualhFFUZMkSfN4PJxzDkmSuCiKUBSFGGNQFAWyLNs6/1RVJYfDke2fQUrVTpw4&#10;kXr55Zczhw4dulhZ5ykNQ/GmfP37chxPeYabizVjJeRonHNF07SUpmkhVVVPJBKJD6LR6OFQKNTW&#10;1NTU9sMf/nDglVdeSWPIsDOWWb+y69fn87Fly5Y5Kyoq6t1u9wZBECrNA53lHka6DrKGTFMWqKra&#10;m0gk3jl//nzziy++GM8ji+aTDa3XsYJHo1Ht3XffjS9btmxvY2PjLL/fXwtd/zL3/ZH227pQzV8Z&#10;EU2TZXlpeXl57X333df17rvvhlKplDVCbzyRJZnZoJ/kEO0N53FzIpF4LxwOHyCiFGOMG8448zNk&#10;zg/GWMDn813rdDrXMMYqkUtosxNERJIsy7MrKioaGWOHd+7caTq3850yV2PGvCsaDoeD/H6/LMty&#10;KRGVWPWM0WCYa2QURTk3ODjY19/fr3Z2dqqvvPLK4I033rjH5XLVe73e2RiSMyPNTG0iG4Fu9IUM&#10;R09NcXHxx4PBYFqSpBrGmMsklFrk8Wj1E5NsoXHOk+l0+mBra+vb27ZtG0gmk2okEkE8Ho8pitLN&#10;9XJ6dsIqMz1E5JckSTSCV0hVp96xxEIWBXT5k0qlUi3btm37oLm5OVJUVKQ5HA7N5XKZ5AYuy/K4&#10;91MQBN7R0ZHZsWNHauvWrdkqLCjITMCyF4bDYXXr1q189+7dA1/60peOb968eUt1dTVzu913CoJQ&#10;RXqWBGsg6OQzFBRQwOiRdTCrqsoTiYQWDoeTiqJ0y7I8CCCQFzxhT6ND9gNZFMXaYDC4pK6u7vDM&#10;mTPDx44dm/BgLZtB0EmwrKKiQrj99turioqKFjLGZhCRbNEP7LKnWIM2oGlaKp1Ot506darzyJEj&#10;ZvWEyTqmVrKoKX8vx0YxHrLaPCepnPMeRVFO9/b2tm7fvj2W/5kCLhmccx4+e/bswVdfffWk2+3W&#10;BEFQPR6PRkRwOBwTYqv3eDwIhULK/v370z/4wQ8yhi3Sun4Kz3kCIAgCud1umjt3biAYDK4URXEm&#10;Y0yyyFBbYQ0W45xHUqnUuVgsln9umvRzwdgYTPvopNpfPR4PsSFW+KTp10XAAXBFUfjOnTtTd999&#10;d7+mad2MsSoaqsJmJ/KDKEgQhGqn07mgpqYmsGDBgoGOjg4+MDBQyOhoH8xxpGAwyNatW1c0a9as&#10;FQ6HYxljLMg5F4GsXQcYue6RtRMZ61LlnPdmMpmTR44cOf3MM88kcHF7+YfawhOJhPbCCy+ESkpK&#10;9q5YseKYIAizGGMlAAQb7GtmwLepa0pEVOp0OhfMnTu34aabbhrYtWtXxmJHt/a3gALGEhwAT6fT&#10;vLOzM1JXV9fh8/nMdUQ22nby16IgCEKZLMt1K1asmHnffffF/uM//iOGIZ/clTT/2Zw5c2jevHnO&#10;kpKSuS6Xa40gCD4++gzGF4URAJlQVbUtlUr1hcNh9UrImJ5nW/moeaIB+r7T09ODr3/969H29vbT&#10;X/rSl341Z84c1ev1MlEUGwC4LHtTgSw6RTElCaMARFVVGwRB+BMAazFUsvjDYE76AQDPA9iHyytF&#10;PyYwnXMwjHjQCaEyAC90Z2EZgCD0rI1lAIoAlBgvD/Tsog0Aigpk0QmFKQRLOOdfJaJ+AFEA/QDC&#10;nPMIEfVAn399ALqhk0l7jZ9xw1mawVAGq8lCIu0H8CIRrQRwE3LLZObDHAcRwI0AugD0cM5bSS+X&#10;WEABlwsWCATYdddd5168ePFSp9O5iIg8sMg6m2Vf1gDLOY9mMplTsVisJxqNqpb/26ls2+r8yoPG&#10;OU+8//774f3792cGBwdVI1sCLOSscYE1eyljDIwxnk6nzbGczI6jy0GW6Ibc+9LMQ8toZLqFNWod&#10;K0XTtAyAqKqq5xRFaTNeHYlEoqWjo+P4K6+80v6b3/wm0dHRoXI98+jFxn0sngEBoIULF4q33377&#10;NJ/Pt0AUxToi8lrISbY4J5FLRjzb19f3+71793aGQqF8IxcDPtTAlUNW37Fjh8oYO/u1r33tgMfj&#10;OUNEQTOq27iB0fTfmoKHEZFDEITqYDC4evXq1Wc8Hs+g2+3moVBoOOPcWMN8QLZfl+vlPHoHBwf3&#10;vfLKK681NzfHAoEAl2VZE0WRc86hKAopioJkMkkLFy4MrF27dqCioqJEluVyzrlgJ3EAyHHGSJIk&#10;1fp8vrXXXHPN7i984Qvhb33rW2HDIFBw0F2ZIAB0/fXXS1VVVX5BEII0VJ7dXJsjv3jedznnaiaT&#10;Od/V1dWfSqU0ANqxY8cyb731VktVVdUep9O5koi8htPHauQbDWk0G8gAAIwxnyzLjdCJ6jLnXNC7&#10;aksmN1MWm3+nFUU5EY/Hd7/77rvNW7duTQHQ0uk0BgYGIqlUqt3j8cTMNm028hERORhjXlmWpWnT&#10;prFYLKYNDg5OWeeBQcABAHDOUy0tLZFvf/vbYVEUVTPL6HjreGRkrTeIqnA4HDyTyRQI9sODQz/r&#10;MwDa+fPn8eMf/zgqy/KRe+65h6ZPn665XK7bGGO1BpGbMPoglQIKmKzI32t4IpHIZDKZHs55GLqe&#10;zDnnbJjP2gFBEIQql8u1dPbs2Tsfe+yx/r/5m78JG/JrqjvYsmMlSRK8Xi9de+218syZM+e5XK5V&#10;jLEgDMc9YJs9JSdgkuvVWvqTyWTnG2+8MbB79+78LFV2wO45YWaTAedcVVXVnIsqgDEhhI0AiqZp&#10;IUVRDkUikd/t27fv3H/9139NdjLuZIeWyWRi3/nOdwYlSVIzmYxmydw+nhnbs/qbIAggIu5yubgR&#10;6FQgi04csrah4uJitmnTJkd1dfU0l8u1nDE2DbpOR5bPjsV+paiq2jM4ONjc0tISi0ajo8owOo7n&#10;BCIimTHmdDqdoiiKk4HAkvN8HnzwQTkQCATpwipmkw1W3YT39PQo8Xi8L5PJnBIEoZaInGPcPhln&#10;Pb8kSfXz589f8ld/9Vfhv/iLv+gdGBhguMKSQEwgsvLmjjvukOrq6sqKiopWiKJYD50vYGK0Z0Mr&#10;EZhzzlOZTOZoKBTav3v37vCxY8es5/f8Ni72NwFAIpHA//zP/6QbGhq6582bd0CSpEZZlgMAhDzC&#10;3EhkZb7fBUQkS5K0qLS0dPmqVatOrVq1Krljxw6zLHdhThYwHsjO6Wg0yvfu3RtfsWJFj6ZpMeiy&#10;0bpG7NAPsmvHOLPIkiQ1VlVVrVmzZk273+9PqKrKo9HolRIEmZWLlZWV4k033VTldrsbBUGoBeAE&#10;bCHR57eXHS/OeSydTjeFw+Henp6eKZnh3YSRmIVSqZQpRy8VGgwbJgC8+OKLSSI6+cQTT4gzZ84k&#10;j8fzMUEQ6onIk+dfKNgxpximHGHUMBZOFwThCc75HUQkGf+61Em3DcDLAMITQcYzjGdWYqgLOjm0&#10;0njVApgBYCZ0omjQ+L8bOktbgv7cTGd5Phu8gImDGZ1VCqDUfNPMrgM9s2iGiFIA4tBJomEiGuCc&#10;nyOiNujZSVsxRLSMQ89OqgDQJshAqQA4CuBpAIuhk5c/bPM133dzzu8novMA/oNz3jNJDKwFTH7k&#10;KNJ1dXVCXV1dwO/3r5IkaSEROSyEAjvlXg55jnMejsfjx1tbW7uNUhxTbv4yxrjH49EURVHD4fB4&#10;lB+/VFiN3RO+d9mYRS6bVQWApmlanHPej9FnWdYApDjn5isNveR8AkBMVdVQKpVqiUajJzs6Olr2&#10;7t3b093dnW5pacm88cYbGcv8zSeKjtUcyB7mKioq2JIlS+SZM2c2Gkb1IiLSU0laCEwjRf41NE0b&#10;TKVSTXv27Dn6z//8zwMGMciqL11qewSAQqEQf+mll1KPPfZYS2lp6e6ioqIaxliWyGU6Fe2AYYAN&#10;OhyO1eXl5btuu+225sOHD6cM0uuErFebyFvDkbNUAKn29vb4s88+G/H5fJokSdzpdHJBEHh3dzcV&#10;FRVROp2mgwcPpsvKynYHAoHFoijWMcbKjch6DhtJxzRU/dcjy3L99OnT127cuLHzu9/9bjgSiZj3&#10;MeX2gQI+GkSExsZGqaSkpISIijAUHDVao1POfDHkVUpRlL4jR45E4vG4BkDr7e2lF154IXLLLbcc&#10;LSoqekcUxWoiqrYzOteyjgmAyBgTjD6ZhLScj4+0HQs4Eamapg0kk8ntXV1du/fv3x8bHBxUoRtS&#10;6dixY4ONjY1ng8FgNjOWnfLUGD+JMeYtKiry3XHHHdLWrVuVwcFBW9qYYHAi4k6nk5vzCLmZkCeD&#10;jnfFwUKEHi2yBtezZ8/ipz/9abSnp+fAI488kpgzZ47icrk2AGgwguQAXJCVApgE+nMBBdiNwcHB&#10;dDqdPqdp2oDxVr6ja9T6nqnsGQEhPlEU55WWlq5Zvnz5GVEUI5lMxhpcBkw9mWY98zBVVen222+X&#10;77vvvkqfz7dEluX5RlBKTqlZWztgZBdVVfVcKpXq3bJlS6q7u3tSV2vJvxbnPJlKpfYlEolD0KtG&#10;aUam8g8br5GO5Ufeg0nw4pynNU07HwqFjh0+fPj0v//7v5tBN1Ntnk4mcFEUtWQyqWUyGS0Wiw1X&#10;hnfC+naR3wsYH+TI0+rqanbvvfeWlpeXLxBFcQ4RFXFLhmbObakJnpVFpl2Rcx7VNK3jzJkzrVu2&#10;bIlHo9FRrXlrZZexgsVn6SQiXzAY9NTV1Qnt7e0TXeohxy64bNkyV1FR0TQjYNTEpLBTXwQEgPf1&#10;9Wk9PT29ZWVlR2VZXs0Yq4BhbrDJPpbTnuVs7RBFcVYwGLx14cKFLbNmzQr19PSoiqLk+6gL8ury&#10;kSNvNm3aFKisrFwgSdJ8xlipxY4+WjFjki45DJuCqqrhWCy298iRIwd37NiRNvtg/fwlwiTQ08mT&#10;J9Nnz57d73K5Fhp23IDl/yOdo9b5aNqrRUEQalwu17KGhobdGzZsGNixY4di9mME91BAASNGOp3m&#10;r732WuqTn/xkiHPexzmPE5EXALP4j+w8z3IiIkEQZnk8nmsaGhp2bt68OfzjH//YzG5qkvymqj/D&#10;lBkMAM2bN0+eNWvWMqfTucz0L+bZyWyxZVvsfpxzHo3H46c7Ojp6pyo/wILs/mEkIriceZG1YQ4M&#10;DPAXXngBTqfz2GOPPabU1tYqHo/nZoO3ETT2K3N6jlUwVQFjgClFGDUcWkEAjwB4yBI99ZGTzRAc&#10;HQC+C+AMxqlEttFnBr18vAOAD0AF9JLdCznni4hoFnQSngf6M2EGMRbIc+CNAUGqAHtxwbMxHiCD&#10;TvJ1QCcAl1gi782DvsY51wxCaQhAB3Si5lEAhwG0c857oZNN0wBUGoesnYYSHgfwW875GiL6wqVm&#10;WyIiP+f8/xhk2J9xPdPqVN5UxwuFMTKyLhMRPfzww576+vp6WZYXEFElGWVibVYIrZmtONcz4A1E&#10;IpGmp59+uv/UqVNjpRBeLontcsCJiIuimFO2HJPHoTAZDPAA7CGomGNsHgCN0vDt8Xj8PU3ToqaT&#10;h4xMXJcJRVXVcCaTGVAUZTCdTofj8Xjf4OBgNBqNxqPRaDIUCqU6OjqSb7/9dvr1119XcKGTY7yy&#10;UuQEsixYsEDcuHFjid/vXypJ0hLouhCHvr7NPo30AVgdnZxzrimK0hGLxY7t3bs30tbWBlEUGWNs&#10;OIfoxcYguyY55xSPxxkA9tJLL52rqKh4t66ubpUgCOVGwJKdxi6TaewSBKG2qKio8dFHHz3y/e9/&#10;v+Pw4cNq3vUnfM1cJnLGJ8uAI9K8Xq/S0dGhdnR05DvmTAgDAwPJAwcOdM+dO3eXLMt1DofjOuhl&#10;pq3yczTPADAOsmabgiBMLyoquqmmpubQpz71qY4tW7YkjD5avzfVnkMBFwcVFxeLDofDBz2Yz8Ro&#10;iVnZeWKsc1XTtHAqlQpt2bIlbjkD8MOHD+O1115re+CBB7Y7nc5VkiQVM8Y8ZvYEG4ws2WgGw7Bo&#10;XZN2kMOzY2WcZ0jTtGQmk2nu7e3d/t///d/Htm3bloQRtDI4OKg9/fTT8Ztvvrl7xowZUc65ahj7&#10;TBL4qGA5ZxEReX0+X9X69eub3n777SSujPXLGWNcEASr7JyMOt6VBDLWil33lo0uOn78OD9+/Hgs&#10;Fosd/9znPvdcfX190uPxbBIEocGQA9azt9XxNdntQlfiPCjAfmT3wtbW1uTg4OBZv9/fDT1wmWUj&#10;N2zKQG0614xrc0EQKtxu9zU1NTW7P/3pT59/5ZVXYh0dHVaZOlX3DAJAc+fOFTdu3OhvaGhY5Xa7&#10;VxFROXS7M+XpGKMGzy03nDSqXgxGo1FNVVW7AxpslYF584tzzuORSGTn9u3bt3R2dg44HA4uSZJG&#10;RNzIpn3BNYx7vGwIgnDBfeRfi/Ty6CAiLRwOZ06dOpX85S9/mTp9+vRk2vunJBhjkCSJE5EmCEK+&#10;PjXR4zqVZdCVAgJAgiCwpUuXOubNm1fn9XrXkZ4sRMCQHdkuUUoYcrKb58eedDrd3t7eHt66dauZ&#10;UXjE0DRtzOe3RV2WGGP+kpKSkrVr17Zv27Ytbbw/EUSuC+zvpaWlDofDUUq5GTrHityQHXej4tZI&#10;v0/9/f28qalpYObMmad9Pt8gLDYH2NvvrK/E/J2IyhwOxzVlZWU7Pve5z53t6OjoPXv2rLV/BVw+&#10;THIjCYJAjDE2b9688kAgcK0gCLOh8wrsKGuds6cYNpuEoihn+/v7j//TP/3TuX379nFmODBGaEdn&#10;AOitt95S/X7/qb/8y7884HQ6VzDGPBjyB9hhR8+eDxhjLlEU60pKSlauWbPmtNvtjiUSCdPGW5iT&#10;BYwXuKIo/NChQ2okEolkMpkmURTnC4Lghn7utK0dy+96OQ7GfKIoNkyfPn3Vvffe27dly5b2np4e&#10;rmma6U+aauuA8n6nBx54wPHAAw9MDwQC10uStBiGXDQ/ZJOtwCqfOOdc0zQtmkwmO/bu3TuY5xea&#10;kjB11hF8lTBEGsXAwIDy3HPPJWKx2IlPf/rT0UWLFoWKiooysiyvhF4l246s0uMKGt/KEpMSU4Yw&#10;aiimRQDuAvBZ6KQ74NImGSeiCIDvANhNROmP+sII+mYqdiJ0YVUEIAA902QNgDoAC4yfM43+S4ax&#10;8oKJOIxDoICpj5xnmffMCUOKgwygiHM+k4jWQhfESQA90MnOxwAcB9CsaVoXEfVDL2tvlrTPHkDt&#10;EnCGTb2PiP4fgOVEtGa4e8r/mtEPD4CvAOgF8BvOeexqF7yTCeNZsvISQZYX27Bhg3TDDTfUVFZW&#10;bpQkaS4RScNEU9oxoXKUZ855VFXVrlgsFnrttdfSec7hqaJkc0OzhSiKVoPgZCBqTiYhMCaKK+c8&#10;kclkTp85c+bFvr6+806nk0uSxA3yImeMZY2o1vmsaRokSbJcRjfMJZPJdDqdTkej0XQ4HM6cPHky&#10;debMmcwHH3ygdHZ2av39/cM93+Hm7Xg8dwLAfD4fu++++7yLFy9e6HA45hORWf7QJAyanx0VzDHi&#10;nKfT6fTZ7u7uMzNmzPB885vfFB0OB3c4HBoRQZIkLopi/ncvGA9FUUhVVaiqSul0mpLJJGOMiYOD&#10;g9FUKnVWFMVaQRDKjXuwjuuICYum75qIiDEWcLvd1y5YsOD0ypUr+996661MKBTiI3VCTgJcsL7I&#10;KF1sPA9zruYTRgmA2tXVxd9+++1YY2Pj7lWrVs2SJGkBY8zJjSyjNpHdTP6A2VeXIAiziouLV33m&#10;M59paWtrO2kYBiaD/BwTXIW6mVXfgNfrlR0Oh58xls0ucrFz2uXCEkme0TQtlMlkYplMRjVK0nMA&#10;SCQS2q9//evY+vXrW0pKSt43iOn10M+Lo2rfhIUkc4F9yIYAHNO5af29L5VK7ezu7j79ve99LyHL&#10;cs4aam1tVZPJZELTtDDnPGUQ8e1YWznR9kTk8ng8M2pra4tKS0v7T506ZQaOTkXDaQ4se1r+fUzp&#10;+5qksHtM86+nPfPMM8mKiormu+66a0ttbW3K4/FsEkVxAWPMy43STrjwjD/pDa8FFPAhsM5f/sEH&#10;H6Svv/76zsrKyhaHw9HHGCsDIBrGe9vmed6l3IIgNJSXl2/48pe/HIrH44defPHFpJHBzarDTiW5&#10;yszXvffe616+fPlsv99/nSiKC4lIxpAeYMueiwudelzTtGg6nW4OhUL9BjFmUo/fcNNL07TYyZMn&#10;+//xH/8xpGmamkqlzPPKRCD/DDLZ7DtTGdkxpKGA1sk0rhPd/tUKK7mQNTY2Cps3by4LBoNLHA7H&#10;csaYFxfqX3boZDl7Duc8oyjKmVgsdqqtrS2FUZKZM5kMUqkU1zQtyTk3r2c7LDYaYowFg8HgrPnz&#10;558EEMPE7anm2JLL5aJ0Ok1FRUVuURTLoRPZxrx9TdNSiqKkBUH46E9/yHUikQjfs2dPYuXKld3T&#10;pk0LQU8sYwa+mmNrm6/EfJ7GM5UEQagIBoM33XDDDeduu+22HT//+c9TsVjMbHcqZ7ObaFBtbS27&#10;4447nIFAoFqSpEZBEIrz7FJ2+y4iiUTi2MDAwMA999wT2Lx5s+pwODSHw8EFQeCiKOJS5msmk4Gm&#10;aVAUhdLpNMtkMkwURTEcDvcFg8HTRlZmu9ZZlixqQGCMzXC73atramp2PvHEE6Gnn3461t7ebi0H&#10;XpiPBYwlcs60bW1t0bq6uv2yLC8VBGE6DF+YXYElpiwwZTMAURTFGYFAYOO8efPa/vzP/3zwu9/9&#10;bri5uTn/7DKV1kE2YGfJkiXi448/Pm3ZsmW3SZK0mIj8sATsALYEQA535o9zznsSicTArl270nkV&#10;AKfSWGbBOad0ekT0OOsezwCgp6dH+8lPfpIkoo7Pfe5zb9bX12s+n0+RJGkFYyzIORenImkUk7yP&#10;Y4kpQxiFrrhfC+Dz0AmXwCWSRaGT6H4L4HkAkdF2xOIIE6CPoQt6xsjpAGYS0WzopeVrjL6Wcs49&#10;NJQ6Xu+8IcNsJIeOhZC6WhaH3WN3OeM23GetjiDGOXcTUQ2AGs75jQDSRDRIRJ0AzgJoNl4tANoB&#10;dAMIc71ssQIbCKREpHLOm6Bn6a02Xh8l5MkwuM0C8CXopNf3oB9kC5gEGC6bwQSDYGTt8/v99PnP&#10;f76sqqpquSzLa4wSK9bPmUqaHfdgEoU0g2TZm06nT4ZCocFQKJRf5nPKwCRlDYOJvo+Jbj8ftswj&#10;K/eQiBRVVQePHj3a/A//8A8dLpdLM7OBCYLAnU4nNE0D5zzH+JJKpbIZS8yMt6IoIplMIh6P82Qy&#10;CU3T+MDAAIiIx2IxGJkwzPsYbp6O53gTAJJlmdasWSMuXLiwtLi4eL0oiguIyGkaujA2hwQmSVJ1&#10;TU3NhhkzZqwhIo30jK7Z+x9mHzQN8cNe0Mj8SZxzYoz5HA7HLCJyWA7ldsB0UJkEJ7ckSQuLioqW&#10;rlq16sANN9yQ2LJli6aqKuV/Z4qDW8js+Zlccu71zTffTKfT6a7vfOc7Rzwez0lZlosNAo2tHaKh&#10;UltERMUul2ttdXX1seuuu67t9OnTSlNTE1cUZaqXICkgD0REfr9fdjgc5UTkw5ABetRyypLpknPO&#10;k0Z51lgmk+GGsQkAuKqqvKmpSdm7d+/58vLy31dXV892Op1VROQzsjTYEgj2EUa0ETdgGStu/BlX&#10;FOV0KBR65+233+5SFCV/7fBIJKIpipLRNG2Qc57gnHvHgghHRG6Hw1Ht8/mKHA6HlSg85dexhdgA&#10;TEE9dYphLJxN5jNjAJBMJtUnn3wy3t7e3vTFL35RnTNnDvd6vWToUEWWfphBJjZ2pYACJhQcAO3e&#10;vVs9e/ZseMmSJaddLtcZxpgfekC+NfjCFgJENsKBSGCMlTudzuunTZvWunnz5q5z5851v/7661an&#10;yFQgjZrjYtpSmCiK7Prrry+fPn369Q6HY6VBwGUfoQuMBqYOkNE0rTcWix0/cOBAbzgcnpL7lCAI&#10;cDqd3O/3a5PEJsTzfs//+4qCxWYwLm0ZQb2FAJwCgLxEBgBo8eLF8sKFC5d5PJ51jLFqI5kB8uxC&#10;dstWbhBGz/b397eePn06k///y71gKpXCwMCAkkgkBjRNC8NCJBmDrYEAcEEQyr1e7/yKiop3oCcT&#10;maizWDZY1O12k6Zp5PF43JIkVVFuSfqxAgeQUhQlPynF5V4DyWSS79ixI/Pggw/2K4pyRhTFRYIg&#10;VHHOhTHY4/PPQEREHlmW1xQXF5++6667mtrb2ztfffVVqy1vKuhNkwVWcjrNmjVL3Lx5c3UgEFgq&#10;CMIMInLlTRc7ny8H4HA4HLPq6uo21dbWXn+JdvQLL2TpI+ecmXZ0QRCKJUmqgs6jsBNZ+5ieYJH5&#10;RFGsLy8vX7Vp06buDz744IxBGJ0qenwBUx9Zn8b7778fmzNnzuFAIHBWkqSVZsCe5XOATWvZ4sfw&#10;S5K0uKys7PZNmzYNHjlyZG8kEuE9PT3A1CKN5uhggUCAff7znw/MnTt3odfrvUMUxVoaSig1ViRE&#10;TkSaqqo9qVTqWDgcDrW1tamWIMjJPoZjjWx5egD08ssvpxhjbZ/5zGfenDt3ruL3+zVZllcRUQl0&#10;bpOZKCc/aHXSGDSH8UVclZgShFEjg1ADgD8BsAxDJUA/8qvG6ySAZwC00whK3OURRCXoBNFSznkt&#10;Ec03+lZLRJUASgD4OecOkyAK5DKTL0Nvv9S+qtAzUMaNn2kAKeP3PgBm1ODFIBKRC4AfgA+AE4Ab&#10;epZUFwwHxjCYNAv6EpAlhOSNv8Y5T5CegTYBfcwiAAagRxAow13MuIbDeM5B6Fk0HdCzg7qgj5+M&#10;S19j+WOZ87e1zzSUhbQMQBnnfDERKdCjNEMAznPO2wCcJqKjAE5AL28fNuaBCr2c/SV2LQcpAL8H&#10;8DKAxwwi60eSRqGvnWugE767OOdNRDTlU3gXYDuyCmFdXZ1w//33excvXrzA7/ffLIpiDRE5rZFD&#10;sFkGmfsD51xTVbUrGo0ebm9vz5Z2mYogvXTZFe1IsANj5HTnRKQ5nU6lvb09k0qleDqdHm15s+G+&#10;c7HnOxHPOmvoKikpYXfffbenurp6lhFROZOIRMsaNvtoBxnI+EGSLMuNkiTNwuiyv1idmlmjstGG&#10;E/r+P2wQ0AiRQ/7gnIuMsXKHw7F4zpw586+77rr+X/3qV2nzc6NpaDKBMWaNkDdhnRNZR/3g4CC2&#10;bt2a/upXv9oUDAbfNaLTXdAPnnbZxK3ZE4gx5hIEYa7P51t16623nujs7Dxx/PjxOK4gslkBQ/D7&#10;/U5ZlqczxoK4/DPbRWE6EYmINE1Lq6ram0gk4vF43PxIdj84d+4cf+KJJ8Lf+MY3Dn32s5/dJ0lS&#10;oyiKc0nPvMksn59sZzBzEWZ9XwYx9oPm5uZjX//61wehy+QLjJTpdFrRNM08h5mwW8/ziKI40+Vy&#10;FXm93sk2diPFxYgiBbk0NaEBYJqmobe3V/3Rj36UOHDgwKknn3ySz5kzB16vVxFFcYEgCAHDATdp&#10;yaIWmTfRXSlg6iDrxI3H4/z8+fPpcDjc6vF4TguC0CgIgtviELKtTYuTGYwxJ4C6oqKiGxYvXtz2&#10;iU98Ysfp06dDzc3NZv9y+mljP+wC5f1kfr9f+L//9/+WNDY2Lvd4PDcLgjALemk4MxsLH+b7I207&#10;Z0w45xFFUc709va2/Nmf/VkEuVUEJusYWsGhzxHOGOOMMW5khZ9owqjZtw/7+0rCuJFFzQovlrPp&#10;RD/nAiYeWbLCH//xH7s/9alP1QYCgetlWV5mkAvNAEOr89uORDCmR51zzhXOeW86nW49ffp098mT&#10;J7MJQUZ6bZ/Px6PRqBqJRMIVFRVRWM5nY6C/mTauElmW6wOBQKCqqqpdVVV0d3cPZ/cZDxAAcrvd&#10;bOPGjc7i4uJKSZJmE5HH/D+30cBkheFriMVisVg4HB5VEHIikdAOHjyotrS0hOvr6w9KkrSYMVZO&#10;RPnnBLvuI1vBA4CZZXSGy+Vav3Tp0rMPPfTQa93d3f3Hjx/niURiKuhNVuSP0Xj31wweJABs7ty5&#10;8owZMxo8Hs9axliJ8T9b16aV5M4Y8zocjuUOh2MR7LUpMOM6RESyQZjL6YMNdnRY5qTAGKvweDzr&#10;Kisrj82fP7/zjTfeUDF15mEBVwY4APzyl79MVVZWdjY2NnY4HI6wUZbeCjtsnuYaMNeSwBgrdTgc&#10;N5SXl5975JFHuo8dO9ba09Njzn2zPH22n5MQ+QE7woYNGxzr169vKC4uvlWW5SVEFLQG7Ni0X2ef&#10;hRmkqmmaoqpqWyQS2dvc3ByKxWJXTPIQrmcMH+24ZTONhkIh9Yc//GHy17/+devTTz+tLF68mPv9&#10;/owkSasZY+UY8t3lc7Qmo3/jqsakJ4waDvlqAH/DOb+ZiERcOlkUnPMoEb0E4F1cRlZDQ9dg0Ami&#10;buhE0Nmapq1kjC0D0EhE5QA8nHMpv18jiHy/mNHH3DxU6ITQAQDnAJzjnHcS0RnoJMEw9KyS5mFP&#10;M+43gqEMk8PC3FCgkx7dlt+nAQhCz5baCKAOwHTOuRd6VHp+ZovJtLjzDZYwIqSi0DNwnoZOJG4i&#10;ol7oYxqHPm4J6ORLNf86eTCJkF7oJFuz7JMPQIXxfjH08ZtmvCo5536D5GDOGWsEXv71P6xt/Rd9&#10;/CUAAeM1m4hWQn/uKc75AIBWIjoAYA+AwwA6Oedh6HNEuVQitfHMzwP4Jed8FRGt+oh+WvvrBHAX&#10;gC4A3+Scd4+EwF3AFQtTEWR+v1946KGHPA8++GBjRUXFLQ6HYy0RBYb5jl0GOVNJ4tBJ5DFVVVt6&#10;enqaXn/99RhyDcZXwpy9Eu7BDmSf51gYA43rmmXoNSNbhdXRNFLkz/vJ4jTKiYoOBoNs8eLFpUZU&#10;9HQAUt6BwPqdESEvowORXq7SmW+Ishk5QUsWfW+04261vwJ6OZG5wWBw7cqVK0/eeuutsa1bt6aR&#10;qzNM6bWsaZqZYRT4aCcyB6D94he/6Pjyl7/8rsvlWskYKyYiXx45ZTT7QtZBAyAbpe5yudbMnDmz&#10;5dZbb+353e9+lzpy5Eg+kXhKP4erHASAXC4Xc7vdbkmSqhljQcueYCUHj0Zemd9XNU2LqqpqXcvW&#10;Na0BQFNTUyIUCu11Op1zGWNVBonVul9NOqOKRXZpnPN4JpM52tvbu+PYsWOhTCZj1Z9ynIOcc1XT&#10;tJgR1Gb656wyzo59wimKYqXT6SwKBAKXGng6VTHl94arGNbnpp07d055+umnWx944IFfNzQ0RP1+&#10;fwzAMsZYiSUAJ18fmPC5PfKESQVc5eCArhs2Nzene3t7O0pKSs44nc4o59wP3e5m5zzPD9YiInJK&#10;krSqtLQ0fNttt0UEQdj/jW98Y7Crqwt5ZMHJKmdNnUW49tprpS984QvF11133eqSkpKPS5LUyBjz&#10;ABc46O2SGdZDDGma1pNMJg/19/eHNE2bDCTLy0XWNiTLsmZU85hMNqGJbn9coE+dAgoYV2RJ99Cr&#10;17DHHnvM+Qd/8Aez58yZc4fT6VzDGCu1kvKssm+UbWfPSqaNiXMey2QyhyKRyPGdO3cOdnR0mH6q&#10;kcoAHg6H0d3drSaTSfP8lcUYmEXNgFy3IAjTy8rKZn3lK185+y//8i8DuDDQYazlmtV+w9asWSN9&#10;8YtfrCktLV1mSVBhrehh1/nf+ndGUZSezs7O/v7+ftWO67733nuxxYsXH/b5fM2SJC2G7h8ci/OA&#10;+SyJ6wARibIsLy0tLY3fcMMNIYfDsftrX/ta78mTJ03bt7W/k3XfGm6sxtvOlyVI3XnnneK9995b&#10;4fP5FgiC0GgQme0cPysh2nyOgqEjjuX9mjaY7Py1wQ9jklGz5CfGWJEoio2BQGDB3XffffKVV145&#10;29zcbJaln+xzsYArB1xVVd7Z2ZnOZDKtmqa1CoJQCr0svZ1EuayN2KKLSKIoVns8nusaGxu7/+7v&#10;/u6NZ555pvtXv/pVKhaL5esPk2kt5NvgWXV1tfCpT33Kff/998+pqqra4HK5brH6gGweS8rT5ziA&#10;uKIoZzs6Oo69+eab4Wg0at3XJtPYjQimL3W0l7H8rnV3dyvf//73zz366KO/X7hw4UBpaWlcluX1&#10;giBUEJE8iblkBRiYtIRRC2GzHMAfArjXIGVeLvZAL0Ufsuoh1kga4yeDboSUoRP+SqATVRcAWAVg&#10;CYAZjDGX9fsGOSH/WpcCK5uaQyf3ZYxXAnrp7nPQiY2noZMcm6ETQwcBpIhINT5vCilTaInIywpq&#10;EZ6q0VZ+X4YTcqYyZ2ZV9QOoIKLFANYAWEJEMzGUXdNscyIXuzmuGhGlAUQ552cB7AWwG8BB6OMa&#10;hp5NNINcAo+178NlMRChzxNTuQV0Ei+MayjIjYQg6HNKgE6YNMmiswDM4pw3QCd4TgNQCp2wKxkk&#10;ZAG5z/Fi4zrc+4LxcpBeWnMmgOuMcekDcArALgD7ATQZJNAQdNKsOSZWMpX12gqAA0T0LHQScfEw&#10;Y3exfroAfBFAJ4Afc877C6TRqxoXKIOBQIB95jOfcd15550zZ8yYcYfL5dpolE4T85QK6/ftgDkP&#10;FVVVzyaTyeMdHR2977zzjpXUUcCViTHbs4gIgiBwxvRklPjwstuXgnxy3WQDAaCysjK64YYb5GnT&#10;plW73e41giBUIFdHsIXsZBq5LIfjrCwZ7bUvE7YZ7zDkIGCCIFQ5nc7F1dXVDXfffXfv1q1b+5FL&#10;YJvKuNT+W+c8//nPf564++67W0tLS98VBKFGFMW5GNLLhiOkXQ6yup3l4OwQBGGux+NZXV9fv//+&#10;++8fPHLkSARXznO4WpGj7996662ix+PxGyRkj2lDzyNk2dGeoijKYCKRSFtIlPlyXfvtb3+b2rBh&#10;wwmfz/eBJEmLiMhFRG7TKTlGMQ4jgdXgzw05nFFV9Uwikdh14MCBI88++2xUUZThSBYcAOLxeEZV&#10;1UHOeRxD8s8WWJ6hTEQBURS906dPlwRBSKuqWiB9FzDZkDMPOzs71e9973uJUCjU+slPfvK3y5Yt&#10;SwQCgbQsy9caxPas420MMkKNGJY9tIACLhvpdJq/+uqrmZqamnMzZsw47vV6z+bvzbAvaCJ7PVP3&#10;ZoyVOZ3O9dOnT1duuukmNZlMHvz5z38e2b9/v2Ls29b2J3qiW8cgm5lq0aJF4qOPPuq/9tprl5WW&#10;ln5MluW1RFTMOc+WordblzD2fzNLv6qqamckEjl85syZQX6hQLBz3OwMoLGeUTVAl2eyLPNhCKPA&#10;xD//Kx6TZV8r4KpAvjxlwWCQzZs3T3z44Yenz5o1a11RUdEdgiDUA5BNsWbRv2ydrGb8qqZpkUQi&#10;sbe9vf30nj170h0dHXaUlOWdnZ3a+fPnI42NjREYFejyRLVd9jozIENkjFUEg8Frrr/++paXX345&#10;GgqFtGQyaZYzHWvk+B6qqqrYmjVrnDNnzpzvdrvXkl45ULDZ35Ddb40fGuc8rihK7+9+97uBlpaW&#10;0SQSyNoNfv3rX6duvPHGjpqamhaHw9EnCIIHQ+VfR3kLFyCr+1ierU+SpBUVFRXxNWvWZL785S9/&#10;8G//9m+DLS0tCi4kjVr7PpHIJysPN1DjRarK+o/LysrYxo0bPQ0NDYudTucKxlgxhnxhVtvF6Boc&#10;yrBvdXvbXS7+Q7sAmwheOX/o9yIyxsrdbvfqurq6E6tWrepqbm62+uonw/zLh5VjUMDUBwfA+/r6&#10;tPb29kxvb+9xl8t1WBTFBUZyE7Ks6dGuA/MaVhI4AXBJkrQ4EAgkFy9eHH/kkUfejcVi53bu3Jk+&#10;f/58fuUns88TiQv4AbW1tcIjjzzi3bRp06w5c+bc5fF4NjHGppNeil7/sL3JFHKyaBuJDbrT6fSZ&#10;pqamnq1bt6YjkUiBH3AhrOdiBkB76aWXUuFwuPvRRx/dtXbtWq20tFR1OBw3CoIwzRL4bv2unc+x&#10;gFFi0hJGDQQB3A/gEeikReDSJo452XqJ6PvQyXEa17OVmi8ROsnRB52oVwGgEsBsAPMA1AOYDj1j&#10;Y5Z4YE7oERwIrcIkDSNbKOnZLbuhE+haALRCLx/eA53UqEAneTLoZDsHdIKeF/r4mGREAfoYOYz3&#10;nRfpwyD0rKNp47omQTUEPaumWZLdJFOa5e7Nz7QC2Afgl8a4zQOwEsAKAHONMXNZ2hyPhW4d2wSA&#10;LiI6AZ0svNP4vdf4n7V8h0kqEY2XDKAIQyXlzVLz1v/7jc/k3xeHPk4hDBF/zWeXAtBvtK9CJ5i+&#10;A2C7QYJmAIo452UAphPRbCKaBX0sK6A/7yAAt0EkzXFyX2RMrO9bx4fBKGUP4FrOeZKIegCcAXAc&#10;QBP0Z9wFfQ4OAIhzzs25YCoVMQC/ArAawAO4PHKOE8ATxvVf5pwPFpTiqxrmOiS/389uueUWx733&#10;3ju9rq7uTpfLdbsoirNJL8UKAHaSN4YDB5DKZDKH+vv79x4/fjzc1dU11sYrq8OpsBCuPHBBEMAY&#10;Mx1NF/x/3Hs09qDKykrh4x//eKnf758nCEIdEXlhmeM2Gi+z68fcG8d5P7Eebmy5npX8SkQOQRBm&#10;BQKBVY2NjSeh78lmdHR+H6YcBEH4KMNs/vs8Eolo27ZtO19SUvJWXV3dUkEQqoloOL1sNLDOKQbA&#10;K4rigoqKinXXXHNNG3QdKF9mT9nncJXCSjDHhg0bXC6Xq9SYSwKQNaDbvUdnFEUJRSKRRCqVk9Al&#10;Z/60traqW7duDc2fP/+Q0+nc6fF4pjHGnAbZAzb3yQ6YmSqgaVo8nU7v6e3tfe/tt9/u3759u+ks&#10;GpZkEY/HM+l0+rymaYMYo3VkEOvcjDHPjBkzZEEQYqo60qQukwa2OY0KmFTIWQOZTEZ99tlnk83N&#10;zV1//dd//daKFSvUYDBIsiyvMzIPAwDy5EL27fHpcgEF2AYOQOvo6KDnnnsucdddd53x+/37BUGo&#10;ISJPng3Wjj3QJFuTxfEkMMaqnE7nTTNmzKBPfOITUn9//65Tp07FBgYGgKFSfpOJNMgAsKKiIub1&#10;etlDDz3kvfnmm5dXVFR8wul03igIwjRYMo5Zzkq2yQgL2UjTNC2UyWROnTlz5tSrr74a0zRtOLLl&#10;aDEW434BtzUve81Ytl3AMCgEHxQwAcj6DRctWiQ+/vjjxfX19at8Pt8mURQbGWNFeYGFtpAUYJHH&#10;ps2bc57SNO18NBo9+e67754/ceKEYvn8qHDo0CF1//790XXr1g0YQXvZsqIG7NYhiYiKXS7X+mnT&#10;pu276aabWk6ePKmeO3duPGwqFxBR5s+fL61cuXKa1+tdJknSYiOxi512SgBD2Q+hn5Uzmqb1pVKp&#10;/ldffTWRSCRGm6mMA0BbWxs/fvx49LrrrjvpcrlOMsamMcbEsSAAw3JPloB9gTFWKsvytWVlZZGN&#10;Gzemd+/e/b6qqmhra1MxpDdNhpTR+cRw873hAkk5LkwuZPf8zJmb1dXVQl1dXbCoqGilLMtLichp&#10;6Zt1nthBtLQGDtkkyi4ZdtqxsvY6UyYTkUsUxfkej2fBhg0bdh0/fjxz4MCBDHDBWXmyYDL2qYCR&#10;wWo/5gcPHlR37dp1prS09LDT6bzFKEsv2bzesvLJtGFzvVpaUJKklaWlpbRkyRL67Gc/u33Xrl3n&#10;MJRIzroHTTSsMpgBEO655x733XffXTd79uw73W73HYIg1Bs2cau8snNvs0LjnKczmcyRcDh84OjR&#10;o/HOzk67z7JXEqwBl5TJZPjrr7+e7u/v733iiSfeX79+PS8rK4PT6bwDOsfJGtQyWeXyVYvJTBh1&#10;cM6vJ6I/BFBlvHfJAoBzniaiXwD4ADrBrwI62a8aQDnnfAYRVUAn5ZVDJ9AFOedFlJvJdLholQua&#10;u0gfzM+noRMG26ET81oBtEEnhnYb/0thKJNnuaZpi4xIomnQSa1eznkJEXk55zIAj+HUlGFkveSc&#10;S9CFqoyLE/gyADKkZyc1CaNJAGHOeQxAlIjOcb1ceKvR11boRMio8fm00d9B6CTXN43xXcA5v4aI&#10;rgewGPq4202mMGGy/c0xjgE4AOBtAO9DL7vebdybWbKDMJRF1iwXPwt69s2ZnPNSY074oRNGfdCf&#10;h8g5Fy3fFfOjL40+aMa80zjn5hgrANKc8zARJaCPXQw6WTIKfQy7oGfA7QNwzLgPxWirmHNeCqCS&#10;iGYS0WzopObp0LPgflSpiRxnYv78NQ4fM4zXdQaBdMDoX5/Rty7oc7ULenbWLuik4giAZ6CThes/&#10;pA/5/eHQ1/SXAJwHsA36cypg/DFRjsScQ7HL5aJgMCg8/vjj7rvuumvOrFmzbvF6vR+TJKneiBwi&#10;6AfYsc6qpaiq2pNMJg8fOHDg5HvvvZc0yCJjrRQWHLoTjLHMzKRpGqehTMpX6gEja3yVJInmz58v&#10;1dfX13s8ntWCIJRZIshyyJ02tWv+nIgxtbvd/OtxQRDKnU7niurq6l3/+q//2v3DH/4wfPjw4Sti&#10;Dl0GYSu7fjRN07773e8mpk2bdrqqqmqXKIq1kiQtgJ7pI2uQx+gMB2aGpGz2BEEQprtcrmsaGhr2&#10;ffOb3wz95Cc/iVwpz8HEVeaUzQm+qqysdLtcrjJDLwYuNJrbYoTSNC2ZTqd7WlpakslkMn/Ac6Jr&#10;Dx48mNm3b19LUVHRO06ncxER+RhjXkMnGner/jDIZjW0WCaTiqKcicViu7dv337i7bffNrO0Z7+D&#10;XIcLb2trS8disR6/3x+2XNjWPdkg2sqSJPlmzJjhrq2tHTx+/PhYMkavqsVUgO3ImT+qqmrt7e3p&#10;r371q53f+MY3dixZsgSBQECTZXkVY8zUsaz734TiKttLCrAPOftDX1+fdurUqXMVFRUHnU7nNYIg&#10;VHLOBeACgvRo5ry5brI2BmP/kRhjlU6n85Zp06alH330UaGhoWH/k08+2X/48GHE43GuqupEZma5&#10;gPzicrnY/PnzxSeeeKJkzZo1S8vLyz/udDqvFwRhBhEJhoygsTrzWrLtZVRVPRmLxfYfPny49913&#10;37VWxLIFoiiOmU2Gcio6Zs8AF3wOhX2+gAKuFFwgT91uN9u0aZPjsccem7Zo0aJrgsHgx2VZXs4Y&#10;8xlnivzM7qPeiyzXsNo9etLp9P5QKNT60ksvxdrb2/OrFY0Yx48f13bv3p3KZDK9qqqeZ4yVk16S&#10;3dasZ3ny1CmK4pxAIHDjgw8+2Nnb27vnBz/4ATeCKO3InHqxfpg/mSRJbN68eeIjjzwSmDt37hq3&#10;272SMWb61sY6W2xcUZQziUSiNx6Pa+l02pbLA9BOnDiR7uzsPOHxeA7KsrwSgIuGMoDa0Y6JrJ5m&#10;zhOL3lTudDqvr6ysTPzt3/4tbr/99qM/+9nP+t98800kEgnzmVqD38d7H81Z6w6Hg3k8HvrTP/1T&#10;5y233FJcUVFRKoqiI5VKxbq7u3v/93//t//JJ59Mp1Ip65obi/2fAJAkSeyBBx5w19XVNTgcjvmM&#10;sQoMZf0cC9/6WBO1P6ptu4he2WdiKHGaEfxV4XK5Ft1www0Lk8nk3q997WsD/f39wxGDJwScczNY&#10;jVveK2QZvbLANU3TfvOb3wysX7++qaio6DhjrIQx5rfYdG1rC3n7rkEaLZVleXUwGEytXr1a/OlP&#10;f/rOU0891bFly5ZUIpEA53wynWfJ5XKxhQsXig899JD31ltvnVtdXb3B7XZvFAShgYhcloCd7Bne&#10;5v6Ysl7jnA+mUqljp0+fPrF79+5UXlu2jpPhG5vqZ8uc/muapn3wwQeZr3/9631///d/v/uaa65h&#10;JSUlgsPhuEYQhCrSy9Pn+4jtDCYoYISYlIRRg5zXCOArAOZjqLzOJYOIuqATBf8MOjmtCnq2UC/n&#10;3EFEDhiZIy3ZWi7X+ZYlLRrfNd/PAOghoiYARwEcAnAWOgHPJDAGAZRyzlcRUS307KbTAQQ4517G&#10;mAP6gcXMIMpIz44i5JMVL2aUNz93qbdkfF6DXo4iA50UGjf6fRp6xs7d0DNRmveiGK8zAM5yzrcT&#10;0c8BrAPwIOf8GugZJU0jrC0OV8uYJ40+/QLAduhE3CiGMokC+nN2QR/zuQBWAVjJOa8jomLjfw6D&#10;KJwzH6xjkw/r+A73PKxjbzVAA9AMMqkGfS6koc+ZFHQS5iB0YmYHgBYiasEQGVYw+lsCnfy8EMAi&#10;6KXhy7iegdQ6Jz/qUJHjMCc9qtIFoNLov/l808YrYfTvPHQCdB+AE9CJt/JF2hiuTQZgGef8ywC6&#10;OecHiGgyRBtebZjIAzpgRG7PnDlTePjhhz133XVX3cyZM28tKiq6SxCEOujE7bHiRFwgvzVNiyqK&#10;ciQSiRx74403Qrt27cpYyqiOFawGh4JSVMBUB61bt07cvHlzcXFx8WJZlpcbwS05nxmrtsfouuPe&#10;rrmPG4cnryiK9YFAYMX69evPvPfee/HDhw+bUfompsLBcjjj6uX2m2uahlQqpR09ejTR1dW10+l0&#10;1gmCMMMw9JuOcKsxdyTPx2p0NI0RXlEUG0pKStbefPPNXbt27Tpx+PDh/DJiU+E5FDAEAkBer5cC&#10;gYBDEIRi43xoq5HCNARzzlXOeSwSifQdOHAgaTjHrMEEOUaSI0eOaP/5n/8ZqqmpORoIBHa7XK5K&#10;I3BMRO5cmzDdweJQNG9yMJ1Of9DX13foqaeeGmhqajLPO/lOluy9trW1ZeLxeD/nPII8x+Jouoa8&#10;9UhETBTF0srKSr/P5zuHgs5VwMgwXnI+p522tjatt7dX+fa3v931uc997s3Vq1cng8Fg3Ol0rmOM&#10;VRmEsOGqMBTmeQFTCdk9MZFIaK+//vrg/PnzTxUVFZ1kjM0yAuqtup6dyGb4N/ohGuSH2yorKz03&#10;3nijt6ysbPcvfvGL7l/+8pepeDxu9nc4W8FYBple4FwrKipiDzzwgPPhhx+unDt37sri4uKNsixf&#10;KwhCJYxSptkL2FuphWPoeRDXy+1Gksnkvo6Ojr1NTU1JI4PaVA6YLMjQqwRXQOb5qYaJlgfD2qYB&#10;0OOPP+568MEHZ8yZM2dtIBC4S5KkVUQUsGTuyvcRjVZOmLLUtD9wznlKUZQzAwMDb506daqrtbU1&#10;v1rDSNsxf/Kuri41kUh0qaraIopivRk4aSdpKe86jIi8Tqfz+qqqqp7Nmzf3dHd3tzz//PNm2Q27&#10;iSv5eyYTBIH94R/+oX/dunVL/H7/raIoLoCR7c0cfku7ox6EPF9hPJ1Onx4YGOhPJBI4f/78aJ6n&#10;VV/h+/fvV7Zt29ZeVVV1zO12d5Fe4clh9sFCrBkL26U5dyVBEKpdLtdt06dPdzudzleDweBeh8PR&#10;/eKLL2bMj+PCeTzW/pb8nwSAzZ49W/j85z/vvuOOO2rLysqWO53OeUTk1TStLxgMHrr//vt3ZTKZ&#10;c7/4xS+Svb291kx8dpFGc/q0fPlyYeXKlSUlJSXXCIIw2wwIBMaGyHyRvownbCW/Wv3fxpx3SZK0&#10;sLy8/IbGxsYWn88X6e/vz7dHTfQ+VMCViey8am1t1WbOnKmeO3euPRAIvCeK4lzGWLaqleXzo10P&#10;pqzID9YgIvI7HI71wWDQtWTJEs9XvvKV7UuXLj377W9/O9bV1XUxe+14yeWc17XXXit/8YtfLF28&#10;eHFjRUXFzS6X6xZBEOoYYy5THho3Zacfnef9BOc8qarqmUQicWr//v29+/fvt1Ysth2W4MQrRSZx&#10;GPOqqamJP/XUU72apr2/YsWKWGVlZdjpdN4kCMIsDCXCM3VrO4MJRgyLPnhVYlIRRo2HIUInn32N&#10;iNYiV8G/HNQA+D/Waw9DoLxcNn9O1AeGiH8K9AycTdDLtR+ATqCMYajsfS2AW6GXcJ8FPatpEREJ&#10;1mvSULn74TugN2xmK9OMPmgYIvUloRMmw9CzhZrZQE3l1izLLkInchLn3EVEbgDFRBSETtKSoZdj&#10;L4JOZl0E4B7j+ycAvAbg99AzYvYabSiMsQH8/+y9aXBc13Uu+q29z9BzozEPxERiIAgKHCQOEinS&#10;pCZLZEmWrmQnjmU7UW7Fvr7Oq8T58V459VIpp+x343LspCpxYsdyxbKtWLEiS5Q1UaImTuJMcAJH&#10;kAQBEiRAzGj0cM5+P/Y+jdNNcO4mARFfVRfQQPc5++xx7bW+/S2ZMvUogPVEtAbA/xJCzBJCaFlw&#10;UDptkFSE3OcBrANwmoiirgWRQRIfCyFJx6uFEI8AmEVEPlXXTnp1G0BSCDFKRCNENAhJhBxRzyvU&#10;8yWEEIYKJjtqNR71XAHIdg6qetXVi7leBLlQswxSqs/9fBOcALQgiaTdQoiTRNQG4AhkH9sH4Bfq&#10;GrVENB/AAkVCjqgycFw6jq5KIFVlcJ7DUVyCEKLS9X/nb9frUCDITfkjALoA/K0Q4mwOHP/TcCEj&#10;CE8AoAiRzvtsb5gyT4ikOWtM02RLlizRnnrqqeCqVavqKysrH/H7/Y9omtYIOX6Zq8zZJJ0713Gf&#10;irUsyzo/Ojq6ub29/fD27dsTHR0dtyK4casNIXebTGMa2UDK6QaAHnjgAU9LS8tsr9fbwhgrI6kS&#10;nFMn5acMmfMwY4yFvV7v3SUlJa0LFiw4s2PHjkR7e/tUDbzeaLkFACSTSQwNDYn169fHgsHgoT//&#10;8z/faZrm3YyxAMkTp9kqZ1pASJ3OdVQTjjz22GNdx48fT+7atUtA2mnAtNNxSsLr9ZJhGKamaWGk&#10;q4vcLFLzHREJ27bjtm0PjIyMDG3fvj2hUrS6P+fuO3YsFsMnn3yS3LZt27mKioqPysvLGzRNK4Pc&#10;n2UGP245MseaECJmWVbX0NDQ1tbW1vYtW7a4nWrucZ9mhxw7dixx4cKFvpqamn4hRIwxxoUQl8uU&#10;cb1wbD0IIXRN00ojkUhBIBBwp6DLxZi93evc9Fz06YDbcU/RaBRvvvlmIhaL9fT393/8mc98ZqSk&#10;pCTq8XjWMMbyaVzNHVDEgxwdursq1EG86T44jRuF6OvrE2+88UbsiSee6CgoKNisaVoDYywP0j6j&#10;LKtmZQbZnPcppdHi4uIiXdcDPp9vS2lpadfvfve7sba2NmedcxSz3GM29Sw3W64J3hMg1agWLlyo&#10;PfXUU74VK1ZU1tXVPRAMBj+radpdqq401+dztda51/Z4Mpk8NTw8vPv5558/tmHDhnhfX99U2q9M&#10;lXJOIwew7TSu2rTPLMdw+3mh5jTDMG4lISrTN02LFi3SV65c6Xn88cerZ86c+UAoFFqradpdRBR0&#10;Dua47SxkuX+4SIvCtu2+RCLRdvr06X2vvPJK3/nz553Medm4pwAgzp8/b3d3d3dGIpEjhmEsg8y2&#10;l03Fs9Q4crW3xjmf4fF47m9qajr37LPPvjE6Onr2o48+ig8PDwPpKXJvZC3NjHulfJUNDQ3aZz/7&#10;We+qVauaSktLP28YxlLGWETZFDkhAaufjj0eSyQS5y9evDicSCTcbXnTpNH29nbr448/Hn3sscdO&#10;hMPh7YyxfKXMTq5YeFYJehOVA4DJOa/2eDzeoqKivJaWFu/Xvva1T2pra8+/9957Y/v27bPs8ck2&#10;cwxlazxNNNZTr6qqKr506VJ9zZo14aVLlzaWlZU97PV6H2CMVUDaTVFN09oaGhq8X/ziFz8eHBzs&#10;fOGFF+IY9/llmzRKxcXF7JlnnvFVV1fXeDyexYyxSjc5ynW/2+1jmPRwzaOcc15pmuaCioqK9U8+&#10;+WT3v/zLv4zEYrFcxD6nMflxq0nCqfudOHHCfuONNzrz8/O3+v3+zzDGSonInxHjztb4dg6euEl4&#10;HECeYRhLI5FIvmEYJYFA4N1IJNL2u9/9bnDz5s2JwcHBqx1KycZ+dkJuAACqrKzkq1atMp555pmi&#10;+fPnL41EIo+ZprmEc15CLmXRCa6ZDaT6hXMo1bbti9FodHNPT8+RQ4cOjXV3d0/1A5C3EmljzbIs&#10;e8OGDYne3t7eP/zDP9y1Zs2aWEVFheXz+dYSUSljTBfpirGTZb27Y9t50hBGncUcMjX2nwNYqzpL&#10;VjqHc53rvJybICogSYpRAIMk04efBXCCiDohU3hbkITBBgCrIEmiTupwL8bre0IWvFM2Z4MIIE5S&#10;QXNUqa6MqPv2CyF6iOgMpNpjHyTpbkCVIQpJGL2m/AbqvkyV3UnDXiGEqFTEw2pIhdZCSJXWuQBa&#10;hBDPEdFuAOsh08AfBnBR1VNMCNEO4OcANgL4MhGthUz/rk/0/FeBU2cJSHLoOgC/giROjpBMA0/q&#10;2vmQbXAfgNUAFgCIKDLiMIBTRHQesv1OQRIvO4moA1JRdUTVX/IydZX2u4tYGYQM4nLIlPflkG2f&#10;B6kGWkhEESFEPsbJuD5F2HUY9Zd0eSEEJ6IwgDARNQJ4BLKdRyHJul0ATkIqfp4G0Kq+WgQ5nhwF&#10;23wAYdf90h5tgjqf8P+u8okJ/na90AD8kRCii4j+TQjRPU0ave3IhhGd2SHcgXmm6zprbm5m9fX1&#10;+rPPPlvU0tIyv6Cg4FGVbq4KgE8NhFwaB04wSKjfB5LJ5KG+vr5969atO9fd3Z15eihX/TLnRlA8&#10;Hr/dRtY0Pr1IC1zW19fzxsbGYEFBwd26rs+l9JQR0+lVrh2pOoOcI3yapjWHw+H5K1euPHT8+PGx&#10;n/3sZ2NI30hN5rXTXbZsON/tw4cP44c//OHIl7/85SPBYHAXY6ySc+65jMP/RuFuB0C2Q10gELhn&#10;yZIlx3fv3r1v165dbrXXydwG14KpXv4bAQkh4PP5ApqmlTLGfFnqQ5njUgghBizL6hwZGYm2trZe&#10;izqtAGCvW7dueO7cuW2RSGQn53ymUoDRxaXpW245XOPDtm27c2xsbFN3d/ehN998sx/jh/Iyn81t&#10;94i2tjb7woULUdu2+wEMCyE8kHZjVu0jItJ0Xa/0+/0lBQUF1529ZBKCABDnPG0dxrQT89MIpz1t&#10;AGLDhg3i2LFjFy3L2vnAAw+I4uJi2+v1PsIYc6sJpmSwbuMcMdXH2DRuHwQAu7e3lz7++OOL5eXl&#10;e4LB4HFFGg04Km+uz2errwlgXKVI2QI6gAJd1+/Jz8/3t7S0zCwrK/uorq5u34YNGwa3bNmSOHny&#10;pOUc7Ec62SWzbFebmy/3HM7fGQCYpslmz57NKysrta9+9asFCxYsmFtUVPSIaZr3apo2kzEWgjp4&#10;mzEPZHNdTYnhQT2zbdvDsVhsS3d398F//dd/jVpSsnEqrUnkakcAsg9M+1I+/bjCMjnZ99hTFqmT&#10;ma45KZFIpP6dzVtd5r1jR7NAIMBXrVqlP/3003mLFy++q7i4eJXX671f1/UGAKGMvWHWyR2Or4GU&#10;gIwQIplMJg8MDg5u3LVr17lf//rXCeTAN21Zlt3W1nahpqbmVCAQGBEylbNzICNba0YmeYWIyNB1&#10;fXY4HH58yZIlVigUet+27dNHjhxJnDhxIlPtbMIDhxMg8wCD85Ppus4aGxu1L33pS4E1a9bMqays&#10;XGOa5r2KiOIctspmuwqMrydQz50E0D8yMnJqx44d/aOjo+7nu5l5RgDA2NiYOHDgQHLv3r3twWDw&#10;3ZKSkkYiymeMeZy1Okd7glTZaTwzj8EYKzFNc1lxcXG+3++vnTFjxkfNzc1H/vu//3vgxIkTycOH&#10;D9t2Okv/cvV+LfUy0ffSxjkRUSAQYPPmzePLli3zPvHEEzNmzZq1LBgMrtR1fR7nvJJkxkUSQli6&#10;rvvC4TCrr6/nf/Inf7Lh6NGjnXv37oVSTXf6ZzbWBzIMg+bOnastX768rKCg4B7OeZVS05MfyBC9&#10;msZl4Z5jhDqA7NU0rbaoqGjJ5z73ubMvvfTSyfPnz4tEIjFV/OjTmLpIrSmdnZ32d7/73ejy5cvP&#10;VFRU7NQ0rUrTtLoMn3O21lzJunMW8nERDE7y8EtTIBAIVFdXV69du/bNmpqabU1NTec3btwYa21t&#10;tWKxWOZ+Fpcp15XGzeWeIY0bAMgsGffdd5/26KOPBletWjVrxowZK30+3wpd1+cyxgrVGu2OKWZ7&#10;HnT2/I5vXdi2HbUs63R/f/8nGzduPLljx46cqosCUhhFIddciFuFtPk1mUzaO3fuTJw/f37ANM39&#10;Dz74IMrLy+M+n+8JAOWMMWMykUYz7P07DpOGMArZCAVCiC8A+IKayG7mWteKNGdQ6gJyIrIAjBLR&#10;eZIp7s9CqmdGISdOHfIEXh0kMdAhVPpx5bqdaJJ10pH3AOhWZNDzkGTAbiJyCKEXIQmSTgrzzE1G&#10;2jNd4ZkzTw4IdW2nfDtJnkAw1fOUQJIP6yFVUucAmCWEWEVE90ESNzcCeBPADiFEHyThchhAKxH9&#10;HwBbAXxJCLFaGeLXOvCdxW0EwAeQipofQqqAWuoDGiQhchGAzwJYBpl+3hBC9ALYSkSHIEmtRyGJ&#10;oucgyaEJdR3HoenUR+apB2dBuxz6XZ93VAYcdVETsr/4iSgfkphbDqCUiMohFWcrIOu5CJJMasDF&#10;dc64F1efCQKoVc+bhCQX9xNRjyIVX4AkxB5U3/MTUQEkgbRU3csH1V8n2JBMdO+r/f1a4Uz+PgBf&#10;h+z7Lwoh+qZJo7lBBvGFABBjzN3HM39eaztczgmXug8AikQiFA6H+eLFizV1mnN2YWHhIq/Xe49h&#10;GPeoU1aa6+S2yIFBmHIiqesLAAnLss6Mjo5uOnPmzIlXX301dubMmYnmyVwglwYI2bYNy7IcxYTM&#10;dpkeZ9O4WQi4FLT/7M/+zDdv3rx6j8czX5G/U2vL7SQ1TWE4Y1QnonzDMJorKysbm5ubuyBtQDdB&#10;aDIjWw459zVEIpHAkSNHTobD4U8Mw5hP8pSuD9mdVx2PIyDTqIVM01xUXFx8bPny5adfffXV2KlT&#10;pwSmvsroVCzzzSBl4+u6Th6Px885L4W0SW+6/2QSToUQwrbt/kQicXZsbCxuGAbi8ThweaJo6vcP&#10;P/wwef/99/fW1dVtN02ziXNeCYCTzFhwOxwp7qCQcwI7lkgkjvf29n7Y2tp6Zv369Qn3Z3GF/nX6&#10;9GkxMDAQj8fjvZZl9Wia5qii3eyzZSosapzzUl3XC71er3s/N6UJ35ex74Ap+jzTuCJSxFHLspI/&#10;+clP+nRd37V8+XKrtLSUeTyeFZzzKkVwc5MbbpuzVWG6L07jepCy9WKxmPjFL34x1tLS0lFRUfEJ&#10;57xW1/W5ACZSGskG0ggn43wmqfav6/pCv9+fZxhG9eOPP/7JokWLtu/Zs+fkL3/5y8FTp05Zp06d&#10;spRy0c0QeyaazwkAhcNhCofDbMWKFcajjz4aXrhwYUNRUdFC5UtZxDkvJSJDuFKYuvZgWQ++uK4L&#10;IcSYbdsdQ0ND21tbW89EIhHR09Pj/vhUmAdEhr8MROROEziNTylc5GqyLGsi3+ZU6L9TFan6nkDl&#10;9XriXBNeM+M9uV/FxcWssbGRP/7444EHH3ywpqys7J5gMLjMMIyFjLFKIjKFECl7ynUgZ6J73ChS&#10;AXKXb/p8LBbb3d7evmfjxo0jmPgA3o0itTZ1dnaKDz74YGTVqlXnbNs+yzkvFUL4MR6Dy8aakWo/&#10;Z98qhIBaU1vy8vIwd+5c79/93d99+Ktf/erYunXroh0dHVYsFpsoZnm1+7hjeIyIqLS0lC1evNh4&#10;6qmnIvfff//dhYWFD3o8nvs55+WQ8cJMUZRstatw75Utyzofj8f39fb2dr744otjsVgs7bM3cx/n&#10;57lz5+wf/OAHfTNmzNgfiUT2MMYqiKgKud8DpOwx1zjRiKhQ1/VFgUAgUl1dXV1YWLhj3rx5O3ft&#10;2nX6N7/5zdDRo0eT/f399uDgYCY5ODMue9X7T/A7ASCv10t5eXls5syZfOXKld41a9aUzZgxY05e&#10;Xt4ij8ezRNO0RiLKA8Bdh/WJiMKapt0dCoUSc+bMEX/7t3/77osvvnjht7/9bcylhHsz/s1Uf21o&#10;aGBr1qzxlZeXNyr1wUKo2PO0C/264SbIAdJ+L/b5fIvLy8t3rVixonPjxo22yiY4vbbfWXAW2ls1&#10;rkTG7+LgwYN9DQ0NH5eXl9cxxooZY6GM/Ww2159U/3bI/Op3H+e8zjTNSEFBQWTx4sUz6+vrdy1f&#10;vvzAK6+8cnHr1q3xvr4+27Is1t/fn3kI8mbn5hQPobi4mNXU1PC1a9d6H3744eoZM2bMCwaDS03T&#10;vIdzPpNkJt9URhHXYdFs+7Xc+3bltre7xsbGtnZ0dBz53ve+N3jx4sVbwQ3IKTL3t7cImfOs3dHR&#10;gZ///OdDo6Oj+9auXWtVVlYyr9f7IIBadcAl04dxO/2YU7a9bxaTiTDqhUzZ/sdEVKj+lqsO4Ti1&#10;5E3SO2EUkqjZoUiioxhX3ywCMFsIEVYBaQ8AU8iU5BMGajKdTa77jwLohiTzHYYkXHaoe/eplzud&#10;PMN4anEfJFGVq797MK5kqbk+NxFikGnreyEJjkmMq2om1CsJwCKipBDCIbJ2A9gP4F1IsmMpEdUB&#10;WAyppjoHkqD5KID3ALwAYC8kudUSQnQDeA3AYSI6AuA5dZ2rDXxncRsG8DNIsmgbgDFlBBKkmudd&#10;AL4MqShaoQKEbQDeJ6Jtqn7PqmeJqzoVLiewQ+7UIImdprquk14+ANn+Xigi52XK69Sf04Zj6l5J&#10;Vcd9kMRc51SaQyY1IdsvD+Pk3Ab1qlV/SwWxJ+hXpMoZIqIQgCrVn5NCiBhJZdxRjCvS9gI4purC&#10;UUOtJiKHQJoZZHIjFwtzEYCvQSr1vi6EGJ3eGOUetm1TMpl0+r6jkpYWKLnOS05oDDqvFStW6M8+&#10;+2xBU1NTVSQSmRUOh5cbhnGvcmT4iCil+OR2OGQT7n4txlWxeuLx+J6urq6tGzZsOH/hwgXnVDMw&#10;xQ0EIiLbtunChQspxxkuPWQw2ZC5sZrG5EXaGJ83b15+YWHhIk3TGhljQbVGTztibhAZG2NN07S6&#10;YDA4t7GxcffChQtHT58+nejp6ZkK9XujQfMrXtO2bfvf/u3fequqqvaFQqHdHo+nVB1IymZAPKV+&#10;otrB0DStwev1Lpo7d27r008/PfiDH/xgBHJuzWYw59OK26qImYnCwkJ6+OGHDY/Hk6dOMHugiPA3&#10;o8KR8TUBwBZCDCWTyQuxWCzu8/mEIoxeCSnH1ebNm6NLlixpy8vL22MYxjzOeTXk3gHIMgHkGuCe&#10;cwQAy7bts/F4fO/Ro0cPvPTSS4Mq8HO18ZC6xtjYmJVMJvsty7qoadolGR5uuKDp7cCJKF/X9cis&#10;WbOMSCQy1tfXN+XGrDtoLaTyGXBpkBSYnDZeptNwOlhz7Uirq87OTvvChQvJH/3oR32JRGL3qlWr&#10;UFJSMubxeB7UNK2GiAxcak/fjj4x3bbTuGFYlmV3dnbSjh07Buvr6zfX19fXcs4rOeemEMI5NJFt&#10;f0HaxRxfm5p7DU3T6jnn5bquzzFNs7aoqGj33Xfffezw4cOdL7/88sXf/va38Xg87vYjXO++ljJ+&#10;AgArKytjzzzzjPnggw/m19fXV4XD4bpgMLjE4/EsYYxVKf+04wdO2QWuQMtE171RpOYjh2BhWda5&#10;sbGxLd3d3W0vvvhif09PTyYBZKrAbVNNxnV0GrkBSUFckG3bE7X9ZOwLVzt0NqUghCCl5ut+Ob5L&#10;IDu+6dTv9fX1/C//8i9DCxYsKCsvL68PhUL3eL3e+zVNa1BEhTRVKyDFisuaPeU+2ObY97ZtjyQS&#10;iZ0DAwPbt27deu6tt95yq4tmc04VAER7e3uyr6/vXH5+/h7GWBXn3Au5lmR+9maf2X0IwyGN5Om6&#10;fk8oFPLNmjUr8vWvf/2j1atXH3311Vd7/vM//3NseHjYvU+7mj8prX0BkKZp7Fvf+lbo/vvvrywv&#10;L78rPz//EdM0lyihCtO9p8oiCfiSvY0QwrYs6/Tg4OCWrq6uXkXCyfb6KEZGRuz9+/cnjx492jNz&#10;5sxNmqbVKRVVj6veb3Q8XQsI40RZUuPFq2laE+d8hmM3lZaW7l26dOnxI0eOnPn5z3/e//vf/97p&#10;45cjJ13Lfd2/EwD4fD564IEHjGeeeSbY0tJSkZeXVxUKhZq9Xu8SXdfnM8by1X5pPFg/ngaeM8aC&#10;uq4vDYVCaGlpsQ3D+DgWi3W99NJLMcuybmYvm9ZX/X4/X7p0aUkwGGzRdf0uIgqrPnklwaJpXB7O&#10;XENEJIjIr+t6Q15eXtNXvvKVY2fPnj3b0dFhX/0y0/iUweGX3Erfk3uesH/84x8Pl5SU7Hv00Ue3&#10;aZpWR0TNuLIw2Y3iEhvWxaFx1t8iwzBWaJpWZ5rmnOXLl2+cO3fu4dOnT59+5513zr/++uux/v7+&#10;zEwRNzo3p9lgCxYs0L/xjW+E58+fX56fn18bDofne73e+1SWwgBJISnm9nnmgFQ7IWzbHkwkEvt7&#10;e3s/3rdv33k1V0xki0xl3Mo9zSWk0dbW1uTAwMCQEOLAo48+mqiurh7zer2PKPvbA5ct4brGLSl3&#10;lu3BKYtJQRgVQugA5gP4S0VCzKZzxm2kA0gjIglIQl8fSUXPs5CKmEFI9cVlkKqVHignofv7CjRB&#10;BxYinYwqSKpjdgLYB2Cb+nkKkjzokAoBwFDBbh+AWVDKpbZt1zHGSoQQESIqgVQzdciLuvNTGUT8&#10;MmWFECJJRDaAuEMkFEL0EtFpVT5HhfO0EKIH40RSWxFIk5Ck2m71DG8A+BchxEoAf0hEywD8T0ji&#10;5j8D+K0Q4izJlPFRSBLpGcgU6v83pNLl5TafTn1eAPAdAL+BJDraql4ZgHIhxP8gom9Cpl4fAvAR&#10;Eb0IqULao+rXUX5yn6zgqu/5VX1WQqqmNpM8hVcJoFAI4VGbSQPylCKfwHHgXN4SMo1HEpKM6SjB&#10;RoVU/OyGJOr2QBI2HYJwl/rZqeoIkJt0D4AIJGm0GVJBtYWIKlS5Hef1RKROguxPDuF1ovqNuu6/&#10;D8AggKAQopyInDT2JlRKK/Ws2SaQOmOoSQjxNSI6CWAH0uXPp3ETyDgR7YAynHKOkXq9G97UHOji&#10;VlAkEmE1NTWssbFRW7RokVlZWemvqqoqqKioaMnLy3vQMIz5ynnhh5y/nHGZSy5JKjeFKrjjkGvt&#10;7+/fcODAgVP/9V//NaZOMwNT3xBkThuHQiF24cIFh9AETO4AvVO2zLVhspb3TkWaQ3/16tV6WVlZ&#10;mdfrXcQ5L1cbPLfC22QmKU9WpGwNIuKaplWYpjl31qxZtZ///Of7/uEf/sHZwDv1OhXGSKqMN6jY&#10;k+Z83759e/L48ePnioqKNhcWFjbrul7MGDMzbJab6Xep07mqHYiIfLquzyktLb1v9erVHevXr4+1&#10;t7cnh4aGPk1OhGwjm0SFbIHuvvtuvnbt2jyfz1dKMkWPExx020LXXeaJTq4LIYbHxsYujIyMJGj8&#10;dPRlL+G6v9iwYYM1f/78vqampj2mac7xer15nPMi4BIVzVsxzzrORlvZUWPxeHxPT0/Ppk2bNl1Q&#10;QZ+rOdXSni+RSFiJRGJYCDGI8T1b1saRM3YZY37OebihocHX1NQ0vHnz5snUH68Kly1PcNl4SLfj&#10;nSwXwOSbiy5X35PZJp1MSNujxeNxe+/evdYLL7wwMDg4uHP16tUDM2fOjAYCgacYY+VOMBzIPsnh&#10;ugp969UMpjH14e409jvvvBMjomN/8Rd/scfj8SwkojBjzAuk9a9s9++069F4ektijAWJqNHv95d7&#10;vd7PhEKhPQUFBR9XVVW1PvXUU70XL16MnjhxYuyTTz6JHz9+3I5Go7ZS27zSupjygVdXV1NRURE1&#10;NzfzWbNmmWVlZWZZWZmvvLy8uKysrCUUCq3Wdf0uxlgxAD9jTHfWhgw1jpuyZS5TJ05ZHbtY2LY9&#10;mkgk9nd2dr66cePGU9u2bXNS9015RZZp3DGgRCLBhBBk27b7gPVk7r+ZtpO4zN+nAkgdgnKTRNP2&#10;Ctd6nQzfNAFAOBxmtbW1rKmpiTc1NRk1NTX+GTNmBKuqquoKCgqWK8XJSsZYWPkRmLoWZezpsrnO&#10;pPkYVJnjKg3q7zdt2rT9ww8/jA4MDOSSqCC6urqs3bt3d0YikY/KysoWMsbKSGYbFBk2ZDbgbh9A&#10;qv/5dV2/KxAIlHo8njnBYPDt8vLyXStXruw6dOjQyIEDB2KHDh2yjh49mnnIL5NAQOXl5VRXV8dm&#10;z56t19fXe+vr6wONjY0NJSUln/H7/Q9wzmtV/EF3xUgcf1u2DrW6U9GnMnEkk8mOM2fO7N24cePg&#10;ZYiwNwsBQMRiMfvHP/7xYGVl5c5FixbN5ZzXaZpWCRkbTPmzkJs9QeqaTp2q9xpjLKxpWkswGJzp&#10;8/m6wuHwjvz8/A8rKioOPPfcc33d3d2je/bsGTt8+HCyu7vbamtrm2jcu9+n+ZZKSkpgGAZbunQp&#10;b25uNkpKSoyysjJvSUlJpKysrC4SiaxUynWVyufjofFsLakyu32HQgjGGAsYhrEsEomEGxsb7S99&#10;6UsfRaPRc7t3746fOnXK7bO41nk3jUBFRGzp0qVGZWVlo2madymyFOFSH8+U8lncZgiME+RARBpj&#10;rMTv9y9raGg41tDQ0PvBBx8kMR1rutNwO20jAUAcP37c2rVr1+CiRYt2mqY5m3NeQ0RBFTsTGfZG&#10;VtYj1/1d4TlnyiMvEVV7PJ5i0zSXBIPBg/n5+R8WFRVte/jhh7t7enqGT548Gd2xY0fs1KlTyZ6e&#10;HnHmzBmhDlhdzjZzk/ZRXFxMs2bN4vX19VpLS4unqKjIV1xcHKyqqpqdn59/v8fjuZcxVsEYCynf&#10;FXPWKedQYo7WLHnx9DpP2LbdPjo6urWtre3g97///UHcnr3sp20+SnueZDJpHz9+HP/8z/883Nvb&#10;e+jRRx8dmD9/fjQQCDytxoTXTRh2tb9zren1MMe4rYRRNfB1SHXK/xfAPNwcWXQicmjKUUWKKAlg&#10;TAgxTEQxSDKfB5Ic2CyE8F1ukzDBpJ02YQghLCIaE0KMQJJQOwEcJ6JWjCtcjqqP+yHJeA2QhMAq&#10;AGVCiAoiqhBC5BNRWH1OY4xdcuIggyiY2kgrUqhDWEyqVwxAnGQq+yRkkC/heq4ydf9FRBRX5MZT&#10;qtz7AZwUUiV0zFUPNiQR8jQR/QbABkjF0S8AWCKE+H+IaB6AnwohWgGMqsWpF8CvVF18S9VBSlnQ&#10;VbcWgCNCiB8R0W8B9DuLmxDCC2ABgD8lokchiY+/AfBbAFshCZlxyiA3CnkyQYdU7KyHJGHWA6gB&#10;UCCEMFzfSQohzqnn1Ume7tIgUyt4AJhqI62p72lCCA5JRHWIv6kNKBHVZyxEjvLoKCSJtBeSMNoF&#10;SZI9qZ6jRwhxhogOA3gZkig8A0C9Irc2QCqERgAEhBAmEWWO7UsMYbUx8pFUI6hwtykRDQkhBono&#10;giLKeogoiHGSstNeTEwQFMeNjWFGknD8vwH8jepX1tW+NI2rw2UNpgXtkskkjY6OMiJiPp+PRkZG&#10;rsuA1jQNM2bMoEWLFrFQKMQCgQArLCzU8vPzNZ/PZxQUFHjKysrySktL64PBYItpmo2MsXLOeRVj&#10;LB9yXDmb8ZRTwWUQZBMC6cR/IYSIJ5PJY6Ojox+2trZueeuttwYOHTqUeYJqSiOZTFI0GmXRaJRh&#10;fNxOxmfLdP45793k3cla9jsVKWdXaWkp//a3v11RWlq6RNf1RuWEcxzsabvSaVwX3DYmQZ7Qry8u&#10;Lr5vyZIlHVVVVdGLFy/aSin6ku9MQqQ25Qo3a++LkZER+9VXX+0vLi7eEwwGd3DOy4ioStlkN3MP&#10;dxkdB4uzVmmc82qv13tfU1PTgW9961uj3/3ud3sPHz58s6mpJgOmarmvB6m5q7KyktfU1OSbpllO&#10;RI5iZzbTn6T2jEKIsWQyOTI2Npbs6+u71u8766G9a9eu2NatWw+sXr36A8MwZjPG8pRTLduEkKuV&#10;h4DUAZy4bdvdsVhs7/Hjxw9u3Lgxihs4gT08PCwsyxqxbXvYFRzJxjhyyurMoQyAv6ysLFBVVdW7&#10;efPmxE1e/5ZiAuIdxeNxFggEGGMMg4ODwOR1oGX2CcdH4/w+lefNW4nMurI+/vhj0dHRMRiLxY48&#10;8cQTr82YMcPy+/1rVWA8ldopi/PadUMFFqYxjRuB2Ldvnz04ODj25JNP7vR4PDNCoVApyQPeeg63&#10;F2nBejF+mAQqiGFyzg3GWIAxVmgYxpxwONzZ2Nh4OhqNHu7v7z+2Zs2ac52dnYP9/f2xeDxuxeNx&#10;a3R0VKjrCsYYEolEyk9jmibzer3c7/driuiQl5+fXx4Oh+tN05ylaVol57yCc15BRBEi0oVLecXl&#10;l8s8pJM1sg8yAmyK4NQ2Ojq6sbW19ciLL744Eo1GM9VYpjGNm0HO+5EQAslkkpLJJPd4PG6y02Ts&#10;w5nlmohcOdVsKmHbNtm2zYLBILNtG8o37d5bXxW1tbXU0tLCIpEIBYNBHolEeEFBAQ+FQnphYaG3&#10;uLg4r6SkpDoUCjWbpjlb07RKxli5Upz0YDwt9a3ItgYgPXZpWVb32NjYR11dXXt+9KMf9XZ0dLgP&#10;4WWzPVN9pL+/X7zxxhuDjY2NxwoLC09wzhsYYwWKNJsLcqGbT+msrV7OeRljzFdQUFARCoVW1tTU&#10;7L333nv3dnZ2nu7o6OgfGBiIDwwMWNFo1LZtWzDGUkQCzjmCwaBWUFCgFxcX+ysqKoqLiooaA4HA&#10;PF3XGzVNq1Xt7HVsYmdv6KzrWfRVpkQq1D2cTByHW1tbO99///2Ya27JJlk0Nf537NiRfP/993tq&#10;a2s/1DStjHO+lojyhRA8g4CRbaQdWHTbT0IIzhjjkHHUABHlG4bRHIlEzjQ3N58aHh4+sGzZsmO9&#10;vb0Xe3t7Ry5cuBCLxWJWNBq1E4mEnUgkBOccjDEhhIBlWaTrOum6Tj6fT/P7/Tw/P98sKysLFRYW&#10;lgaDwZler7dB07Qqznkp57yciIrUYSPKsJ0yiZlOTEooey+g6/qc/Pz8P1y0aJHh8/k++PWvf935&#10;8ssvxy5evHi9pFHncwSAHnroIe3hhx8uCIVCC3RdnwuV0XICe24a145LA9RSZXRuIBBoXLhw4a7q&#10;6uqxU6dOObyDaUwj10j5vd555534ggULDj/00EMbDcNo0DTtLsZYQK25ufLppvaD7rnO4WURkU5E&#10;ftM0g5qmVQaDwdX19fXdsVjs2NDQ0OGHHnqo/dy5cxf7+vpiw8PDydHRUSsajVrJZFIwxpy1DolE&#10;ghhjME2T+/1+FgwGeV5enhkMBr1lZWXFhYWF9T6fr0ntZ8vVftYR/HALlWX6rXLiv3LvnwEkbdu+&#10;ODY2tv3cuXNbNm3a1Hvy5MnLKazmErm+x+1cU9zPZnd0dOD73//+aHt7e8df/dVfrauvr48HAoHP&#10;ZWSszCSN5rT802FridutMMoB1Aoh/i8iWo2bk2FOG7wu0p+liJxOimEbkiAaFDKVfJq8UUbHyOwl&#10;qXuoycSCJEH2CiG6FMHyJICTRNQBSQJkkOqOpUKIeSRVG0sgCX6FkAqiqdTnzv0n6qBuY1Y9x5iQ&#10;qbsHIVUiB4joAoABIcQAEZ2HVNx0VCT7MJ7i3h2kcdebc8qJQyqtRiDVTovVtWLImLxUXceEEJ0A&#10;XgfwCYB7iWgtgOWQhMx/A/C2kGqmthCiD8Arqo6/BZnOPtPAPgLg/xDR6xgnizJIou3DkCnMSwG8&#10;BWAdgC2QpMtLiKIZMFXd+wB0AGiFVJa1KF3xx72QOgs3QbZVAYA8IdVHgyRVX8MkUwcUkUwLn6/q&#10;0CeE8EASIt0NyxQZ0yCiPEjS6t3qf46S67Ai2PZAEknPQRKPzwM4SkR7INsxBEn6nElEMyEJ0BWq&#10;nE56Kjcy94fOMzMhhJ+I/ERUqj5oCSEcorEF2QeYuian8TTibof09U7iznd0AE9CEmb/URFlp5VG&#10;cwMCYEQiEc/q1atjhmHYhmEIzrnweDxIJK4cQyciFBcXs6amJnP27NnBUCjk83q9/kAgUOj1ekt1&#10;XS/hnEc453mc8zJN02YyxsoYYx7IfsaA8YXfMQSvMnZvFA5Z1DFkhRAiadt2TywW29Ld3b3lu9/9&#10;7tndu3fHke6Qm0pO1onAicgoLi42V65cyWzb1pw2vkFlv5yBiOD1eoVlWdB1XTDG7AsXLtgdHR3J&#10;3bt3T2VCwafV2nSei3k8HmpoaNCqq6trfT7fvYyxEoes5zjac+SQvJPgOLY553yG1+tdXF5evuWz&#10;n/3shY6ODqu7u3uqzFdp49e27ZstsxgdHbVfeOGFeEtLy9mamppPdF2v45wXQx64kh+6eae4u9yO&#10;AzeoaVpjYWHhivnz55+dP3/+gIswOhXnqjsNxDlHWVkZD4VCEU3TiuHaF2drynJHxIQQ8Xg8Pjg0&#10;NOQ4noAr95G04M8nn3ySPHDgQM9bb721PxQK7VWkkVL3M+WYnJ9WZiGELYQYjMfjW3p7e3e8+eab&#10;PTt27HBUxa5rTurt7bVGR0cHbNvuR3YVRlP2n3pPROSLRCJ5JSUlHRjfv0yJMetyaAIAs21b9/l8&#10;5n333ecxTdMGYGuaJjTtdrt40kFEMAxDEBGCwaBIJBJ2f3+/3dXVZW3atCnrirJ3ADLryj558iR+&#10;+tOfDkej0YN/8Ad/ICorK8nr9T6madosyP21k6pa5HiemLC8V9tXTmMaEyAtqNDf32+98sorZ557&#10;7rmtHo9njmmafs55kUOAQA4CSmlRNeWrcMaPs88hSRwt45wXa5rWZNv2RdM0OwOBQGd5eXnvXXfd&#10;NWBZVl8ymexLJBL9yWQyallWUl0zpRpNRMwwDL9hGPm6rhcwxvI453mMsQJN08qVanCeW/3uCsXN&#10;BZy1n0im+BSKCNMXi8V2dHd3b163bl3fli1b3HYAMD23T2NqgAAYK1euNDVNszVNs5VPatL5zRhj&#10;IhAIQAgBxpgYHh62enp6rK6uLvvgwYNTlahNADSfz2fce++9pq7rNhEJwzBsn8+HWCx21Qv4/X5a&#10;tGiRp6amxp+Xl+cNh8Mhn8+X5/V6i03TLFVzaYRzXqIEDGYwxvwkxTbcwgJp+4EcTayZ+w5h2/ZQ&#10;IpFou3jx4ge7du3q+OSTT5K4NEV3tsuA/v5+e926dYknn3yyt6GhYZ+u63MYY2GSBxJyQip0EQnd&#10;ZdEZY87aV6tpWoPX672nuLj4XEtLS08ikeiNxWIXYrHYkIrxpq7HOTe8Xm+h086c8wJFSKnhnBeS&#10;PBTKXPdzHwjJ2cKp9p/xRCKxr6+vb9f7778/vH37dmeNzPrtXD/t999/f+yuu+46tHLlyo2GYczU&#10;dX0BZHwyza+Vg3K4r5tG9nHtxz2aplUIIUo1TZtj23aPYRgLQ6FQV21t7aBt20PKZupLJpOD8Xh8&#10;RAiRdBONiQiMMV3TNJ9pmhFN0wo452HGWJBzXqBIohVEVEBKTVSV4ZIhPdEYV39y1I7BGAvoun5P&#10;KBRizc3N7Omnn353ZGTk7AcffBDr6uq6HtIouV8PPfSQt7GxcbZhGHOUX4e7/Ojua07j+kEuDoXO&#10;GCvxer3Ny5cvn/XFL35x9Hvf+94o0ut2Kq6d14Lp/nN74R7D4sCBA8mf/exnfXV1dTtN0ywPBoMR&#10;IppFRIYisqfi4zksk/vghJOdiDPGIoyxsBCi3rbtYcMwznm93o6CgoKz9fX1/bZtDyeTyf5kMnkx&#10;FosNWpYVx6UcIabrekDtZ/MYYyHGWEDxAyqU/eXMyxzja7MzXp3ruOsgZ4d1nLcqFf3OoaGhj7du&#10;3Xr8tddec/hTt0RhdLLtNXKINP8OALz99tuxWCx27Nvf/rZdX19PwWDwcwCaSArxuds+56TRjPX3&#10;jsVtiyaojUcxgC8D+JyrLDfbKpmdh9O42qLb4Xe1+wiMnypy/21MCHGBiE4AaANwHECXIm3aAEKK&#10;FPpZSBXIEiFEARGFSKY+8EA67S9LjnUz6hUsSGXPXnWvU0KIDiI6A0kcvKheIwAGAMRIKow6kxsw&#10;PsldDwjjBrL7dOfEH5aTeVwI0QVJ4NwBYBmALwohvgWgkIheFEKcVw7GPgD/rZ7vO5AkWqfOLwD4&#10;R0gCap+LLFoC4A8AfBXAaUgi6iZIEuXViKLOYjgCqZp6QP35RpwqDJIA6vxuQvZhDyllWNXueYp4&#10;WQFJ4qyGJLkWCCG8JNPbT3R9DXIzF1T9ySlnAsAYgBEhFUD7IEmkpwGcFkLsJ6LN6nnCkHU6C0AT&#10;gJkAilRZL9f/JhoalxCrkb4ZzZy8bxTO2PUDeA6S/PsTRTL+tBrutwQZgUHHMAwWFBQs/sIXvhB6&#10;+umnRznncJz/13pdxhjnnHs453mapgUUgaZEOWfKiChMRE6QkkFuft2Gqfvkdi4X/sx7Ctu2B+Lx&#10;+K6BgYEPt2/ffvTs2bPJkZERh0g/JftbxnpFjLFgXl7ePX/zN38DxpilTn5dVxvfCmQYxgKSvD8a&#10;jUa72tvbT//yl7/sff7555Ou/09jcoAA0P333699/etfLwiFQnMMw5hLUo06c2M37ei6MThzlztI&#10;G9B1vb6wsPCexx57rHPz5s3t3d3dziZ/0pKeJrB1xGXsn+u6rHrZO3bsiC5dunRfMBjcrev6HM65&#10;4ThdVGD/ZgkyBEl+dsrNGGMlHo9neUlJycEnn3yy6ze/+U030tPoTRXcieOTiIj8fj83DCPEOY/A&#10;tS/OlqPA5fSybdse6u7uvrB//36HOXWtZAoBQESjURGNRu3Dhw+fLS0t3WwYRjNjrAAy0wEp4spN&#10;l/kKZXBO+DrzUSKZTHYNDAx8vGfPnoPvvffe2MDAgJssei1jQAAQnZ2d1oULF/rKy8t7hBCWoxoD&#10;ZIe862oHxjmPhMPhkvLy8jbIw3nAJJ03rwAiItPv98999tln13zpS1+Kcs4npY3HGEvzpTDGhG3b&#10;0Xg83n327NnTP/nJT7qff/75uOsrk6r8UwBOfdknT57ED3/4w2G/33/oscces6qrq5M+n+8hznk9&#10;pE/B8TvckhP605hGliAAiIGBAfv1118fW7Zs2fFQKPROfn5+KREFGGN+15qda39CKi2em+yp/q9B&#10;Btu8jLEyXdcXArBs244JIfps2+4RQvTatj0ihHAIoymSkhCCcc6DnPNixlgxSQUuE+Nkb6Y+n+bX&#10;cP2e69Sll/hwhBCjiURid19f30fr168/vHHjRufw7ZT1p0zjjgQjosKmpqZVP/3pTxs55zYpBWBM&#10;on6sCFLOWye6blmWNTg8PHxq7969HZ///OcHIfeibt/AZAcBML1eb+OTTz756BNPPDFKRLZj117z&#10;RYgY59yr63pQkRPyOOeFnPNyTdPKiSifpIqoI37hpLu8ZE51lSubSPPTuAgStm3b0WQyeWhkZOTt&#10;tra2vd/5zncGcKnQS07aMplMimQyKXbt2jW8cOHC7V6vt5lzXsMYi2T4ULK9tqYpeEOFLSDjT2Fd&#10;15t1XZ8thEgIIYaFED3JZPKcbdv9mYRRIjLUwY1yUurbGG/ntHXTuTdyYy9k+rcsy7J6o9HozgMH&#10;Dhxoa2tL4AYOVl4nbABs27ZtyVdeeaWvrq5ul8/nq/T7/fmaptVDxgMd4uStICU57ezEeh11T4KM&#10;1wc45z7O+QzDMASk6FPMtu0+27Z7bNvuE0IMOXaT+9pEpDPGAkRUyDl37CYd0h5zZ1ijDHspM/B5&#10;ubimu48yIgoahrE0FArZLS0tiT/90z/9yDTNrp///OcxpB94vdzcm/KRezweamxs1FpaWvILCwuX&#10;aZrWCNk2wC0iNN8JcNmrjIh8pmm2lJaWLrn77rtP1dXVjR07dkxgvO2mypp5I5juR7cX7n4l2tra&#10;rOeff/7UN7/5zffr6uoaTdOMKMK4cyjxJkMX114eImIu/y6ghMEYY3kA8pQfyVJr8agQos+yrPNq&#10;Lc4kjAoiYkQU0jStiIgKSYqsOfvZ1Lqs7udemzPHXs729Op53eN9zLKsE0NDQ+sPHjy4/e233x7c&#10;v39/0rWg53xesO3caqVlIfaWTaSRRoeGhvD73/8+VlJScuIrX/nK75ubm7nf749rmjZb8Uoy1f9z&#10;BjXw7vj58nbKTwQAPAHgyyQJdkB2yGaZ17kW1VL3xCgvMK6KlYQkrh2FVKLcS0TdkMS9Akgi4EOQ&#10;KpoVkIqcHoxPhJkdzU2euNI9BxQp9AAksfEAJCmyF8AwEcUgCaETySM798x89mupC1uVwbme5S7n&#10;tQxMtaeMATilyryFiD4P4Bl1/V9gXDH0IiRpNAjgO0KIIBGNAvguZHr5PldZ8gF8EcDnIdPP/wbA&#10;GQBxuAz5aykfpFpmGtRCNVG9XQ5uMq6zSApIJVD3JKOrlwey3xcAKCOiRgDNRNQMSSQNC5nK/nKB&#10;aq5eJqSaabnrnjYkyWoMUtm2A0A7ZL/ZCOA1yPFeCqAFwDwADZBKq9wxRjIczcDlT3Pk+hRWCMD/&#10;hHyOl4VU0s3Bbe4MuBw8qYAC57w0HA5/IRwOX3Ii6Hovj3GDj5OUstchHT2XzIGuOc8xgHN6asi5&#10;rXNvkmTRkWQyeXBgYODVo0eP7n3llVcGT5w4cUtODk1gpGXt2V3ODBCRxhgrCIVC/yMYDD52s9e+&#10;BXDXe1II0ZtIJHZ6vd51K1as2Pzyyy8PDwwMTKcLmRwg92vFihWeBQsW3OX3+xcTUTGlq4sC06SE&#10;rMBxpEPOs8V+v/8zlZWVR5YvX3528+bN1tjY2KQli+YI7ucVH330UWLu3LnnKisrd5umOZcxlq/W&#10;I7qMTXUjSHNakEyfNjMQCNx39913n6itre1tb293VCNyGtzJAaZKOW8WKZtECEG6rjPDMEJEVMAY&#10;0yYIKN0UHN8bgLhlWb1vvfXWuZdfftkJFl3TJdRPpz/Ryy+/3Ddz5sw9wWBwt9frreCcl0GezBYT&#10;2FXZgsOUdurHtm37YiKRaO3v7z/82muv9be1tWXuSa+G1PUOHjyYPHLkSH9TU1MPZNYKG+MH826q&#10;3EgP3jHGWJHf768qKyvTS0pKqL+/n2Kx2JTq/8q+9vv9/od9Pt9yjNf7ZF5rnfJZQoh+y7IO+P3+&#10;N9auXfv2O++803/27FnLsqw0P8k0rorMdd8eGRnBj3/845Hh4eG21atXD8ybN68vEAh8Ttf1OVCk&#10;UYwH5acV4Kcx2ZFm63V0dCR/9rOfnfd6vZuXLl06UymH1ZNSQrsF3dm9b0/d0PEx4FI/rGCMmQD8&#10;nPMyIYSFK6e/ZCTFDjRIex9wER0yibGuB84VoccNt/9aCCGitm2fGBwc/P3+/ft3vPLKKyOu1H1p&#10;35nGNCYxiKQaUk1xcfH/wgRxgkkMASBh23ZXKBR6X9O01x566KF9mzZtSo6Ojk4Zn4AiJgS9Xu+q&#10;ioqKxciOb5opW1lz+aYdn/UlvmlnLnXFRHJ26MB1f6F80zHbtttHRkbe2L59++s//elPz3d1dTm+&#10;6ZwrjDq/v/baa7H6+vqjTz311A5d12czxuZDEdiy6EtxI1UfzvrpWksdsp8GmZHPCyDCGKvFxAcS&#10;SK2duiIWTHTAYaKYcdb3y3DFJpUaW+vw8HDbBx98cLG7uzvXCtwpm8m2bfHee+8ly8vLTz733HPv&#10;1tbWljDG/IyxKlVXuSLNZiLTTnFixinyqBqbjgKoYIyZRORnjJVCxTqvcG2mvq8p4hO5x6/bbsqI&#10;a7v7wpWeP9UvhRQx8ui6vigSifDm5mb21a9+9SPTNM+sW7cu1tnZea2kUQqFQuyP//iP/XV1dXUe&#10;j2eZpmk1rvLjCt+fxnVAtZtTlxrnvM7n891TX1+/6ZFHHhk4duxYFHdOXU/v+ScHRHd3t/3v//7v&#10;Yw888MDpoqKiDfn5+WWMsRAReR2fbsaeL9tw9q/OgXP3nJmal13zswBgkhTCy2eMVWOcjzQRuDMv&#10;Q83tmXaV69BM6k8Z71PlzDJE+uMK27Ks7mg0+kFnZ+eWv//7v+86depUUvmjc8oPSCvUbSB03mY/&#10;YBpp1LZt8cILL8Rs2z75R3/0R/81d+7c/lAotNYwjPkA8pVNn1MF3kxb9w5Sfb0Et5wwqgaACeB+&#10;AF+HJFlmi717rdfIJGvaRGQRURxSvbEPkuh4ClJBtFdduwDAMiHETCKqwni67ysRDDMnv5RDXwiR&#10;IKIoZKr3HkiCXxskye84EZ2FTJU+Bum4cAaEY0wHIImIJiTh0mHsm5DE1TDST1YBUr3RXU/OtS1I&#10;ks4gEZ1XpwYGiWgEUn0lBhngcQilV3jkNAM8JoRoh1QCPQzgcQBdQog3AIyqRXAQkhxaR0RfBPCf&#10;AF7EuLIoVD2vBtAM4P8D8D6AAbqOE6fOYqReGgADgFfVSUjdI1+9DIyffPC6LwNgFONkAFvV3zCk&#10;ymtU1WVU/S2OcVXQIUgF2A5I8vF6jLddsXr+OQDmENEsSDXQgJBKpJmqtGnOaoxvpk3Idq8G4AQQ&#10;RyD78CnX62VV9iIA1STT2JeRJG97ARhCCIfwl3nPTGRzknYb6pUAvgagE5L0Gr/cl6ZxTcgMmhtK&#10;mSpnuJzBcwuJZI6/z5lIbCFEPJlMtg0PD7999OjRLS+99NK5bdu2JVQA51acGiLG2ETPnM26SG2I&#10;SZ6wjmTpurcEqrlKiCjP7/d319bWHli2bFn0jTfecB+5ympbTcfLrxsEgGpqavicOXOC4XD4bsMw&#10;FqgNrtumu9l+7W5nyvj77Wq0iZyrlysnkKWyuh3pjDGfpmmNfr9/9rJly1qbm5vHdu7cmRMlkUk+&#10;NlJtcfbsWfvdd98dW7FiRVsgEPhE1/W7iMhHkjSaVYe4E3RQdRMwDGN+Xl5e6ze/+c2Dv/71rwd2&#10;7NjhtIVTxqmAO8VRmgIRwefzcV3Xw5zzQsg9FZCFvuKMG9VXbNu2ByzL6t+/f3+ir6/vZo4P22+8&#10;8UbiscceO1dWVvaRpmnVjLF8xlgqOKaQ7TkyNYbUGp2wLOvEwMDAu3v37m3/8MMP4/F4/IYDm+3t&#10;7WLnzp3RNWvWDAiZCcJSQZPMdEQ3AnKcrpCE0UJd12eEQiHDsnJ/DiWLc6ibICQgA2RhGj94O5VQ&#10;whgr9vl8I7W1tXsef/zx0RdeeGFsaGjojpqDsoQ0Qh0Acfr0afzwhz8cbW1t7fjrv/7r92bNmsUC&#10;gYBQpNGQcuBnZnmYxjQmK9II0a+//nq8oqKiu7Ky8t2qqqp8lequlOSBNXLNkcCtI0HIXyY+GOoQ&#10;SPXrXQ+uIXiUa/KL+x7u9wnLsk6NjIy83dnZue2FF144v23bNjcR5pYF2KZxRyAn49g1HgnSN1qc&#10;i/vkEirQX+jxePRwOHzimWeeOTE0NDS0devWyT4GM9uUk8zKF8rlTTPIY2mkgVTBcuf8cHw5glRW&#10;CCEVu85Fo9F3u7q63v+nf/qnc2+++WYC6aTIW9GO9tGjR6133nln6N57791pmuYsznktY6wQ2TnA&#10;dzmkxbXc93ELTUCJp5BUKbsiMkiB4zfKrQJ35lpsCyEStm13DQ0NvXPs2LEDW7dujXV0dLgJKLls&#10;VwFAXLx40frHf/zHsQULFrQHg8F3SkpKikzTdERseIaPzF3+XCDN1+T2lSg4KneOIixTcdBrhvtw&#10;jfvazrh3xY+vlYNwSb8EZCY3XddbwuGwPWfOHO2rX/3qB36/v+M//uM/xnp6eq5EGnXuS/X19Xzx&#10;4sVlkUjkHs75DJLqx+T6TrZ4EhPhSnu/q/WFK/m9r3S/K33ncvfMmh/diVEo9elZpaWlCx555JFz&#10;v/zlL89mZMj51OB2ENCmcUWkEeQA4PXXXx+orKzcbppmKcmMnXPp0jTcOUOGveMwOOWb9PnUPR9x&#10;IjKu916Z8/IEvIBb5Y9yDg84HIGLyWRyT09Pz/sff/zxqfXr17ttsE/1IHJlLbhdcNu5FIvF8Pzz&#10;z0f7+/vPfOMb31g/d+7cZCgUsg3DuBtAhNJFybIe78jwId3R+P8BAAD//+y9d3wc13U/+j13ZnYX&#10;C2DRATawU+ykKYtFlCVKtBL14shy7EQuSuL8nDhxXuwXW3b8iRN/8mxZtvwiy0XFKqRkP1GKRZGi&#10;SJGURIm9kwBJsIEFLOh1ge0z974/ZmZxd7BgARbgAtzv54MPgJndO3duPfec7zlnUAmj1oR0cc4/&#10;xRj7v2GS/wZ6QUim4LJTvAdgkvjsn3ZhRjIMw2ybPCHEPURUIoQoJCIvTAIOSe8DIL7Q9Vhopd+G&#10;ECJERO0wU4jXEtEZANUwo5eeg0lUtQmHBJO06IVJJiwSQuQQURFM4d4HM1pknvVTBJN46IFJGvSi&#10;O026PaEg/20JzXKaCx0msdFv/TTAJM6eRzfR8DyARiFE0Pr8lZBHhRCiHcB66/sLYKaWPyPdbwDw&#10;CsyIoRsBNDuE+VIA+TCJp4dgkU0vB9s4CPOAmQ2gWAhRDpMkORYmKXGk1JZ2G9oETVvBK0cOkI2h&#10;drtFYRJJw1IbNsMcV20AGq1rbUKIJiLqhBUtFiah8zhMsvA6mITNAgDjAUwioskw08mPAlAmhCiw&#10;BAgn1T0pccUaNzkwSaSASWANWPVqhjkea2COQxdMInI+EfmEGfHVZ7WdRwihOASKgZi/cUOoEOLT&#10;RPRNmGPuKBFlIgz2D7bRvEd6n/56DTu8n670EDkYZFGZJKsbhnEmFAptunDhwkevvfZa7fLlyyOG&#10;YQyaMMgYk+sjIxVtYXaAQwCXBfP+9vNAwq6b9dvDGBulKEq5z+fLmzhxYhO6HSdS3k8D1C7p2dD9&#10;A8k/jz32WNbMmTOneDye2YqijEF3tOFUKB2dJD8hEg+Z10qQT6gTEB8/JK+tjjHVb8ITEgn/KhEV&#10;ut3uOTfccEPl1KlTG/bt22eT3lNBVBxKY5fDSgNfUVGhb9iwoWHUqFEVXq/3IGMsl4iKhRkNIFWp&#10;6eXNBUSkKIoy1uv1zn/ggQeOqqq6b+/evX50r1Vpf+i0FSa97OHDFTRu3DgqKSnxaJpWbBFGVSA1&#10;BD/pzAAAgnPeput6OzdzzfSlfeN7XzgcFmvWrOksLS3dd8stt0zXNG0aEY2l7ujOqe5DW3lor22c&#10;c94cjUarzp49W/Hyyy+3hcPh/hg2RSQSEU1NTYau612c8zbGWNRhJOrPGhr/LhERY6zA5XKNzs3N&#10;9ebl5TG/3z/QBO9U9UfCXug0gqUj5Hkgy3gwiVPFiqKM8Xq9BePGjTsvrcvXw/qTasgylwDAg8Gg&#10;2LRpU+SGG24486UvfemD8ePHGzk5OVzTtNkw9UhMkqmEtHZkkEG6wt4H+aZNm8KzZs06dv/9928s&#10;KyvLd7lcdzLGCoF4JCh5PRnocd3NQuk5ha5aDnToVK7ouQOMOMHJWjO4YRiNkUhkd21t7QeffPLJ&#10;2Y8++igSCoUGiwiTQQapQK9G8qECYaZ1BmMsG8AYTdNGT5kyJfeGG24I7Ny5c0ik2LXPLANhpE1G&#10;HHSQRQfC4Nxrdezfkr5TcM5bw+HwJ83NzRvWrl17rKqqKgbTHtjX82Jf60UA+I4dO2KbN28+nZ+f&#10;v9Ptds/TNG0eYyzXcb4cqHZLZOUlIfNeRTny2a/XZ6QI8vlMPvs3RiKR3RcuXNjzwgsv1FdVVQ2Y&#10;LruX+tg6Mv7HP/7Rn5eXV7Fw4cKigoKCPJfLtZgx5hU9I3UN9HzojSzoJGb2dT3oMTZT0P8Je4U1&#10;f4kxlq9p2qdzc3PZlClTtM9//vMbW1tbz73yyithJM5fZ51o5MiR7J577skaPXr0ZK/Xe6sVyIVE&#10;oj2kD1U16yg9s9eyHIT5ZO+btP2TyNhXgmRE0B73ZVkzCZGtrw1ijy0Bq40VRRmbm5t728SJEw8t&#10;WbKkaevWrby1tTUZn2NIQ5LbM0gf2HsAAyDeeeedSElJycUvf/nLH06cODE3OzvbpyjKeJi8FPk7&#10;gyGnJHA9ejnTpqLsq7mXSsTXRAC2DBaKxWIH2tra3jl06FDVc88958fgO+xc75D3LA4A77//fjQY&#10;DF74/ve///G0adOEz+cjl8s1D2akUTt4i6wXTwmfwpbhhtp5cCAw2BFGVQA3MMb+DcAt6I6Y2B8D&#10;0OXAYRLkQjBTdduRHmPWOFAsg1QRgDFkhlf2CiHc1nX5kOE8wPQgo0rCGLcIos0wyXgniOgEgLMw&#10;SZFNMAmEMZjt4LHqUAZgtBBiDMyIjyNgRrwssuqWDSBbCGGnObfTbTjfuzdhxyk4J5A6LHJgiX1f&#10;mBFFIxbBsVkIcZ6IDgPYA+AAgDrrPS9J5LMMEUEAFVYb6I46GzAjq54GECKTyCrDD2AVzCiesSsk&#10;iyowibOjYaZhXwAzeme5EKIEQK4wU8DLxMtk7eY8aPZGhks2Hu30CTGYpNIQEXXBJIq2oDuarU3M&#10;rYM5NtoA7AOwCxZ5GWb6+HIAEwBMATAZJqm0BCbJNKlrQJKx64I5dvKtsoRVvwhMIqkdVTZqjd9m&#10;WB6dMMeel8xoNjKx9lLo66FMkOm1chfMtvp/rPHXn8hMGQBOZU+q0u4MpPKoT3WRD9tCiCjnvC4U&#10;Cn3U1NT0wapVq05u3LgxHIlEBtW4MUiCR69KEup/pK5UI0GZJ+2hAlbUZEVR3NnZ2TYREUid4psw&#10;8GM2ndo6FSAAUBSFNE2jT3/6076SkpLFmqZNJTO6aKq89y9HFr1W7SqkQ4RcpwRjRwrbIQHU7R0t&#10;iMiladpMn88357Of/ez+qqqq2MGDB+Uoo/2dJ0Np7AoAor29nW/cuDG0dOnS0z6fb5uqqhPJjLDM&#10;0G0M7O+ctxXr9prFiChH07RPlZSUnJ85c2bN3LlzA5WVlVx0R3wcCoqGoVDHVIEAYObMmcqIESNy&#10;FUUpss4/A5VzxDAMoyUWi7Xqui4rn66aWAkAQghj5cqV0aampvrly5fv8Xg8MxljxUSUa90naR/t&#10;9zxOQoiPxGKxqs7Ozh1VVVWNSbyw+2Q8CIVCXNf1IOe8Dea5pNfPXiXic95qGy8RFRUUFPhuueUW&#10;7U9/+pMRjQ6JJAZxGSiJ8RtID/k7AXLdJKOF3R9MCKERkdvlcilWOvohQbIfAuAAqKuri5YvXx4y&#10;DOP0o48+qk+dOlXJycmJapo2mzFWZDuCpjPpOIMMHBAAcOLECWP58uWdo0ePPrBw4cLswsLCAk3T&#10;blIUpUAIYafQs9f9QclV3wvI8fvyX0ivuRhvPmv9NjjnLbFYbGd7e/v6LVu2VD355JOdDQ0NcoTx&#10;DDIYariGS0SfIJ9pbTldIaIst9vtcbvdsp1tKMhTyc7m/ZZpL9WnUocPVsfH+wrmuxmGYTTFYrGd&#10;ra2t7+7du7fyu9/9bid6EkUHq/84AFZXV2c8/fTTnTfeeGNVdnb2Bz6fr5iIbgCgCSG4dB4czAnT&#10;X5LfgMLhEAeYZNGgrutVbW1tGw4dOnRuxYoVESQGnhks0qgAwDds2BAbPXp0S05OzvZ58+blM8Zy&#10;VVWdxRjLcchL18Je0Ntc7A9BcEAgEVWEpQPM1TTtpuzsbDFlyhTjn//5nz8aM2ZMzU9/+tOwrut2&#10;+yeQRQGQoijsjjvuGOnz+eaoqjqNzAA/gszoaZcNynS5asrP7K0skhw6HUjYX3ppg96iASd8Llm5&#10;yeBcUxx6rFSMxwR7AmOsQFXV2YWFhdO//OUv1xw7dqyptbVVwLTdD0fYdq90iCiYgQkBK3PGyy+/&#10;HOKcn/zHf/zHD0aPHl3g8Xj+XFGUcouTNKApuK8S1/r5fYZjjRFkkUV1XT/U2dm5btu2bZvXrFnT&#10;UlNTYwdhGRR+QAZxJMgswWAQGzZsiKqqev7f/u3fNk2bNg0+ny+kadqNiqKMAKB2m2V7ctv6Wgd7&#10;c+/PiwwXDBph1DKajoSZYvpuJKb9u+rikpQPmKnlOYCoECIEk1gYgUkOdVmLbS5MAqFiEQWZ6I6a&#10;6BRQkslI3aeAntGjYjBJlaeIaC8RVcKMolkPk6QagWm0zoZJ8psFk/Q3BcAkmGTRQouQ54LZP3Yd&#10;kxmHrrTtLvW5ZPfkdrBTsmcJIUoBTANwu/U+JwFsAPCeEOIkTBKkcQmBFEKIGEwCYrJ7USRJO27N&#10;11Z0kwgv8TqAMCNJZcNs04dhEg4nwex7DRLB9jIH3d7uXc11m2ipwSSv5lt1lKOVGkiMUtoOM7rr&#10;aZhRR0/ATMteC+CkVWWX9T5lMMfQHADzrL+LrfuyAchJciXH/y6pTKuKQpBJBLYVwLo1n6JCCD+A&#10;Jmt8uCyCdRbMqLbMOjzZ5fdGsL0c7M3CC+CvhBmZ9f8VQrRQT7J2BlePuAIxBQqf+MaaJtrWBM8Q&#10;YaZOrYtEIlsaGxvXrlmzpmLt2rXBs2fPDqb39mDCmWIp4R7Si1SQUFdb2WbvyUII4pyjo6Mj/nmk&#10;nlCQJsM27WE3Ehs5ciS7//77syZMmDDG6/XOZ4yNtj+UIuKBrNRJ6Odk164F5HOEdKgQSe7bBPb+&#10;HmLiMpDt8KQoykiPxzNr8eLF02praw8cPHhQjjJ6zdtIhkORPhAQAHhjYyPfunVr84gRIw7m5OQs&#10;tJQtRXY1UvScBBCRoqrqGI/Hc9OECRN2fvOb32z9l3/5l7ZQKDQkCFBXeaYYykh4x3HjximFhYWF&#10;iqLkw8ogMUBjlHPOWyKRSFtzc3N/DYHx8VRZWalXVlYezc3N3WYRwDwAXJQYLbC/+71tTIiTVQ3D&#10;aAiHw3tOnDixZ926dbJxsy+NF187NU1DNBqNcM470U0YFegmfKdijBIAhTHm9fl8hTfeeKP73Xff&#10;DQcCAfl+KgeBuIQ81u+yHf+n6xyOn0ftdrAdHyAZ0DRNG0oE+3SF3KYCgNHU1CT++Mc/hvLz88+r&#10;qrp+/PjxAZ/PF3K5XAsZYwVCCNUhezvLySCDdIBTluJHjx7Vn3/++eaCgoK9M2bM8Pl8PgXAPEVR&#10;ioQVeQ+AUxeWGdeXRw9nPZssKoRoj0aje9rb29fu3r17xyuvvOJ3kEWHnYFNCAHDGK4cgvRHRkeT&#10;FPG1UJqjxDkH5xyxWIyQ5mfPJHDWd7h0fNxxQbpmWNEnt3d0dLxTWVm5/8UXX2xDt91lsMkK8v4q&#10;2tvb+bvvvnsxOzv7o8mTJ09hjOUrijLK3lcdZK7rHfF52M3fFjFd16uDweCWgwcP7vnDH/7QgWuX&#10;3jYuM61bty4qhKgtKiraNH78eFdOTo5GRNNhBkyyP5tS0vZwhE3csn4zAF5N0z6Vm5srxo0bJ+6+&#10;++51u3bturht27aYpF8Auu2wbMSIEcqYMWOmuN3ueUSUR0QsxQEHnJHhrxqXI81crlzH/ctWQtI1&#10;Ob+XCj26bBskIlIYY0W5ubkLZs6ceXLhwoXt586dM8LhsHP8D2lcbR9kMOgQAITf7+dbtmwJT506&#10;teruu+9eO2LEiFy32+1SFKXMcq62Te3DUUYaDMTlMGmfDhqGcTIQCLx39uzZT1566aWmiooKPRAI&#10;ZMii1w4JpFHOObZu3RorKyur/cIXvrBx1qxZnfn5+QG3232roigjhBlI0Wn36A8u6WRxvWFQCKPW&#10;JlUA4FEAj8AkgAH9XOCElFLdJopa1xUyo6zYqcjJKSg5yJeXqoeTqGCT6HQyU9e3CiHOEtEBAAeJ&#10;qBomQTRmPTsHJjl0AcxojtMBTBZClJMZzcYNR4RGR3XSYcDKdWAw6+yGSUxcKIR4nIj+BOBPAA4L&#10;ITrRC7HzUu9xBfcu5ZFk1y0HwAwAnxNC/CURjXGQF+PvM8hIrEC3cZ5gjhMXzINaPoBRRDQDwB0w&#10;D5YRmBFWz8Ek6R6FSUQ+K4RoJqJzMIm7GoASIcRUIpoHYC4RjYcZoTYLJgNfkZ4v183ZJiT1N4B4&#10;G+c6vm97YdkklYj1XZvsTLh8BNJLwVZWewH8DcxovSuEEB2ZRTwlSFUj9sqwH2xIZGzrX2Fwzuuj&#10;0eiOxsbG/92xY8fBZ555pvP8+fP2mI1/dbDqOBhefX0kw18TOOraw1vVMAyyFN8yUtlfQ02hfi1A&#10;0m8qLy9XHnnkkbKRI0fOUxRlPJkR0IEULgO20kwyUkZgOlcMBRBMAppGRIrNX0eKxpmk7MrWNG1W&#10;WVnZ7QsWLDhbWloaaG5uJs55OhMVB2KriCsR6+vrjddeey04a9assyUlJdtVVR2vaVq+5eCSCkJz&#10;nFAjRIKvRLaqqpOKiopuu/HGG2tyc3P9OTk51NTUdE32mQwuj5KSEtXr9RZY57EEpIj4boNzzttD&#10;oZDfMIxkJL8rHRcJBj2/389fffXV5mnTph3yer37iKjIJspc7tx0Fc+THTkE5zwYi8UOd3Z2VuzZ&#10;s6dhw4YNMbs+fSw/3sjhcFgYhhHmnHcJIXTn/f7CoQtwu1yu/NLSUpfL5QIGbq2kAZSN00qWS4J4&#10;ezrlOsffJIRwkrXTce8aKpCNarYjBZ577rlgc3Pz2QceeCA0e/bscEFBgepyuT5NRIUwnWmdJF55&#10;venPWEv3cZrB0EHCmtDV1cXXr18fHTFiRO3Xvva1TTNnziSfzwciWmidSxT7Ow7yaAZXAUuvwjnn&#10;nbquH/X7/Wurqqq2/e53v2veuXOnLAMMRwNbZsBcY6SDfnEIwF7nSNf1oUxwvh762hBCtEWj0W3t&#10;7e3v7N27d+tLL73U0o9sDalCnFgYCoXw3HPPBadOnXq2pKTkA0VRSokon8wAITbbIjM1LdjKIEvO&#10;iHHOmyORyOYLFy5sevvtt5sdZ+XBjMSdoDeor683VqxYES4vLz/zyCOPfDh+/Pgsr9frUVV1MroD&#10;66Sr/jBdkKxtGGPMp6rqp3JycqLl5eXHH3rooeba2lr98OHDzu/SLbfcojz66KO+nJyc6ZqmzSAi&#10;D1Ks83A4q+rCDM7ktH+lKwhmgC87iJYcYbE/ZcrOUMQYy/N4PIuLi4sP3XXXXdUnTpzQd+3aZc/R&#10;4TgP7LX7WtcjAxP2GOMAcPz4cTz99NP+/Pz8g7fccourtLTU43a7FxNRsUWMk8+ymc33yiEkR3VY&#10;v0O6rp8OBALv1tbWfrhy5cqa999/3ymDAcNr/g8VJJBG29vb8frrr0dOnz5d/w//8A9bFy1aFCsq&#10;KiKPx7OEiEqoOwpv3G6BFO+n1ysGnDBq9VkWgD8D8LcASlNVtoPQZkdxTEhrKxv8rsJbR/YS40KI&#10;CBF1CSHaiKgRZurwauvnApnp2kkIkUtE4wDcDGAUgPEAxgkhRlN3Cu84Ya8XxWW6D2pn9A9GRGMB&#10;fFMIcTuAN4loFYAzQohoP4W6K4LVjm6YhNyHYBKTZ8GMfDkgaWFTiGRE0nibCTNaahaALCIqAzAf&#10;ABdChIioDWbU0fMwiZR2Svt6ACsA/H8wCbRjYUaxnUhE5TCjkhZY49WFREJnD+Job3WT7qsWQbQ3&#10;pMLQJGASr/8PzPfbCCDUjzIzGH5IIDZY0Dnn9eFw+OPm5uY/ffLJJ3t/8IMftNfV1V0r720AQBLC&#10;SAbdSHYwp9zc3GSfTTUGRLBkjKXj3nO1sD2oyeVy0bx587QpU6bc4PP57lEUZaRNiqT+e//az0og&#10;i3LO2yORyEHDMOphkYoZY5fzfB7odk/q4ck5BxEpiqKMdLlckxljpTDTeKUiepet5LL/VxVFKfd6&#10;vfNHjBix/qGHHmpavnx5KBKJpFLhOJQM7CIcDlN1dTX/6KOP2idPnrzP6/XeqGnaTJhOObaysb8v&#10;ZHu7ywYTYoyVejyehWVlZXu+973vXXzllVf8TU1N8pqW1orH60iBSACooKBAcblcPsaYF9K6MwAQ&#10;nPPOrq6uLiv1eX8UUXGDHgDatWtX9OjRo9U5OTkflJaWzmKM5RGR6lhv+l5xIR9JhM45bw4Gg9uP&#10;HTt26MMPPwx1dXXJEVP7NYDa29tFKBQKGobRAtMBLZWQo/sQmWnQiwoKCjwul2swFrjrUXGV9H2t&#10;dbNbUNd1RKNRWI4O9veum8VoECAA8Pr6evz6178O7du37+IPfvCDT+bNm6cXFRWRy+W6CaZjN4B4&#10;JPP+yioZZDCQkPdBtmzZskhnZ+eFb33rWx/NnDkTubm50DTtJsaYT3KWzozpyyMepUM2vAghOIAu&#10;XdcrOzo63j5+/PjHL774Yv3u3btt49q1iJw2aH2YMcxeW2Sa/5JI0LswxjLjNT0gE5Nk/ZhhZZzY&#10;0tHRsaqiomL7f//3fzft2bNHx7Uli8oQkUhERCIR/tZbb/nLy8t3z507tzQ3Nzdf07Q5jLEsmbwl&#10;6Ymut3HXQ7dDRNwwjLZoNLq5ra1t0+bNm08eOHAggsR+HewzjkxKYqFQiD/11FNBRVGq/+Iv/mLt&#10;2LFjNa/Xe4+qqlOJyG0TayQnMrmMDEzEyYc2MdMKWpWnKMpYj8czasaMGd5x48aFDh8+bEAKvJCV&#10;lcW+9KUv5dx5552zPR7PXEtPrFjtDvSvreOOA9JZWxiGURuLxY4ahtEmhDCISCaTJhuLA9bXybYn&#10;WyXAObc/41IUpUTTtGmKopTByhDqcIi+mjrKEehknoiLMTY6Kytr9pw5cw7Mnz/fv2vXLt0qe9jq&#10;Iq4jfe9QAg8Ggzh79qz+8ssvt6qqunfhwoUoKSmJejyeJYyxUiGEzbmQZYtUOPYOZyTsuVbwg7Bh&#10;GCeCweC6c+fOrV27dm31K6+8EkS3DCZnzMjg2iCBNBqJRLBp06aY3+9v/N73vrdz4cKFKC4uVjwe&#10;z2IAI2BykpKtbZm50Q8MRoRRF4CFAP4vADege/PtDy77/SQkURsJB7AkhnADZlrwViKqBXCezAiO&#10;tUTUADNdOAHwwSTezbIIoWVEVAKgSAiRR0RumO0rn9mTkQOHKpyVdxHRp4QQE2D29wsAtgkhunoj&#10;jUoRt5j1o6L7MGNHlrEjyCathCVYZwNYLIT4P0S0BKbRg4awssRJ0nRCsaImZBPRGJgkUgMmgdJP&#10;RK0AGmESK2thkkirAGy3ys4DUEpEo4UQ460yRsMkkWYTUUJU0SR1uNp27Xc/WH3JAMwE8I8AGoQQ&#10;+4hoqESby2DgIKS1BOhe38OGYZwJh8OfNDc3r3v//ff3PP/88x11dXX22pIOCrkMrg4DvaYP1T1j&#10;oCGTODBnzhxl6dKl+dnZ2ZM1TZtFRL4kUQb6JZzLDjWc84Cu68fa29vfa2lpOaYoiqGqqv2MHvOX&#10;MSaSRCu7UvS5zjZ50DAM4pyrPp9vbGFh4e0ej+eziqIUysSrPj4n6feIKFtRlImjR49e9KUvfalp&#10;1apVZwOBAKx0Gn2NYhCX1YeQKCUrtfn7778fvvXWW8+PGjXqoMvlmq0oynQiykpRlClZ8WCnWxYA&#10;XIqiTMjPz19y1113XVi3bt1+S1EMdCsh0hXDWjlqIWEOeTweRVVVHxF5nff7OT7iKcBsxbZhGAG/&#10;3x84f/58KiOL8Pb2dnrhhRdaSktLD+Tn5+9ljBUyxkbAND7I56f+DXgi4pz7Y7HY4ebm5oMvvvhi&#10;3ebNm53yVH8gAIiWlpbOWCzWKISISPMqJYuQpEgSjDGP2+0e4fP5slRVlXUTw3n8DzauyDA6hPaY&#10;oQanMZsDQGVlZexHP/pR3Y9+9KMtixYt8uTm5kZcLtd8xlgJuhWu8f3NUc4VwbH+ZZDBQEAmjWLn&#10;zp1RVVUvfOtb3/p4ypQp3OfzGS6X69OMsSLLAVt2CkmFc9twg+wI5czw0B6LxQ52dna+d+zYsQ9f&#10;fvnlCxs3box0dHTY0aoGfd8c7AiKLpcrIxtcW2Tmak/IRIH4+BwmjspDGXF9hE0Cs2SqGOf8YiQS&#10;2dbe3v5eZWXl7p/85CeNDQ0N6UQWtSEA8LVr10ZLS0vr8vPzP5kwYUK2z+fzAphskUZNg1s3WfR6&#10;M8zbjhUCFsGSc94ei8X2tLS0rDl8+HDl//7v/wYOHjxo4Nqlo3eCA2CRSIT/4he/CGiaduLBBx98&#10;t7y83PB6vVxV1ZlkBpSxx6zTiSyDRDj70x4LQtd10vUEUyUBoLKyMjZlypT80tLSWzRNm0lmdFE4&#10;5lF/Agsk6DsABGOx2KGmpqZ3Ojs764gopiiKnfHuMrEXUg/LqSHhmmEYICIyDMO277uzs7NHl5SU&#10;PMQYW2g5f8Ur3IfxaBPcZZK7LfO6XS7X3FGjRs2/5ZZbzq5cuTJ68eLFa0HszuD6hDzXOeccO3fu&#10;jLlcrpbm5uYd999/PysuLhYej+cOxlixEMLW08RliwxptFfE1zf77C+EiOi6XhUMBtdfvHhx3apV&#10;q04+99xzgba2Nvs8m+72musJCaRRADhy5AieffbZZkVRds2fP58KCwtDVnr6cpg6TMrMidRhQAmj&#10;FgN+qhDihwBuIjMd5GB2WE96saS8tv6OAOiESaw7CzNq6DkATTDTyrsB5MOM0rgAwBgARTBJd17r&#10;vobu9NvpHtFyoGC/ez6A+4UQY4noFwDeE0J0yjKdtbm5YLZfAcxorCNgRgjNBdABM2JmvfXTLIQI&#10;AYgREZfKAUyy6D0AvgdgDrrH9HBve3L8bRNuc2GSPwVMEmkMQEQIESSidiFEq0WAPg/gLBEdhBnF&#10;xw2ghMxosVNgRscdSUS5QggXde+wsodsb/UZKNjjZgmAfwHwAyHEeSIasjl3MkgdqNvLmQMI6rpe&#10;HQ6HN128eHH1G2+8ceitt94KVVVVOQXBjDA4RGAYxnBf09MdNqGGTZo0SZs5c+akrKysmVY0O0WY&#10;6LejhizgW/I+55w3dHV1fXzy5Mmty5cvP8M5N3JycoSiKEJV1bQgJHDOIYSApRykaDSq3HrrrSfu&#10;vPNOlJaWTmeM5ZDpte/02L/qykuGXFvuIsZYcXZ29tJx48Ydve222y5u3749GggEUkKCSiHpQ1aC&#10;DiQEADpz5gzftWtX54wZM/a6XK6J2dnZI4nITUQsBeRdQHofqX0YEeV7PJ5bR4wYUf3Vr371TCAQ&#10;aNmxY0fM8ZzM3nNtQPKPpmmqqqpFZGaBIJjGn1SPdwghdCFEoLm5ORSLxVLR9/EyIpGI2LRpU+zz&#10;n/98Q3l5+QclJSWj3W53IUy5nsn16M/zOOe6YRgXAoHA5pqamjM7duyIBoPBVCjV4t9vamoS1dXV&#10;gdmzZzcKIcIwtwRnVImrLdu53trXcjVNK8/JycnJysqCdH+gDATXfqMafJDjtw1n+zrPtJn1MbVI&#10;ULgGAgHs378/9uqrrzaoqrpx3rx5wfz8/LDL5VrMGCtDtwOvjf4aMDPIYCAhAPDa2lqsW7cuGgwG&#10;z33nO9/5cPr06Tw/Px+apt1ERAWW7JfKPX44QQDdkbKk9tENw2jUdf1AR0fHusOHD29asWLFxZUr&#10;V0b9fr8zAsugrtuKogzq8zJ6iAzSFJlxmV6QCUn2/wJAxDCMC5FI5JOmpqZV27dvP/jSSy+17t27&#10;NxYOh9OJLOp8Pl+9enVUCHHy29/+9sYJEybkZWVluYhoAky7TLLvD/cxKbeRzU8QnHO/rusH/X7/&#10;e4cOHdr55JNPNiSJHHutkEBKAsC6urr4888/H6ytrT3yjW98Q5SXlwuv16sqijKBMZZtvxiuTzLw&#10;pWC3ha2vBgAQkcE5b9d1/XQoFKo/ffp0sKampoce4qtf/ap33Lhx4z0ezzxFUcagm0cgE136Wi/n&#10;/zFd12sCgcDOHTt2bHn//fdbNE0zXC6XcLvdYIxd6/UmDiEEIpEIWbp0ZcmSJUX33HPPSFVVxxJR&#10;DqysmNK6ejXtlNAPlBgdWVVVdUpWVtb8WbNm7f7yl7/sf/LJJ+2osMPSmThzBko7JKzPgUAAmzdv&#10;jlVXV3dkZ2fvuP3220VpaanqcrkWMMZGwgzWlnHM7YmEvdn+bc13zjnv0nW9OhgMrr148eL6N954&#10;4+hrr70WrK2tva7JonZk5zSF3B88HA5j7969+i9/+cumv/mbv9m6dOnScHFxcdTj8dyuKMoYywEj&#10;vpf2ZU91BNy4rjEghFHLEMtgkiu/TUS3IzHtdcof6Xy+HR1BEig4AJ2IgjCjL54nopMwiXPNAKIw&#10;SaBlAG4UQkwmolEwyaFey2BFItHjGpJSLTOiuoUwlYjmAXgCQBeA9UIIHaYwnAtzXCwEcIcQYh6A&#10;0USUBYBZ7SyEEJyIAgAuAqgA8AmAXUKIcwD8MMmQNnnw3wHMlhaC67UvnMYdgjnHswDkCyFGSQuf&#10;PSdCAJqEEHXSfFgPs41VAMVENFEIMYmIysmMopsjzJQLDJc3rqe6L0gI4Saiz8OMnPqUEKIR6D0K&#10;bQbDCj28/SzSlLAUGroQIqjr+tGurq53a2pqNr755punli9fHrIEwXRSyGVwFUhzQXY4I2FfmTFj&#10;hrJ06dLc0tLS+S6XayHM/SUeXUCSu/qyICeQKYUQEEKEYrFY9ZkzZzauXLny7OrVq0Nut5u3tLTw&#10;cePGoaamRoTD4X6+Yv8wa9YsnDlzBmPGjLHJoqTrOjt58qQ+b9684wUFBVWMsTIr5RDQD7KoBCHJ&#10;okRE2ZqmzfD5fNMeeeSRw0eOHGmora2VJ02fSTj9JQE7nj/QG7X9DM45x7vvvhvOzs4+/o1vfGOX&#10;x+OZT0Q+mI5G8mf7A3v/6b5gpjcam5WV9elFixYdqq+v37tnz55OK8pAOju4OEl1wx2Um5vr0jSt&#10;jDFWAIciWo4+cLUFy+NBmGncA7qud9XX10dSRBiNg3POw+Ewli1b5meMbf3c5z43R9O0mYyxMuvc&#10;StK6eiXvEh8HjqgTHbFY7MiFCxd2vPjii/XW+pIKeSqujDcMg69duzZw9913Nwsh7NRAfXkHuWz5&#10;O/F3I6IcTdPGeb3eXI/HIxsFMshgOEI+PwkAfM2aNbFgMNjwxS9+8cPbb7/dX1ZWFnO5XHfY6RGR&#10;XKa7ojmYJGJNZn5lMBBIMCR0dnZizZo10ZycnLqvf/3rH82aNcvw+XzcSk9fgG4ytD22kzkTXE+Q&#10;93v5XCFgkkWbYrHYtqampj999NFH29esWdOxcePGqN/vl41rcjkZZJBBBtcbEkh1tlLAWlM55zzE&#10;Ob8QDAbX1dXVrdmyZUvVyy+/3HnmzJl0I4s6IQCgtbWVr1u3LlJUVHTs8ccfXzV+/Phcj8fjVhRl&#10;lBDCBcQjU6dIZZS+kEgIgNVnQgguhOiKRqP7/X7/qkOHDn38+9//vmHLli3pFjm2B2n03LlzxubN&#10;m8PFxcXHHnzwwdi4ceO6fD7fXxDRdJjZDOO6AAeJ4nqWmZLJS4YQwq/rekVXV9fampqak6+88kro&#10;xIkTsrMdA8BuvfXW0tLS0gWapk1hjOVAasNUzR9Lh0Wc80AkEtldX1+/e/v27a2rV68OtrW18bKy&#10;MhCRaGhoEBMmTMCpU6dS8ty+YO7cuTAMA7qu0/HjxzF27FjW1NTENE1rveWWWyq8Xu9cRVHGkhl8&#10;DDZfoA+Pktfn+HlYCEGMsWxN0yaXlZV9ev78+TUAwkhc14cVhvs6PUSRoK8MBALGyZMnxfLly9sU&#10;Rdm5YMGCrlGjRnV5PJ7bLKK5C4nnWbmM621tlt83nvnN4glwa4/u1HW9yu/3v3XmzJlP3n333Zo1&#10;a9YEa2pqrmuyKOAwZKU3BAAeCoWwbds2PRwOt3LOd33mM5/pGjlyZDA7O/tea69wSa8kz4crmRfO&#10;4D7XNQYqwigBKAXwZQD3o5ss2t9Fy0kMtRV9HN1pzCNkpqnWLcJhlxCiE0AHETVZdeHCjJo4CcCn&#10;AZTAjCLqhbnwMkkATHyxbg+i62kBvhrIE3EmzEiQjTBJufMA/BmA2wGMA+CW29kRNUsB4APgE0JM&#10;J6K/gBl1dBOADwDsh0nu/RfrOdc7WTQZnIePBI8LIYQCIIeIciwv0cUw51EUQBBAG4BGIUQHgAaY&#10;7U8w50eJEMJHRD4iyoVJqlaJSIUZ1UgVZtoAZs0VZ7/0uZ+sMaIC+AoRnQfwOoAWZBb16wEJG71E&#10;6BAWKaMpGo3u9Pv968+cObPzzTffPPeb3/wmFI1G7T0CSA+FTQYZDCXYSi6677773AsWLBjndrun&#10;K4oyGuZe7fRw7NP6LjvkWGVxwzDqotHo4RMnTpx/5plngjAJdxyAOH78eFrM48OHDwMAjh8/DnQ7&#10;a/BYLIaamprzZWVlOzRNm6YoSrEQgtlKvKv1eEvWxlYxgogUxlhBTk7OzTfffPOJSZMmfVRTU2OE&#10;w2HGTbZ1X9tqKCod4ofC6upq/sYbbwQffPDB47m5uTu8Xu8oVVW9FhlZjpjeH29+23PVJo8SmemN&#10;5peUlJybN2/e2cWLFwc3b97MgR6H1usS11ovoWkaSkpKWGFhYRZjrIgxluv8TH+OeY6zjQ7AbxhG&#10;V1NTU8xKo5oKOUT+vti8eXMMQPvSpUv3uVyumW63+7NEpFhrhJxa+nIvlhBlzPrbiMViNYFAYFd1&#10;dfXFd955JyKtKymTqaLRKD744AM9EAh0cc7bhBBhIsqWyr/a9aiHgkjqVzdjrNTtdufNmjXLVVtb&#10;G6qvr0/Fa2SQQboi7lABgMViMWP9+vVi3759rU899dTupUuXori4GB6P53bG2AgAiuxommQd6XUu&#10;9qZHyyCDAYI92DgAvPnmm1FVVeu/8pWvfDxt2rSOwsLCJo/H81nLkSJZNqKhJuf2B875a3uexeVi&#10;IYRuGMa5cDi8qbm5+b0dO3bsf/zxx5vRrXOX9/3rYqJnVP8ZZJCBA/YamkAWlYlknPNOXderOjs7&#10;V1+4cOHjjz/++MxPfvKTzsbGxnQPZJBALmxsbMQvf/nL0IgRI449/PDDb40cOVJ4PJ47LeKKlkSH&#10;BwyfPTW+V9r6O/sGEQnOeVc0Gt3T0dHx9uHDhze98sortatWrYoh+X55rdGDNHro0CF+9uzZYCwW&#10;O3XfffeFJ0+e3JGXl/eApmk3w7TH2kF9nIGZhkv/XgniZyDZdm3B4Jy3x2Kxre3t7atOnz698403&#10;3mjauXOn3fcEgLKzs2nGjBnKiBEjRng8npss57x41qMUNGfcid3qI51z3hwKhSq3bt16tLKyMtza&#10;2moAEPX19fExeS3JogBQUVGR8L8VlVVs27YtdM899xzJy8vbr2nabCt6nIq+k+IS1me7va32VxRF&#10;GZeTk/OZ8vLyrbfddlvrkSNHeEtLC6RnpMsczmD4wmkj4Dt37ow1NTW1fv3rXz9w5513xkaPHu3P&#10;ysr6c1VVJ5KZvU7ee6+WHDdckPDeUntwAIZhGO2xWGyP3+9fffz48c1//OMfa19//fVwV1fXdU8W&#10;HUKQxzUHIPbt2yf+53/+p8Pv91fed999xqhRoygrK+t+Kyq1kui7dcVBQJw8k+saKSeMWp3iBXAf&#10;gK8CKLRuXe1iJRx/y5OYQyKGojtiTwxAQJjRKZl1z0VEo4QQkwC4hRAe61o89LvjuSn38EkzXHLQ&#10;Ow55VxLm2mlslw/NihDiVgDfJzOy681CCFvQsxE/azh/Sx8QMIm8U4QQE4joLgA7AHgA3AqLsALH&#10;5mr9Zlf4HsnIKskwlAdFQt17eUcGs109MOfuJImQZxBRBKbHVZSIQjDT2Ydhzj0DJlE0h4hsoqgK&#10;s39UmPOPUXekEjtVZtL6Xeo9rDoVAvg6gCYAq2BGs81gmEH2ZrV1E5KiRlgIGIZxJhqNbm1ra/v4&#10;yJEj+59//vnGlStXRtFz/7juN/4MMugDCACbP3++b9SoUQs1TZthEXnMmylQHjpIVkIIEYnFYlWt&#10;ra3bjx8/3olusmg6z2dbBiK3221s27atZeLEiZU+n69aUZRxZKW+lte1Ky645+edSgWPqqpz8/Ly&#10;5j366KP7w+Fw65YtW2KRSESuW1/aa6gpHWS5lAcCAV5RUXFxxIgRu91u902MsVLGmBupeR9Z9pX7&#10;gymKMsrj8cybOHHi9C9+8YvtmzdvbpO+d72HTL6W85ZGjhxJ3/jGNzxlZWVliqLkA9CkeqVqXNjK&#10;+IhhGA2xWKzT7/dzB4kqVaRRAUC0tLQYp06dOpyTk7PT5XLNFkKMAqBJTmNX8m5x7Yr1t2EYRnM0&#10;Gj1YW1u7b/v27X7O+YAo1xoaGoSqqiIajQZ1Xa/TNK2LiLyQvMWv8B3s93B63dvvBotMm+12u0vv&#10;ueee3NWrV4eRqBdIt70lgwxSAVlPEndu+du//dvWP/zhD3s+85nPKEVFReRyuW5RFGWkEEKDpatx&#10;yCDiUnPS1qVksgNkMIiIj23OOV5//fVITU1N3eOPPx664447QsXFxV1ut/sOVVXHw9RzkeWkLhvZ&#10;bAwVebcvkN/VVqnEgzBwzkO6rleFQqFNzc3NmzZt2lT5xBNPtMNcM2zjWrqewQYEQojMWpZBBhkA&#10;6KGbltMb2785gJhhGBej0ejeQCCw+fjx4x8/++yz59evXx/t6OhwEgnTdR2V68UB4Omnn+7knB98&#10;9NFH1ZKSkojH47ldVdWJMO2/sodRnFs51ImFl5B1uUUU3O/3+989cuTIx9/5znfOV1RU6Ei0P6Rb&#10;//YgjXZ2dvKf/OQnwe3bt5994oknInPmzOnMz89v1jTtFsbYKMaYW5jBYGRb6fUgMznfMYEsLISI&#10;cM7rIpHIlra2tnUVFRW7f//738s2qPjHFy1apH77298eXVpa+ilVVScTUbZEFu1vOnrAWprQnZ3F&#10;H41GD7S2th558skn27q6uuyIt0MiMnxlZaX+3nvvNc6dO/eo1+s9zhgrBpAD9NCJX1Y35LTvJyEC&#10;CSLK0zRt2tixY2/6wQ9+0PYf//EftS0tLfI8HhBn/yTn6wyub8hjTQSDQRw6dEj/4Q9/2NHY2Hjw&#10;scceM0pLSzu9Xu9tmqbNIqJ8dPMqZN2MXRYwzNdn2ZHBvmE5c4Q55xei0ejO9vb2DUeOHNn94osv&#10;1r311ltRdM/rDFl06CBhbgDAkSNH9O985zt+l8t15J577nGVlZUploPwOLLS0wMJZuorsSVkshdb&#10;GIgIox4Ai4UQ3yKi8UhOyuwLnIREN7oNfPZ1O5KpnSqb7FHhICMO1d7vdSHrzTPpaoiSMKOyGkKI&#10;mEUMjBKRLoSIEFEUQIf10wmTjBuDGY0yD8BdMD3QEjwticgF4B7rf62P7S+TeFWY0UlHWc9ySZ+x&#10;26cRZgr7DljRLonIDfMgWwhT0HRb39Ws324i0mBGxLTJxEmbK0m7Jf3/St4nDZGsbvYcUmC2VY58&#10;UzIqc0lAcW68DFZ6O6TGIG8z/28gom8AOC+E2G6RyDMYPuje2bujXsgpY3XOeaNl2Nh64cKFje+/&#10;//7Jt956K3jkyBGnsgbICIMZDC5SJf9cK9j1Zz6fj+69915t4sSJI3JychYqijLe9tyy56TDq/Fq&#10;IYB4SivAVMK2hMPhQ7t27ar85JNPQkj/yDa2ko4BQGNjo1i2bFnoM5/5zPmRI0ceVFV1mqqqOTBl&#10;kqsmQDlkDOf3CKZ39Ei32z1n0aJF0+rr6w9+8sknfqs+1+NhmANgzc3N/Le//W3HnDlzjuXl5e1X&#10;VXWsEGIMrAjoV+l1eCnEvVqtv12KokwsKiq69cYbb6xZsGBBZ3V1day1tdW+D1x/fSKISCiKci3e&#10;O07mLigooFmzZuXk5eWNJSIfus+NzpQ+fYGsnBMAwrquX4xEIu2hUGig5qEAICKRiLFs2bK6H/7w&#10;h/u9Xm+Fy+XKYYwVSudhWZeWbM2WI1PYBoyIruvHOjs7d27btu30smXLwrybOZEKQ5hTCS/C4XBY&#10;1/UGIYQfZhYQ2ZhyZYX2PJPJ724/0+VyuUrLy8vzsrKymtvb2/v5KhlkMKQgAMAiL+A///M/2554&#10;4ontS5cuFUVFRUGPx/MZy9HF41C0ApLDL3queUNZ7k014sYMYNg6o6cTZEI0279/f6y+vr6tvr5+&#10;1wMPPNBaXl7u93g8t6qqegNjrNA6x8THrYMIMdw6S34nO0qarGeJcc6bdV2v6urqWn/69OkPV65c&#10;WbNixYpQW1ubTBRNx/PXgOIayq0ZZJBBeiEpqUs6O+lCiHZd10+Fw+EdLS0tH+3du/fgb3/727aL&#10;Fy/qHR0dtvMzkJ5kQicSSKNNTU1YtmxZV1dX166/+qu/CowePTqQlZX1WUVRpsLMXMdk/ZZTbhzs&#10;yvcD8f1S0uvIdgjdMIymWCy2z+/3v3f06NHNTzzxxHnL/iA7V6QrepBGAfDt27fHfvzjH9c+/PDD&#10;Gx9++OH6srKytqysrJsBTGGM5UGKiOngNw53mSnBDiWEEJzzDsMwqiORyM76+vrVmzZtOvTWW291&#10;7ty507ZByXZxzJ49W5sxY8aMnJyc2xRFGYFuLoZMFu1PO8p6dHDOW7u6urZXV1efsdIup7MOHUgc&#10;jwCAc+fOxRobG0/7fL79mqbNtJyIlattLwcXJIH0TFKGUyIqy83NXTp58uQz48ePb2poaOBWxNMB&#10;IYta6FGuVE9Zr3y1ZcbXL4ezegbpD+f6DL/fj9///veBxsbGg1/72tdaJk6cWOvz+e7UNO1GxthI&#10;MqONOm1DwxnOMS478gjOebuu6ycjkcj2+vr6tW+99VblqlWruo4fP27v0Rmy6NBEj7kBAL/61a86&#10;XS5XxZIlS6IjR44MejyeO1VVncoY8wgzaJ29bfTF7nrdIqWEUWGmiZ4K4CcAZluX+yzwQDpcOB1u&#10;hBBKbx3oJImmOZIuUA6DnvMzJH/O9kqxFH+G9aPDJIBGYUaB9MOMwNhp/R+CmXa8jogaretRAAYR&#10;dcFMQd5plWEvpiEAAfT0SiqFGWXyS0gcU3YfuhzX+gO7TCdZ2K5LGMBKAL+AGXlSfiaDSXbMQrfw&#10;rsEkupZa9xhMMmk2TCPlSOu+2/qeF0C+ECLXei8XuiNoqpCiZsqLjGQoiB8ersJ4kG4DOaE+0sRk&#10;ST4LoNe26Hc9LBLrzQC+DaBGCHGezNDjGQxdyIeyhLQv9i5vKeOCnPPGSCSypaWlZe3hw4cPrFu3&#10;rvmNN96INDc3pzuxLIMMhhKovLycPfroo4UjRoyYrmnaJMZYnkMu67eSSyZrCSFihmFUB4PBEydP&#10;nuw4deqU01iZjvM5Ya2JxWK8paUFVVVVHdOmTduXlZU1T1GU8YwxRdoT+6zskq9by6RNgJpRWlq6&#10;ZNGiRefHjRsXqK6uHmhF16XQ27Opl+spf34sFuPV1dXYs2dPfVFR0Yeapk31eDxlJKVxQd/Hb/z9&#10;JIIdYBmUFEUZlZWVtWT06NEHvvnNbzY8++yzra2trdergiL+voZhXFO51uPxsMLCwmyPxzOGMZYj&#10;K5rsfkTfx2fC94QQoVgsdq6zs7O9ra1tIOTT+LpTXV3Ns7OzY6dOnTrl8/k+KCgomEBEPiLS4lqS&#10;3qMy2MY92SDCOecd4XB4d01Nzf6qqqpga2vrQBo6hRAC4XA4ZhhGpxAiIULH1ZwbejEOOMlbKmMs&#10;z+v1ZlljMt3OWxlkMFDoQdQ+ceKE/vTTT3fU1dVtefDBB1vKy8tbs7OzH1YUZRwAl2yIcOimyFGm&#10;E0NJL5cqJBAkkpBrMxg4xEmjgUCAnTx5Un/22We7zp8/X3X//fc3z5s371R+fv49LpdroRWxKD62&#10;Hbpm2UFhKA9embQQ39+lvZFbOpXaaDS6p7Gx8e0DBw4ceOutt1o+/vjjaF1d3XWvUxFCxPW2GaQV&#10;hiNJKYP0Q4JuGokOaPaZwuCcR4QQTbFYrLK9vX31kSNHtu/fv7/pnXfeCezcuVOXsjPYZQ6lRUUA&#10;pjf30aNHxcsvvxyMRqOHvvCFL3SNHz++PTc39wFVVWfCJI2qcgNJB8+hQhztYYOQzsZCCBHlnDdF&#10;IpHNjY2Nb+/bt2//H/7wh+a9e/fGhBlddqgEq+hBGo1Go3z79u2xurq6zubm5gMPPfRQy+TJk0/l&#10;5eXdr6rqPMZYLhG5hBltVCbQXu4cMNSQdK5b/a8LITpjsdiBzs7Od0+cOLFp7dq1F1588cVQY2Oj&#10;TRaWy8CcOXPUm266yefz+Wa6XK5PW7qZHhwH9K3tEpx9rf8jnPN6v99/4r333mvB0HD4ceqkUFVV&#10;FduwYUNNcXHxvqysrCUul6sAQLatrLoK0miCbTGu7EK3s78QAowxn8vluikvL2/7gw8+WHXx4sWW&#10;mpoanqScgUCPd5Acuq4m+qzzPVNZxwwGD871merr6/mbb74Zrq+vP/vQQw+1L168uHr06NEPZGVl&#10;LWWMjSGiXLICulBioKWhtgf3hoT6C8fgtv6Pcs79uq4f6uzsXFVdXb3ljTfeqFm+fLnT+fF6tMUM&#10;F/QgjZ48eRI/+9nPOs6cOVNx//33t02fPr3D5/P9JRFNIqIsydEFAJzzogdICiZjGEZvHxv2SAlh&#10;1Gp0RQgxmYi+B+BG61YqyIHmH0kM5GmIZAtOXGkJwE5RIciMhCh7+nCYJM8oTJKm/H8AJrkzZF2L&#10;WNcaiajTuh4lohhMYmiT9VuXyu2yviNHYBT28xzXki2gvUZ1EUIEAbwKYKoQ4iYiklOND0RHJS1T&#10;CMGJaC+A1wGcAxBz1lkI0Zbk+4Ruoqd8z46oyaTPqTAPwtnoJoiqAPKIqARALsy07G4iygJQAKDI&#10;+rxm/WTBFHS90jW7bPt/Jv9YZGzb0kuOOl22bQYJl1pwE36nGAxmFNuLAH4hhDhHRNfvqj500YO4&#10;IN+0Nm1dCGGndz0YDAZ3tLa27j948GD1k08+2bp///4YepLKMoLgMICmaUOxH4fy+Ivv4YWFhTR/&#10;/nxt5syZE/Py8u5gjI2GuT/2cAbo4xpvE5VkRZc/HA7vqq2tPVxZWRm9cOHCUDvUCQDCMAzx3nvv&#10;hWbNmlVdXFx8WNO0OUQ01lK29mdPTHBMkdqOEVF5VlbWwjFjxmx//PHHm/793/+9S/4OLtGOiqL0&#10;tT691tOh0Ov5gYGRC2TjjgiHw2LlypVdkydPPlFUVFSpadoURVHKrX7oq/e2/R2Tret4R6tvXIqi&#10;jM7Pz1+yYMGC2sWLF+87fPiwEQ6H5edd03HNGHPqW4Y7CAB5PB6PqqpFMDNjAEiILpaKM4ytgA5H&#10;IpHapqYmf3t7+0CmpxMARGNjo7Fx48amsrKy/dnZ2RWMsWJFUcrQfW5wKhATyCQJBQoRsAyfe99+&#10;++2anTt3xpAY6XkgIKLRqM45D8DMZNGnMpwXejHIMMZYrsfj8WZlZaWlYuE6QUrHEmO9+i9mkAh5&#10;n+QA2JEjR/Snnnqq0+12H7333ntp1KhR8Hq991kpRz2wSOVIXDPiDhNSmQkgInK73YP1XumAHvu7&#10;TFrPYFBgj2uqq6sTr732Gj927Fjt97///Y8nTZrUUFhYeMLr9S5VFGUCYyzPcqxgQFKCy1AjQfQg&#10;hEuOZfbfhhAiAiBgpU3e1NTUtGffvn3VTz/9dFtlZaVuGEaytMmZMZzBtUBvzghDbW5mMLQQV0xJ&#10;3B0AcfIYF0KEhRAtsVisKhQKbW1vbz948uTJY7/5zW8aP/roo2hXV9dQX0ed+wlqa2v5b37zm6Cm&#10;aWceeOCB98eNG9eUl5f35y6XaxFjrMzSr/Sm50jnORvvH4lUFg/MwznvNAyjJhwOb2psbPxwz549&#10;h5YtW9b6/vvv2zaIIZPy24JMwOHWbzpz5gyeeuqpQFdX15m//Mu/DI8fP/5ifn7+rR6PZ7GqqhMt&#10;wqNqOVPYDjfJxna69rMTzjHuJNoJADrnPMg5vxiJRLa1tbVtOn369MEVK1ZcfP755yOSvCSXByKi&#10;L37xi95FixbN9ng8c6Xo9rL+sV/tJOmBAQCGYZwPhUJbGhsbL6xfvz6Cnk4/6YqE8VhbW4sVK1YE&#10;b7/99tP5+fnbFUUpU1V1ouiZ9eJKECeHAgl6IbmvVcZYsdfrvWnx4sXHV69evQ0mVyKBnDQYkJ3W&#10;roIYK69f8v82+j3WMhhUyH1uAGDt7e1i9erV/NSpUy2BQODQ0qVLgyUlJSdzcnIWu93um4molMyg&#10;GE5bXY9zIYbOWEioq4NALWyegLU/nw6Hwzs7Ojq2nD59+tDbb79d+8wzz4SRyHFK23VwkHWYtg0L&#10;fVhPrzV6kEZPnz6NJ598MtjW1nb27//+7zeOHz8eubm5jyqKMsniXtn25ktmleunjXZYIVURRglm&#10;ivCvwUo/PgQb+HKTQz4AxGBF8rRIijGYkS1DQoioRAaNwozSGbCux6TPtsAkekZgkqBiZEb2bIVJ&#10;7pQjhXbCJHvaBxGgmzjqJMYlM+Q5BYdUQwewH8DrRDQWwAgM7gZkv18DgBcBVCAJWRRAbwuh3bfJ&#10;EOrxMCGakJyoGU9lLz1bhRmdVJE+p8GMZpprXVc45ypjzAsgH0AeuomjLiFEDoBCInJb12xCql2G&#10;al1jROQBkCWE8MBMe6ugOx28Zn1GJvQmw1CavLbQowF4DEAjgOeFEA0Zo8yQgkxgiJPG7HuWvibG&#10;Oa+LxWKHQ6HQPr/fv//kyZPH3nnnncYNGzZE6urqnB5DchnpgnSrTwYZXAoEgLxeL7v77rvzCwoK&#10;prnd7hsZYwUOY2oq9oy45z7nPGAYxkm/339gw4YNF7Zu3SqnjkjrQ56F+IGcc863b98e27NnT9vM&#10;mTMPut3u2YyxEiKyHUWc37kUZEOvkA53CdERGWNeRVHG5+XlzbrppptOwJQfeyVsylDVlCYeMCvd&#10;u9wlGGP2wXggDCjxftB1XWzdujV29913t95www273G73FMZYsdQPCUrivjwDkhHJUZbP4/EsKi4u&#10;Pn7vvffWHD9+vHb9+vWy0uJaID7eHIqJgZT/4mVfQ0KX/c7kcrnciqLkW7I10H1GYujfupagkBNC&#10;xKLRaGtDQ0Oovb092dksFbDL4k1NTfTiiy+GPvWpT50bNWrUDisidLFl+JLJXj3qCnSnqRVCgHPe&#10;HgwGd5w/f/7Ys88+G7SdHqWfVCJeZigUisVisQ7OeRh96Ickih7huGbXXVEUpdjj8eRmZWUBPRXp&#10;6b7XDAskMcr1C9SdzWNQca2e20/I9eUAmK7r/Ne//nWnoihVd955Jy8vL4fX6/1zVVWnUXdkbiEb&#10;Ox0OE7bReUghEomksv+SGTdSVHQGV4AE2QwA45zzw4cPx/7rv/6r7pFHHvEvWbKkfvTo0eeys7Nv&#10;crlcN6qqOtly9o57Ttn7xtUF97nm6BZEE6NO2fcEAC6EaIvFYsej0ej+jo6OHcePHz/42muv1W7b&#10;ti3a2tpqWLLAUImUNpAgIsrM32sLcvxtj+NMpyRBqr0AOb8uk3fFx5ccmcjWaVjraswwjHZd1yui&#10;0WhlZ2fn/jNnzlR88MEH9atXrw5duHDB4GbjOW1NQ3EtddbZCIfD7KWXXgpVV1ef/uu//mv/3Llz&#10;2wsLC5vdbvdnFEUZT0Q5li1qSOylTgdnaR5xmCnoa2Ox2L5AILCjtrZ2x4YNG6pfeeWVrosXL8op&#10;yNPVBnE5OPUBHACtXLkyfPTo0fOf+9zn2pYsWVI7cuTIU9nZ2Qs1TbtRVdVymNkXmSxnyPacdO3r&#10;JHA6fTvPRrphGBdisdiBUCi0p6mpafeePXtOvPrqq+0HDx7URXdkWUjlEACaPn26Mm/evLzi4uL5&#10;LpdrNrqj2jtlq/42ll1O1DCMkw0NDR8fOHCgqaOjYyhGiBcAEIvFRF1dnVFZWdkwcuTIHVlZWTcp&#10;ijIGgNuxliQjRl7Zg7p16ART3vO4XK65+fn5hxcsWLDvgw8+iLS2tsqEzUFpv37OnXg9Jd57vL3S&#10;dhHOIBl66GkAiAsXLujPPPOM/+jRo0fuvffehlmzZtUUFhaec7vdN2uadgMRFcE8zzJpAAyFuX+l&#10;iOujhRlQ6mI0Gt0dDAZ31tfX79+2bdupN998s/PEiRO92RHTri1UVRWKolyTeg3RsSHvnXEZ+513&#10;3gkXFhZWP/zww8bkyZNZTk7OfaqqzmKMZcGUV4Tk0NQDmeWxG6myDOcAeJiI/gpm+m4gdQJP8ptJ&#10;0lo7hdJkBiN0C/I2ITMqhAgDCJKZvj2M7oicrTAN7SHrszHr/0aYET9jNpGJiPwAOq0y7PLtckIW&#10;idSug0z2jLO6rb/j15LUOwHpMpAtAasTwLsAZgL4O5ibU1LSqvXbXrRt0q29kMPyhlAsYqNqXWOX&#10;8cAKA3gZwPsAAgPZNpcwCCWLahkRQgSSFYOexnNCd1RR6XGkwox0qtrfsUgOWTDnngpz4WMwyak+&#10;mERSmwhhE1RLLEW4BrN/vACyARRbZbnQHQHVY/3WrPJtMuzlvJISHD7ks9Zl+qQ/HWYLxLkAvgLg&#10;AoAVQoiudJkjV4MU6/jSFQJITPUCxA/nCR5DnHO/YRgN1iH9UHt7+/bKysoDv/rVrxrWr1/vjHaV&#10;1kKgjQGI4ne9wD6oD9ph/TqFPf+IMUYlJSXKnDlzxmdnZ39KUZRRFmEgrlzpxzqb1NgjhGgNhUI7&#10;Ll68WP3SSy8F6uvrh6LBMn6A0XVd7NmzJ7x48eIjubm5ezRNm0VE2WSl7JJkm0sZv+L35AOd/X2L&#10;DGZfJsZYgdfrvXH8+PF77rrrrobDhw+LixcvyiSOSyknU0mYuOw1wzAG0ugXV/pHIhHx8ccfhyZP&#10;nlyZl5e3z+oHryVPye1xpfWJ72OyAcl6ni0bCyJyM8YmeL3e+VOnTj165513tn344Ye6ruuXKntQ&#10;ISkQB4IEmGDoFULAUoYM9lyO18Pj8UDTNI+iKKVkeZwCPc6NfR6XDtFGj8VinefOnYv4/f6Bfm+h&#10;6zr3+/304Ycf+qdPn77P6/XeqCjKZCuihR1FVSRbu2XiuRDCr+v6sdbW1v1btmypD4fDTofEVO7D&#10;smFWNDQ0REKhUDPMM3d8DlNvFXeU5STSA/GzqvMsoimKMtLlcuVfSnF0Fe8AAJSbmyv/L98feoeS&#10;QYCqqtA0Tb7U53HFGBOXcHxIRR/0qJuqqmmjk+kH4vqZQCDAAoGA8a//+q/+b3/724e/8pWvGOPH&#10;j9e9Xi+3SKMeYUViTEYexRAd5zYpJpV96dBXZs4ugwt5vvNgMEjBYFA0NTWJbdu2dc6YMaPqK1/5&#10;yrkHH3zwaFlZ2emsrKxFqqreoCjKKABesiJAyaRLx9i4GnlxMGDvlXE5X97/rHsG57xdCFEfjUaP&#10;BoPBLSdOnNjyzjvvnF+xYkXw3Llz9j6frk5616wuw2CNHy6wjYJOAkemg2DuYwOgS06nNWDAIJ+B&#10;bJDknGt9xgAQ0XW9mXNeG4vFjvv9/k/Onj17YPXq1ReWLVsWtIIY9LaGDvW2jNffMAxeX1+PFStW&#10;iIqKivq/+7u/23r33Xc3jRo1qiErK+tmVVWnWRkuPETEJHnRuade0zksy6/SGLDPnLoQotMwjHPR&#10;aHRXS0vLhi1btuz9+c9/3nL8+HHdcTZOt/3yaiGvpwIwo7PX1dWJU6dOdfz4xz8+9OSTT1647bbb&#10;TpaWlp5zu903qao6WVGUMiFElmWLtO05cTkkXfo5CRL0eJKaQR4PUc55s2EY5yKRyO7m5uaPdu/e&#10;XfHrX/+6efv27bpFCHeSwePvR0T0+c9/PmvSpEnjXC7XHCu7keKYA/1pj4TxRkSGYRgNkUjk0Pbt&#10;24/+7Gc/8weDwaE8PgUR8TfeeMM/ZcqU48XFxYcURZlotSNdov161XM7zmVOHS4JIRTGWLnb7Z6x&#10;ZMmScQ0NDSd+/vOfBwfk7ZAgs9uI68Nkvd2VFCWV2ZuTExER3G63cLlcfa/0wGLQx+gQs79zANTR&#10;0cE7OjrE7373O/7CCy/U/tM//VPrI488cvaGG244m5OTc7PL5ZrJGCtnjOWTmUFD1gHbtiN5nKTd&#10;ugzE9bcJ+hPrmiGECHPOGwzDOBMOhw82NTV9+Mknnxz63ve+19bS0mLLYcnsiGnZ4URk60MHU5cm&#10;hkEGIHvf5QDQ0NCAn/70p8G6urpTX/3qV1fOnTuXZ2dnc03TpgPIJSJGiTJoD7kkic7nukS/CaPW&#10;5B0LM7rfaFx6cPc6MeUOuYRizr4vqDtle0wIESYinYgiMKN6+gG0ElE7gLAw0+2EiagNZtrqDpjk&#10;Tw4zlXub9R05gmcUFinUUX9d+i6AuLBxqUhBSa8PswHIYRL1/gdmG+ULIQzqJtCGYBr+6mG2a5d1&#10;3bDaQSbPyqRJBYBmER1zAIyESXR0W5+xo3eeIqIXALQMgMG7X+iln6+YdHoJAaa3AcQcgrNNRLWJ&#10;ovI9DSZpVEV3m7tgRjnNt+4z61o+gHKYxEwPzLb3wiSolljluC3yhcv6cVuE18sSTZ3ve4n5keyG&#10;LUSMA/AFADsBHLnE89IWvQn3SE5ocRJWkn3vWkKuZ+KNbmWC857BOQ8LIdqFEB26rp8NhUK7Ozo6&#10;Kmpra08dPny4eevWrYGtW7fa67BAokdnWs1/J0Kh0KX2iWvdX+kAp+IDRCSkiHT96WPBGBOKogxq&#10;pBCXyyUYY0POc8vj8eDmm29WHnvssZzS0tLZLpfrUxa5CgB6KDAkgdu+fyXtLKQ9Tgghwrqu17S1&#10;te2oqKioCwQCTkXsUIMAII4cOaI/88wz9c8+++xhr9d7gjFWSkR5QL8OJAmkXZnoRkS5mqbNKioq&#10;mvnd73737Kuvvlr/2muvJVtvZRI26NJRdFJumCMiZ4TRgSJUxPvhhRdeaJw7d+7hrKysI1baNE2S&#10;O2RFgvNdbWN8Qn8lId05IzoREWlut3tWYWHhwltvvbX6scceC7366qvJCLyDgR79Z62JlzzDOIkv&#10;Vzi/Ux7ppr/QNI3Ky8sVj8fjswjwObDmgN0GSYijVwWp/zmAaDQa7aqoqIh2dnYOKFkU3WOWr1mz&#10;Jvpnf/ZnteXl5XtdLtcUxth8mLJ7r0R/qd6GYRinA4HABxcvXjz17rv/P3tXGhzHcZ1f98zshcV9&#10;EiR4gQRI8TJ1WJYouRJZUcmmbUV2pFjyj6RiJymrkrhsR67IqYr/pCo/5EqiqkiOrMRSosiSbFEX&#10;RZ2kKFq8DwAEiZPEfS6wi71ndqanu/NjZ5azg8FJAMSC+KpQuzvYnenz9Xuvv37voAzZmw2LVg/O&#10;OTQ1Nan79u0Lcs5NW9FKap7yp9Z7GBU0N35MJ1IW6R4hJAmCUOnxeErvueceMRQK6cFgcF7FBstc&#10;niYak73dVrLON6cxwjnnGOPrHVeZ308RxXgh2ttxHRVFcSVEoMuQRiFt+7O33npL8fv9HQ899BDZ&#10;sGFDvKCg4FuiKNZB2ieDbWudPU1YzsFh3FzXGm0jmnCb7sBdLleu6ra5gkk6HBg2RWtrK3vnnXfi&#10;CKGW3bt3D2/ZsqWhrKzsLo/Hc6coihuNQxYF5kZb5oaTSQXW/luyDZ6Z/meWzUCKcx7jnAcJIW2K&#10;opyfmJhobG9v7zp8+PDEm2++qQ4MDJi+2FyIkLakOrM5byVJWs5tsiJh6uMOsjRn15kFxCRSjCVz&#10;x4I9w+PxWJ+Vy7DbCVn/NAW7/T1Pp51XDBkaYYyNqqranEgkGgOBQFtnZ+fwiRMn4ocPH9YsGa9y&#10;xjc9D2TZmwDAr1y5wl999dV4LBZruffee0fr6+vbioqK7nG73bcZ5K5SjLGXpw8bZYheFl/iUs5n&#10;7tD/CK751TgAEMZYgjEWIIR0yrJ8YnR09PT58+e73njjjVhvby8xyKJLYhsvIewyhQMA6+/v56Io&#10;8ldeeSWcSCQab7/99sGampqGwsLCOzwezx0Y43UY41KMcb7Fr2adQ5kpZfE33QgZntVHlvJlPiIj&#10;25U51zVNuxiPx08ODAxcPHny5ODHH38sNzQ0EEv0YKvv0Fo3VF9fj++7776S8vLyL4qiuAmuRRcF&#10;gAzXcb7tkZmH5nhmjKmapjVOTEycbW9vTw4MDOSqDz1T3rGxMT42Nka//e1vT9TX15+QJKlWEIQq&#10;AHDZSW9We9T0A9nui6zjz76XYbmXR5KkrZs2bbrzK1/5yujTTz+tgGEXO9xz3iCEAKXUMaqgKRen&#10;IfQ5lcOUY44+a/MehBDQNO16i7+QcJI7i0qas44bhBCIogh5eXmL9biFgtM+DmeMsSNHjqQYY/37&#10;9u0L79ix41JFRcUX8vLyviRJUr3h7y4y1mArIXmqey+1bLbzAjI6gVlOC9nVXJuDjLFBRVHORyKR&#10;M93d3W3Nzc2hQ4cOJWOxWM5EFbXCkOGAMbYewrZiNn00XR2tqq11H86+j5uLsPp4AADg8OHDqt/v&#10;HxRF8WB9fX28oKDgG6Io7sEYF0M6GzPAFO1o3Qe6mYN9LVSEUS8AFEOa7GZOdOukNCesddKaqd0J&#10;ADCUJnsSSEeHjEM6Wmcm1TsABBhjQYyxGcWTGteDKE341Cz3ViFNTtQBsjrbjBJqnQgcLIvqKuYH&#10;o40p5/wKAPwU0hFC7V8z+3y+eU1M0qPdC8Ih3bfqSuzH2WyO2uAU6RQgPS+cMJ51U8PAg8lKGoI0&#10;CRTbromQ3jiypnb1AEAxQqgM0sRS0Xg1Sb/FkCaYuozv+iBNUjWjfbnAIAvDNTKrmU4TG/8TLP5C&#10;87ncuM+y1/amgEksm62SZm5+X7tB9ilOAAdyyFLC4hCatJmKEGKmUwYAdEMBjFFKezVNa5JluTUa&#10;jXYFg8GR1tbW0Ntvv504dOiQKcOdHHE5Mf9tSscN7Z/lCKtxayqyC5kqG2UTUI1HLswpIvvmufEs&#10;7vDM5Q6Ul5eH/viP/9h11113rfN4PLcIgrABIeSytZVV9mZtyjq0Z5ZTCyCrrzkAgK7rI5qmne/v&#10;729//vnnY4lEItedsBwAeG9vL+vt7dX+6Z/+qa+4uPiCEaXLD9dSX855/8tKFLW3KQCIGONyr9f7&#10;ha1bt7bu2LEjCGmdeKq25GAYRBYCZ8Z76uRUh9nJrUyfOwFjbI8st1jI9EMikSC9vb0dBQUFJyVJ&#10;2oXSJGgzmr2jY83aOTY9MzOezbXu2nKX5awTMMZr3W73rpqami0PPPDA+EsvvXSjPXUcIE10MvSO&#10;Sf+3y2KbbLN+cdLNrW1iHUM2eb7kc7uiogLuvfdet9frLcQYFyCEzCP23HCi2Z00WQ7nqcayU305&#10;5zpjTFFVVTl+/DgJh8NLJc94MBikp0+fjm3btu2Cx+PZYkQZrQBD5tjluGWSMs55nBDSMjAw8Pnh&#10;w4fHOjo6ppMdC1puAOCnT58m3/3ud6NGJLQUxlg0NhmnEpJZ64+5SWCfyw7rloDS5Pqyr371q/7x&#10;8XHt3XffnU+5Jy922Y63qcbWStb/rNFgue06mNeQcUjB7Xbb9Yq5+Aoy7Wg4/Z38OrOJTjvbZ2V9&#10;Np3YK8QHYXW4op6eHvi3f/u3BAB07d+/X9+8ebNWUFDwLWPt9AMAoHTkKHNjy2nTC5n9DEss72cJ&#10;DgA8Ly/PfoAl895B77VuMk/CFHW1b4ZYiT25rOcudzhtsCEAQKdOneINDQ3xnTt3yt/97nejd999&#10;91B5efnZwsLCW7xe715JknZhjKswxj4wfFJT+Vyc/ByLVA8n8mr6H9eezxhjZpCDpK7rA5qmNSqK&#10;0hyJRNpGRkYGmpubJ1588cVkQ0PDVNHwlut45AAALpdrqsASCx6UwYhc7UQKWcXigguCYPWNOvmn&#10;V2HxuyCEQBAEbpCbr3ecZjZK7b6GlQC73OTprHfAOeeMMYoQ0hljBABkQkgPIeSSqqqdsVisMxgM&#10;Dg0MDASPHTsWfeutt1QbMSsX5Oj1IktPopTChQsX+IULFxJf/vKX1R/84AfyLbfc0l9eXn7B7/ff&#10;7na77xAEYSPGuBCM/SRj/UIO48pOHgG4vjk/ae0EmKS/cUgHrdABQGWMjem6flmW5TOhUKhxcHCw&#10;99y5c8H//M//lHt6ekxSsH0/YiXBrF/G56frOj969Cg7c+YM/aM/+iP5W9/6Vri+vv5qeXn58aKi&#10;ot1er/c2SZJ2GIfiPZDWlwQLQTJ9Y4uPzHLNai8upJDJ6nurzw4g62ANg/Retso5TxBCOlVVbZBl&#10;+VIwGOy4evXq0Mcffxz55S9/qcL0AUsyZV+7di164IEHxOrq6mqv17vP8KMLFnKq2Q7zrW9m7hh1&#10;opzzCVVVG1taWpobGxtVcJZJuYTMPPv888+Te/bsacnPz2+RJOlWjHE52HRym51mvk6y6YxXZOoV&#10;Fv3dfC9ijGt8Pt+t5eXlR6urqwNjY2OwgNmhzOdn1mxbOac83G3BJP+kzfds/X1mfJpBTAyddjmt&#10;U1mVNQ/iLoHOwSHtnzOJu9a9reWKSfLz8uXL+uXLl+mLL76o/vCHP0zefffdo+vXr28uLS3d6vf7&#10;b3O73XsFQdiE0lnuXABgHoZEDjLRfMZC+c5mVymLrxRZsvrydKRvwtMRRccJIS0GUfRiIBAY6O7u&#10;Hv/v//7v2NGjR01/tROZPycgSZLVX2b1IzvJNzuy/OGZi5b9Vrvfyhz3lkP7OdNWUyCzNg8ODsL/&#10;/M//pAgh/d/5zncO19XVJUtKSnRj/Sg19hYAIHuTwAmW/UrrWp/rbTUjrpuBYTipegDgPwDgi5De&#10;iNLgWiROFdKp3eOccwXSadxNImgIACJwjURoRqJMwDUCKBivBGPstEI7pnBfScZsLgGlI78qi3R7&#10;k/C7ikWEwwJlxaQ5aCw6EadbwTUyjBWS8WfCJAIXwLXIsSbptAgASoz3oqHceCBNOC1ECJlkVJNk&#10;qnHOj3POu3OMnJUx5ExymXWzycGhYX21v3fawLqRi1lmM9VSLrNejHOepJQOU0oHjA2N3mQyeXVi&#10;YqKnvb196Pnnn49eunSJyLLMVVW1G705p9gUFBSYctKqyGZtoK8CAK4ZbyBJEvj9/gVxeDDGOMaY&#10;cc514/4mkWOhI+FlHByLEO1hScA5h+rqaik/P79MFMVyhJDPNOT4tYMFAFPLJEejxby35b35gTHG&#10;euPx+PnW1tZgY2Oj/XRgrsHqaOUAwE6fPj1SUVFx1uPx3IYQKsEYF4Fl/s8wBCcL9ux2tB/w8EqS&#10;tNnr9a6pqanBTr+3A2PMBEFgDs4CpzLMpk+cvpN1zePxLLYjM6sfJiYm2IEDBwLr169vysvLu4wQ&#10;KhQEodQytqcas1OWz/yX5TtZc8TwtXgwxmUej6di3bp1yyYPkCAIJtkpaxPWUifr1zPEt5nua2uT&#10;TP+aTiDbZsGSze+CggIoLy+XRFH0gIUoDNl1n2RXwtTOGfM31t+aEzrJOR+nlKZGR0eXoo5ZToxP&#10;P/1UW7t2bX95efkFt9u9R5KkPIxxoZXkYvmNueGg67p+JZFInPvwww97fvnLX8q6ri+FvpVp43A4&#10;TOPxeIpSOs45j0L6UJk11d1Uv5+qfPZrmY0EhJCEMfZVVVX5NmzYEL6+KqTHudfr5ZC2WZm9zA66&#10;Xi6ubbOFU3dlXTD0I26+Xu8DKaXc1PPAYrOaBVkEPY8JgsAM+8S8lut9atYBAwCLx+P8+eefTwaD&#10;we7HHntM27Ztm1BQUIAkSdoLabvdmjYPALIJ9ADpfrbI/GXZPkaUl6zoMTYdK/MWZlgTbMMsa101&#10;bEAdY0wt+o/13qtYPFj1QQAArqoqNDY28paWlmhVVVV8//79A9/4xjc6N2/e3FRYWLjN5/PtlCSp&#10;ThTFTRjjSkj7mzLR0aawZ+xr7HUT1S26F7ddN+eb+Z4xxhSeTjt/Rdf1DkVR2oLBYHtvb+/gBx98&#10;EHrttddUWZaZkfUkV3wqWe2IjAOZWV9YODlv7Uc0xeG25dpOKwGZvhZF0dQNsuSug116M/dHVt1d&#10;Lhfk5eUtxBxAyDi4bdsfQAusS90QmL5pq15uyFGNcz5GCOmnlA5rmtadTCbbI5FIz8jIyMhrr70W&#10;PHjwoKooCkulUpwQApDDBIUFgpnFAR0/fpw0NjYGb7311uhf//VfD+3cubOrvLz8os/n2+vxeHYJ&#10;grDZIHu5LOuX/X52korVvp0tMr9x8rNbyVXGn0wp7THWzIvRaLS5r6/v6muvvTbyxhtvpJLJJFdV&#10;NZcOVywEJulMsizDe++9R48cORLy+XwTDz/8cN9jjz3WvW7duqbCwsJtXq93tyiKm43U4RWQtiWw&#10;ta8d+sNO8LtegnDG/2a5BsY1a99zSB+UlRljg4SQDk3TOhKJRGswGOxsaWkZfOGFF6INDQ26oijW&#10;9PP2NPT2Z6O1a9eiO+64w+P3+8sFQajBGBfwyeRZe7nnXtlr9VEIIc2xWKz5xRdfDPT29toP++Ya&#10;wSXLf3vhwgXy2WefBWpraxvdbvdOt9t9L0LIb/HhTTqUZ7uPFfaDJ9y2DiCMcbEoipsKCwuLHn30&#10;Uemll15SIxGnLe/518/QwZlB3tT5tUMLZqGyvu90D2s9rCaIpV2s3zH9VGBEDl+2MO1jq2/B6mdf&#10;4McxSimTZdm8dy7ME3sZGQCgRCLBn3766aTX61V27tw59oMf/KB39+7d7aWlpef9fv92SZK2SZJU&#10;hzFei9JZfM2gXMCNtPWWe1vXYSc5Mlc5nbWeOI1vO2eAp8miQUppl6Zp3aqqtkSj0db+/v7u1157&#10;beTNN99MKYrCHezZXOnHDNxutxm8xeQ9ZfmRZ7kHY58jdpvJ/l3NeN5KAgej7eLxOH/11VdTra2t&#10;/X//939P7rzzTrGwsBBLknQ7xrgQISSAxaYxx7tV7gBkHfB28sWsWCxUyK4JAPgvAPgNpBVCK6mM&#10;gUEgdTg55hTSmwOsEj5XsYpcgZXYaENGUNswifRryOdxcFbmscN1k3SKLd8TIB2tOIkQSs2y+MsF&#10;mfajlCYZYwFIR0kutLWvk2B0avvlZBAavjdOjPQecc55EgCSlNKgruuDmqb1plKpgWg0OjA4ODh0&#10;4MCBUEtLizY4OMgYYywYDFrXilzdXOMAwLu6uhilVOWcj3DOw0ZI9NUFzwaeJhPHGWMTqVQqPjQ0&#10;ZNUr5jq+M8by6Ogo6+vrU3VdD3PORxljxRjjhbaYOeecMcZClNJ+QogqiqKZejJnYBA4GEpHddcA&#10;gFpO+01nLDoZlNMp1txILdGbSqWOj4yMXG5qalIgOzL9cpJpc4FZZgYAwr/+678mvvCFL3QUFhYe&#10;MdI27cYY58PkyOnzeY69fSjnPIUQ0gghs2k7HgqFqCzLE4yxcUhH/Dcjh5uYr6zKclZxzgkAhBlj&#10;E4QQavveYiDTD4wxdPDgwdQjjzzSW1RU9Gl+fn4lxjjPOIBiL+t095rLc4GnSeoyYyyhaRqtr6+H&#10;jo6OudVi4cHD4TDTNC1CKR0BABkAiixRHhx/M4f7W/tcB4AJXdeHNU1LzfE+CwEOAEAI4YqiEIPM&#10;GeOcawghuz3sVP/ZRDy0Om11xtgIIaQtmUzGYWqdeDHAAAC3tLTQY8eOJf/wD/+wze/3n/D7/TXI&#10;iKhrdTrZolNENU07PzY2dr6pqUkOhUL26GOLDQ4APJlMKpqmdXo8ni6DXO9kC0yFmdqZQ9o5RBlj&#10;Mc55XNd1LZVKLYQjmuu6ThljI5zzAEJoreGMspbpZtL5pqo355xrjLEEISQRjUaJhZg83/bnjDEY&#10;GxvTCSERSmm3EUkhDxahzRljccbYCGMsGQ6HqS1dcS7qK3aYqel5IBCA5557TuGcD/7FX/zF4dra&#10;WpyXl6eLongLQqiIcy6CZWPHTuaxHBJYju3CIb1xRwkhMuc8xBiLIYTyZ/BHzndzV2aM9RNCwslk&#10;cqVGp1rOmLS2M8YglUrhUCjEDx48qHz22WdDe/fuDTz44IPtt956a1NxcfEWn8+3VZKkLYIgrMMY&#10;l2GMi1E6Zb2pP1gPV2URIswNsJn829bfO5BouPW6lcBlEJzilNIQYyyg63q/pmldsix3BoPBqw0N&#10;DUOHDh2Kt7e302QySS1+FbuNlitrE6eU6sahkjAAVAEAXuj9A56ONhailMZVVTXXqFUsDcy2prqu&#10;xyilfQihSmPOmd/JlfG6FKCU0iTnPBwKhRJGxEuA+a0tGVkgCAJXFIUwxkKQzuyXycqR42CGzSNz&#10;zhOGTZhgjE1QSgOapvWlUqk+RVGGhoeH+z7//POxY8eOKcFgkI2Pj9OxsbHpiAk3k5yYVFfGGIvH&#10;46i1tZU8+eSToV27dsUeeeSRnjvvvLO9tLS00efzbXO5XPUGia4cGaly4VpGufSNnRkO1xhRNnk/&#10;xfqZZevayILEsAEnKKUBSmlPKpVqjUajrVeuXOl84403Ap999pmmqioNhULTpR9f6ZikM1FKUSKR&#10;YIlEAh06dEg5ffp077Zt2wYff/zx1u3bt18sKCjY7PV6TZ1pLUKoRBCEUoSQ3yRogO2grl3fsfbv&#10;VPqT+Zup9CXr/yw6EzPszxhjLGREk+3TNK0jFot1jI6OXj1z5kzg4MGDyc7OTtrf32+NKGsfA1O2&#10;GeecS5LEMMYEAFKcc2Lzqy6EzwEMX0ZU1/XWZDL54eDgYFtXVxfp7Oy0ByjJVXAA4N3d3ayhoUG5&#10;7777Lnq93rWiKNYIglBrkN6m87HMtf5mAAHKOdcEQWCKovDFSOFuDHquqqpMKR0QRXECIVRhI+nN&#10;pOfM5PMy60MYYxMAEIvH45phfy7HscEBgAuCQM3yonTW0sV4DjFkwISiKIpx2NhpHysXkJEnmqYh&#10;TdOgt7dX+8d//Mfg9u3bI9/85je79+7d21RdXb0lPz+/3u1214miWIMQKscYlxpZt6zBu9I3uyZY&#10;rUQ5BJAJvDOtbJ6mnBnY7Flq6mKc8zCldIQQ0qUoSls0Gu1qb2/v/d3vfhc8efIkIYTQ8fHx6XSx&#10;XAIXRRE0TWOpVCpMCLmKMd4qCILXgbQ72zo6tQeCtL80xRgLaZo23tvbqxjBDhZkTVomMPddcCwW&#10;o5cuXeKvvPLKqM/nO7Z7925cUFCgGpFGK8AIZocsbGVr8BzzgGqu7eUvBBbE2DPaVYb0RuNU31mI&#10;R61iFatYgbCdWrZj0okHzvm0GnuOyRsrGYqHw+HxsrKy84IgbBRFkUI6kkWG8GY1jAGmVcamdaTM&#10;5vtzhPljZpwE0iAd8VXjnKc45zFd14OMsQCldELTtFAymewbHR0dGB4ejobD4VQgENCampq0N954&#10;Y6b0aLm2WGf1cTAYjCmKcgZjXCkIwg7D0HUijE2tac/iYP8ynwfTFY5xzhVKaZeqqs2Dg4Oh999/&#10;n8B1kAiM5/FAIMA///zz1MMPP9xdUFDwe0mSGOe8yoEwNJfy2o15xjmPEULOxGKxMwMDA8loNAoG&#10;aS8XDBkOAOByufjw8LAWiURGCgoK2gVB2GIhv5h1nu6kdBYcxqNpFMYNJ+2JYDB47MSJE0OffPKJ&#10;BtmHipZ7m80GbHR0FA4fPhz0+/2fbt682e31elOiKG6eC6FlmhOC1nWBcs5HNE07H4/He8bGxnTL&#10;95wcIBwA0IcffqjV1dUNVVZWNkiStBVjXIvSaaVmK0ycokHYy08454OapjWEw+GetrY2c24vVR+z&#10;aDQKp06dGi8qKvq8tra2BiHkEgShCgxyDDjX10p+nOkZ9sgYlDE2RghpiMViXZ2dnUo0Gr3R8oAD&#10;AB8YGKA9PT0jpaWlDZIk1YuiqFn63EqAmPWCYpvryCCLRggh56LR6MXu7u44Y8wsw5JieHiYt7a2&#10;Kvv27ev3+/1nIR0FugQsDrLZrK9WOMg2Zug8Z2Kx2OnW1tYoLJ3TPkvf6Ozs1I8cOTJYXl5+1uv1&#10;7jE2bEqn0A9UXdc7k8nk+dOnT3c3Nzdb5+aSlJ1zDkNDQ7ytrS31hS98odHlcm3weDx+SBNCZvRb&#10;TCcfAa6dHDaeJVNKW1RVbW1ubo40NTVZs5bMpa7WNkfj4+O6LMsXBEHYIEnSF1E6dfe13NNTjK9l&#10;rrPNC3abxXKdGGtUYygUCjQ3N2uzEazTPQoAQFVVfvz4cRKJRAaLi4s/8Hq9OsZ4I0pnqFioBuYA&#10;oBk66olIJDLe1dVF3W73StJXTJikUQYAcODAAaWqqqrvq1/96ocbN25M5Ofnf1WSpNswxmVWPdrs&#10;b5YW9MSI3GliObVPZr3/4IMPyGOPPRasrKw8hxAqF0VxC+fcBZAZx5N03tnA6nQ2DhIMq6p6LJlM&#10;9oyPj5uR9Fex9LCPQxqPx1E8HkcAwDo7O2kwGAz19fUl1q5de3XdunUnqqurq0pKSrZ7PJ6NkiRt&#10;FEVxHca4xCCx+RBCLs65ZJACMFiWHOs4mKpAyK48ZacJ5AYxgAAAMXwrKc55lFI6RikdIoT0JZPJ&#10;jlAo1DUwMDA6PDws9/f3pz744ANy/vx5p8Mf9nV9Oc3NqcABgA8ODiqyLF+UJGkrQshr+FKcMhvN&#10;6xmGLytECLmgKEpvf3+/2t3d7RTsYhWLBx6JRHgkEhkuLi4+4vV6JUEQNtvW8+tZ11dKX3LOeULX&#10;9WZFUdreeuutcGNj40L4UHg8HmdXrlxRFEVplSTppCRJOkJoIQ66zhfz6m9jPquQjuKW4pwrnPMk&#10;Y2xC1/Ux4zUky/JgMBjsGxoaCoZCITUWi2nd3d3qm2++Sfr7+80N6FyWn4sJa7sgg8iBxsbGWCqV&#10;osPDw201NTU9W7ZsOVVdXV1bWFhY73a7twiCsFEQhGrjEIbfIK24kCWdOXLIimGHnUhuJQrydCAC&#10;jXOuMsZkg5AyTint1zStV5bltrGxsc7e3t5AV1dXoqGhQXn77bd1C6nKTsC+GfvaPtYRAKDBwUE0&#10;ODjIr1y5QnVdH7/77rtjFRUVbVVVVf7169fXFBcXb3O5XOtdLtdmo59LjMPyXkj3swvShA2z3yYR&#10;/qayj619bt8bM3Qm80CNasz7JGMsavT9kKZpfbIsdwWDwSu9vb0jfX19SmdnZ6qxsZGcOHFiPkTR&#10;TNsMDQ2x06dPp2677bbBgoKCCwDgwRiXwTV/02zG0Ez7D5QxFqWUdiQSiWM9PT2fvfrqq8NXrlxZ&#10;KbpKlk/rzJkz+jvvvDNcWlp60uVyVbnd7jsxxusQQu5Z2mlObZJFKjc+E8bYkKZpZycmJsYPHTqk&#10;a5q2kH6wrDUkGAyGFUU5iTEuFUXR3Bu06jjc8n6m+tiBAEBnjI3run4uHo/3XLp0SQ4Gg8ttfFjr&#10;yCcmJjRVVVskSToPAGAcVnGaO/PRCTikfbVhQsh5WZbb29vbE4FAYLn6KqbDVOWkQ0NDCABYX18f&#10;jcViemdnp7x169ahqqqqc7W1tZUVFRVbPR7PJrfbvdE4DFlhEEfzIJ3V1Y0xdvF06m6rL9X63vHh&#10;Tge7LG4+8w2xyeeYcWhnmBDSSwgZjMfjV4eGhvoGBgbC/f39qba2ttSbb76pJ5NJ+7qcy7oYBwAI&#10;BoNMVVU0PDw8UlhY+HtRFNcAwDaLPJhKDkx7XwdQxtgwIeRsOBzueeWVV5KxWGwl6jbmGEGRSAQ+&#10;+ugjUlRUNMI5P7xjx454UVGR7Ha792GMKw2/jf2gCuOcU4QQ45wzI5vASmqfGbFgpwNX4ibHKlax&#10;iuWJFShvMobo+++/H3z44YdP1tTUII/Hs9uI3DKJxGIqXHMhaC1yu5k3p5TSOKU0TAiZIIRMKIoy&#10;IctyOB6PxwkhqizLmqIoWk9Pj3zkyBH19OnTejKZ5Agh7kCqy2Xlz4qMwfvWW29Fi4qKjtTW1iY8&#10;Hs8XMcalkN7kmI8RmKuYbjASznk4mUye7+vrO/vxxx/HBwYGrpe0Yv6Gtbe3659++unV+++///Xy&#10;8vIRl8u1lXPuvY7yZs1NhJBOKe2NxWJnzpw50/DSSy/JhhKeU/05NjbGX3/9dc3j8Qx5vd6PSkpK&#10;oi6XaxekHXwm5iJUJp2O45wrhJCBWCzWMDw8fOX8+fPjv/rVr+Tu7u6liDq5VMiUX1VV9uyzzyqy&#10;LPc8+uijb69fv74nLy9vryAIlWCcbpvLfRljmeiABszDcQoh5OrExMSxzz77rOvVV1810xJllcf2&#10;mZ85c4b+7//+b6y2tvb3NTU1KZ/PdzsAFMPsN2GnI4yahm48lUo1BoPBsx988EH/p59+aiWDL2Zf&#10;Z+6dTCbZM888o0iS1Ov3+98pKysLulyu7Zxzaz3tY3tGMqwTjL7RdF2/HAqFTp08ebLnwIED1hTl&#10;N+IEc6a9w+EwO3DgQKSwsPBsbW0t8fv9dwqCUGnoHQuxIQsIIZUQciUcDp9paGho/9WvfiVTSm/E&#10;yXYuyzI7evSoevfdd1/ZvXv3b/Lz83sFQdgA1w7nXA+Q4UQjuq73JZPJs5cuXbr42muvJeH61q+5&#10;ItO/fX197OWXX07u27evq7Cw8LggCJWCIHggnUradKxzSDuTR1Op1NFAIHDxwIED8a6uLvtmyZKV&#10;++DBg6rX6+36kz/5k/fLysomXC7XLZC99sznvgDZp+InEonEqe7u7nO/+c1vlIsXL1KYfz0zOl5b&#10;Wxu5fPnyme3bt2v5+fl9GONqMFIvrgIA0m2VUFX14tDQ0Knjx48H33vvPV2W5YUYa6ynpwcOHjw4&#10;/LWvfe3Apk2bJlwu106nVIDXAco5j6mq2tzf33/inXfeGdM0jVs2k3ItKsVMMFONsrGxMfiv//qv&#10;ZDAY7HnwwQcTe/fujZWUlIAkSbcDQBFk6wqMcx5ljA1QSpPgnFlouYB3dHSw9957L+Tz+T5cs2bN&#10;hNfrvRUACuBaneZFGLWAAUCCEHI1EAh8fvz48e5jx46Zum7O2QgrCE5zlhNC+JEjR9jRo0d1jLG8&#10;cePGyDe/+c2x2267raekpMRXVFRUUFRUVFVYWFjn8Xi2WsijhUb2EI9BeBEQQhiyo7YgcCZc2clI&#10;1NywgHQGL9mYUxOMsZCu6yOyLHdEIpGOUCg0lkgkEgMDA8nz588nf/vb36rxeJwjhKyyKdc31Uzw&#10;V155JbV79+7G7du3I7/fP4IxrjIJ3gbmsqE2qf8BQNZ1vScUCp1oamrqOHLkiAa52165hozPpqWl&#10;BX3yyScjDzzwwPs1NTVRt9u9AyFkZudZiDU95/sUIaQzxkaTyeTJrq6uphdffFGzpc6eDzgAoEAg&#10;wA8fPqzef//9DXV1dczn8/UbByxNG2IpMe/nMcZkSmmQUprQNC2QTCbHVFWNJRKJuKqqiqIoRFEU&#10;dXx8PHX06FHlvffe01OpFENGdHQjA8FK800vBiaRCgkh6MSJE+TUqVM6ACh33XVX7Fvf+tZ4TU3N&#10;5bKyMn9paWlFWVlZvdfr3SWK4kaMcYUgCCUAkGeQCQXLH7L9WWEPNkGNQxYUABTGWJhSOmocrrga&#10;j8fbA4FAbygUio6MjCSOHz+eOHr0KBkcHGQYY5ZKpQAmr5ur/e3QxwCAjFT17NChQwQhlNyyZUvk&#10;oYceGt+1a1dnWVmZr7CwsLC0tHRtfn7+ViO63RqMcYkgCKUAUGD0tcg5xwb707o34qQzTeobQ1ei&#10;kD6vpsO1CILjlNJxXdd7k8lkeyQS6Y3FYsFIJCIHg8Hk73//e/n1119XFUUxo4k5EZFm2/cIAPjw&#10;8DC89NJL5O677+51u92vFRUVjYiiuBkAJD671MIzyTuGEFJTqVRXLBZramtra3/vvfeCL7zwgqpp&#10;mlPglVwGByPwwrPPPptat25dx7333vvyunXrLvp8vt2G33IqueB0L+CcZwjltj1SjhCSNU1rGRsb&#10;O3769OnA4ODgQtuv1j0R/sknn0SKi4s/3bx5s+zz+W5DCJUZfljzu9MRxaz3su+1mHVTCCGdwWDw&#10;87Nnz1559913tXg8vlxtcg4AcPToUXXfvn2nNm/enPL5fN2CIKyB7EBKJuZLGNUopQPhcPhYS0tL&#10;65tvvpnq6+vL9awfTns8CADQhQsX+IULFyjnXHW5XLFHH3104r777usvKyvz5eXl5ZWVlZUXFxdv&#10;8nq9W0RR3CAIQhXGuJRzXgJpe1aEtAzGkJbN1vE53XpslsO0Zc1XAgBRSmmIUjpBKR3VNK0zFotd&#10;CYVCg4lEIpZIJOSuri75ww8/VE6ePKmnUimrPmbed8X43np7e3l5eTl79913xyVJOlFfX4/cbvce&#10;jLFVHjhhurpn/c/Yp1A1TWsJBoMnPv/88+FTp05ZD5TmfDvakLEno9EovP7666nx8fGRxx577Pdf&#10;+tKXlPLyckGSpDsxxuWQPa4pT2cEGiWExCcmJnSbHXBTYMWxrlaxilWsIgeRMYb9fj/6+c9/7r3v&#10;vvsq/H5/qSiKHkopopQuJ3k9qSyWU52MEKKlUiklkUgogUBAvnLlivLRRx8p586do0Y6B7vhbVf6&#10;rNdgis+5BqvDA337298W//Zv/7Zs3bp1VQDg45xjzjkwxtA0pIJcaIN5jVPj9DcXRREgnepGHh4e&#10;Hv31r38dOnLkiD4yMjLVZtd8yoUBAP/7v/+79w/+4A+q/X5/CU+n08SUUg4A0/WBY9kBAARBAADg&#10;GGOqKEqku7t77Mknn4x0dHRYSTcwz/IvNbIcdM8995zvS1/6UnlhYWEFQkgihCAjQuBs7nHtgiXS&#10;DsaYU0q1RCIRvXTpUuDnP/95or+/3yl9Ti6012xgNajxAw88IPzwhz8s3rhxY5UoinkIITzF/J/k&#10;/JkKGGPAGANCSEulUuHTp0+PfP/73zfJatM5QbL6+yc/+YnrG9/4RnF1dfUaAPBay2aLAjfjfDcd&#10;cRhjLggCUErVsbGx0WPHjgV/9rOfpWAyiWSx+zvTD7W1tfgnP/mJ/84776wsLi4u13UdOOfYMrZn&#10;I88cy4sQQhaZoMfj8fGTJ08GnnnmGbmjo8MeseJGINPnLpcLf+9735MefvjhwnXr1q1xuVx5jDE8&#10;C71jyv+bfZ7OJA66LMuhpqamsZdffjnxySefLDURMVMs8+/rX/+6+Pjjj/v37NmzRpKkQoSQyDkH&#10;SicFtZ/uXuk319YAs75UluXIwMDA2DPPPBP96KOPTML2Uso0s3wYAIR/+Zd/8e7fv7+2pqbmKz6f&#10;7w8xxpsAwG1syhBKaYAQcnZkZOSdTz75pOXpp5+O9/T0mA6kpS6z+V749a9/nbdz587ykpKSMpMM&#10;YpFF9t/PWEaEEAiCAIIgMF3XlYGBgeHf/va3E88//7wZ6e96+wgDAN63bx9+6qmnijZt2rTG7Xb7&#10;AUA05Ms8bztrXI+tsFiFQ9Z1wHiOFgqFAr/73e/GDhw4oPX29s43umvWcyyv+JFHHpF++tOfVhcV&#10;FZVBOlLCdGNnpgoAQHqOG2tgKhgMjv/f//3f2HPPPafCNXm+UvQVJ2DLK96zZ4/w9NNPV+7cufOu&#10;wsLCr0iStAtjXGJEWOSc8xiltCUej79/9erV33/ta18bCYfDpo4HsLzaCgEA8nq9+K/+6q+kP/3T&#10;Py0vLS2tEATBM81aOCv9h3POBUEwox2psiyHP/zww9F/+Id/UMA5m8Yqbhzsa5D5an+PamtrhT/7&#10;sz/z3nPPPaVVVVWlXq+3UBAEnyiKfkmSikRRLBNFsVIUxVIA8AuCUGhEbxfg2uabuTGDIE1wUBFC&#10;Gk9nCUgZKVMnKKVBxlhY07QgIWRC1/WkpmmyoijxkZGR8Y8//nji1VdfVYaHh+228nT+llxFxo7a&#10;v3+/aUdVGhHLrHrcnNdCjLEZXYRzzkkymQwfPnx4+Mknn5Rhda4uNaw6LP7xj38sPfroo1XFxcWl&#10;LpfLp+v6vNfzZYBpC2yc/Jzu/wCQ7XdSVTXR3d09/M4770RfeOGFhbA5smTe17/+dfGJJ54o2rBh&#10;Q6XL5fKDERGQUjqf9p/uBwvm77ZFuNISiURSVVVtbGws0dzcnDhx4oT22Wef6Ywxruv6XH3TOTfo&#10;bgDsh07txBIkSRL+8z//c/fDDz9cWlNTU+H3+4slSSoQRbFAkqQyURTLRVEswxiXCoJQZqyhovFq&#10;zQzCAEADANWIWJaklIYYYxOEkHFd18cJIcFUKhUhhERDoVCotbU1+Itf/CLe3t5uzcJj7+/VPp8e&#10;ToernfoZVVdXCz/+8Y/z9uzZU1JVVVXmdrvzRVHMEwTBL4piscvlqhBFsQIhVIQxzhMEocSINitA&#10;OhKpGYXU9NVzAEhBOqMd5ZynKKURznmYMRYhhAQJIUFd18OEkLimacl4PB7u6ekJvv/++5GXX35Z&#10;I4TYiaEL2fcYAFB9fb3ws5/9zHfHHXes9Xg8xYafMbO3xycL0GlloMWeZpRSPRaLTTQ1NQX/7u/+&#10;Lp5Kpex+9JUyZu3EYfTII49I3/ve90pqamrKJEnKZ4zh69UFLH5LLRaLBd96662Rl19+Wevr61sI&#10;H4UTMvrsY489Jj7xxBPlFRUVFZIk+SilWbbnVHVziMgLkCa9glEXjhAiyWRy4qOPPhp67rnnUr29&#10;vct5jGTa5KGHHhL+5m/+pri6urrC7XbnG/t1YJk7c7ux4YcymkxXVTV+7ty5waeeeioxOjp6o3zT&#10;iwmnNdh8zZLRf/mXf+l+8MEHizZs2FDq9/uL3G633+Vy5YuiWChJUpkkSeVmRg0jW5XXsGMlg+yf&#10;RWhkjGkAoCGEKOecMMaClNIYYyxGKQ1qmhbQdT1MKY3rui5rmpYIBoPBs2fPTvzHf/xHwha0AMBZ&#10;Rltfcx1ZMu5HP/qR65FHHikvKSkpd7lcPkopmoorMIUMsIIDpG0Gww+rJ5PJ4OHDh0eefvppZWRk&#10;xLpurFRk5AoAoPLycuHZZ58tu+uuu24vLi6+z+Vy3W6kpxcBAAyyaGcqlfqks7Pz/aeeemr43Llz&#10;ejQaXentlIXlREBaxSpWsYqbGRklYdOmTXjbtm1CRUUF9ng8OBaLga7rIAgCUhTlhjpGBUFABqkv&#10;C2YqRlVVOWMMUqkUl2WZx+NxHgqFuCzLXBAEbmxmAEw2wlcaQdQJmT6uqKhA27dvF2prawXGGGaM&#10;ZQh4TmQ8xpiZ0nxZw+12z0uvsKTyBEmSeCqVYiMjI6yrq4suQHRRE1lG0q5du/D27dsFt9uNXS4X&#10;UlU1bT3qOsyFoC0IAoiiyM2y67rOGWOsq6uLNjQ0MFsKk2XfhwayNk1vueUWvGPHDqGsrEwghCBC&#10;CKKUQiKRgKmIo05jQZIk0xEDgiAAY4xFo1HW1dXFOjs72QwRhlcCMga62+1Ge/bsETZs2IA9Hg9m&#10;jAHn6Uzm8XgcAAB8Ph9QSpExJqdsC0EQIC8vDwAARFHkxuYHvXDhArOQE2eaPxnHwZ49e1B1dbVQ&#10;WVkpUEoRxhibRLpYLHbtBwiBy+Wadq5Y57bb7eYej4cNDg6yq1ev0paWlqUmi5rI9EN9fT3evn27&#10;UFVVhRVFQaqqIlEUIZlMgiiKM8oBjDFXFCX75giB3+8HjDG4XC7OOeehUIh1d3fTrq4uJsvyckl5&#10;k5GJRUVFeNu2bXjr1q0CQggTQoAQApIkIVmWJ+kd08l6Y1xkZCLGmIfDYdbf309HRkbY0NDQjZzj&#10;mb7/8pe/jKuqqoSCggJB13XQdR0BAMTj8Rn1LEmSkCnLRFE0CUGZNUDXdd7Z2Unb2tqokTbnRtQ3&#10;4xypra3FTzzxhO+BBx5YX1FRsd3lcq3DGLsgvemiE0LGo9Fox5kzZ6788z//c6yrq4taIlQsZbmz&#10;Dnfs3LkTb9y4ERcWFgperxdpmoYYY5PW6dnoSAUFBQBwbe3BGPNAIECPHTtGFUVZqD5CAIDz8/Nh&#10;+/btwo4dO7Cu6wJCCDHGgDEGyWRyUfT42cjj6aCq6qL0scvlQpIkcYPcAB6Ph6uqyhOJBG1oaGBG&#10;RIeFctJn1rHNmzfjuro6saKiArtcLpRKpRAAAKU0M9fnUIfM5oskSZwxxsfGxujZs2epkXZzucj0&#10;xYR1cwFXVlbi+++/X3z88ceLd+7cuT0vL69WFMUihJAA6T3QRCqV6r169erFt99+O/iLX/xCg8kH&#10;gpYLMmthcXExvv3224WqqiqMEMKapoEoikjXdbDa4KIomodCpoRV5xVFkVNKeSwWY+fPn9ct6+By&#10;bI+bHU4kCPMVAQCUlJSgqqoqvHbtWlxQUID9fj92uVy4srJS3LJli6eurq6wtLS01Ov1FhtE0nyM&#10;sQchhI21V4TsOcU455qxycYYYyld1xOapkUSiUQkEonEuru7o83NzUooFKIAwFRV5QMDA2xwcJBp&#10;msaGh4cBnMfUSrKprHMVbdu2TbjllluwruuCIAigadq8bHm73soY45FIhF24cIFaokutpHbMBWTW&#10;m61bt6JNmzYJZWVlgs/ny/ghAABM/81yB+ccDJ/QtDBt/6n+b+ohAOl1BWPMU6kU7+jooB0dHTSR&#10;SCykPgsAgEpLS9Ett9wi1NXVYQDAnHNkmWtoDoftptU1p/IzzwembQYAkEqluKqqnFLKFUXhgUCA&#10;JZNJ0HWdE0L42NiY+bPpyKGr835+sJNVAAAQxhitWbMG+f1+VFlZKVRUVOCSkhLs9XqFuro6acuW&#10;LQVVVVUl+fn5xS6Xq8jlchUjhFwIIcl4tSpgZupxjXNOKKUyISQiy3IkGo2G+/r6wpcuXUr29PTo&#10;uq6ziYkJOjAwwMbHx7lNh1/t9/nDsZ8BACoqKpAgCLikpARXVlaikpISXFhYiN1uNy4uLhbr6+s9&#10;9fX1JSUlJWWSJOWLouhzuVyFZj8bfW5GuDPBOOcqY4yAceCGEBIlhMRlWY6Gw+HI5cuXI11dXalQ&#10;KEQ1TWMTExN8fHycDg8PM13XwUhBvRhzPsuXsXv3brx161ahoqICa5qGzL0exhgkEomsH1r9S04w&#10;/arGIXwWj8d5a2srvXr1KjPIpyvVrsjSw0tLS/HOnTtxWVmZkJ+fjxKJBLjdbmT6WeYCjDF4vV5A&#10;CIHP5+OEEB4MBmlbWxvt7u6eSj4sBKxrLN67dy+urKwUCgoKkKIoyPRVzNVvYV37RFHkhBCuKApr&#10;bm6mV69eXc5kUQCL3ldcXAx1dXXCzp07MSFEAABk7JeAruuzCV5y7aYWHV8URc45B0IIbW1tZU1N&#10;TXZC8HJsl+vBlLLZeEWbNm1C1dXVuLS0FHs8Huzz+dCaNWuE6upq9/bt2wvXrFlT7PP5ikRR9Ltc&#10;riLDnhUNuewyMmmYMNdjYhzmIISQsKZpCU3TktFoNNzZ2Rlsbm5WwuGwTgjh8XicybLMhoaG2Pj4&#10;OB8eHp5NuvkV20/r16/HdXV1wrp167AgCNi0cwx/95xsHtMXZc4Bl8vFY7EYa2xspL29vctpX2ox&#10;MenQwb333it8//vfL7jnnnvqCwoK6iVJKjXGM+ecK5qm9QcCgcuHDx8e+tGPfqTA8pabi4KcMK5X&#10;sYpVrOImwVSnf5y+sxzhtHjORsHjcO3E6EpHrvfxYmIqR81CO+yyTtTZXu3vZwsnwvN0Bk6uYKbx&#10;upBtBQ6vKxFObXm9bQqwcPNn0qlTh//fqLItJBarH0zY6zTdZsSNhr0NFrrPzc/LQSba+3ip6nuj&#10;+jpTx/Xr1wv79++X6uvrXXl5eSLnHHHOQRAETgih/f392qFDh7Tm5ublEBU7V9fpxVgzVwqWao7c&#10;qDXW/p2VCuvBF3zrrbfi/fv3u4qLi10ejwdbIh3QVCpFDh48qJ49e5aGQiFz0205t9F0a+FCjBvz&#10;842Wr6uYG2YkkJrvjU02dOedd+KamhrB7XYLLpcLezweLAiCOT0wAGRFBTFSYzLGGGeMAUKIybLM&#10;UqkUSyQStLW1lfX19bGrV69y4wCZfQw52VEr2bdyM+mtNzNmWs+dPt8MWCpfSq77LafzTTu1ofX9&#10;SpafNwLTraPmKwIAVFlZmTmsXlRUJPj9fuzxeDDnHAuCgAAAGSmoASC9foqiyMwDm4wxlkqlWCqV&#10;okNDQ+zixYu0s7OTy7JsJ3/NZiysYn6YyYZHAIA8Hg9av3492rVrl1BbWyvk5eVhQRBwfn4+Zowh&#10;I+KymanCeg9uZKvK6EyJRILpus4SiQQdGhpiJ0+eZIFAgFlI6lP1+WKt8Ythj041Vm8Wu2K5+9Hn&#10;g1V9NhuL5Uu72fegAGa/DoPb7UZ+vx/ddtttuK6uTiwpKcnIZgDAgiCAsQ4jmz3LjdTnnDEGGGMe&#10;j8eZrutUURQ+ODhIGxoaaE9PD7ek+XYamzfjurwU8s38nCvyYKFhRqdHtbW1wne+8x1XeXm5y+/3&#10;Y0EQzMwVLJFI6I2NjeqxY8f0np6emyEK6yQsZ+NuFatYxSpuRkylEOSKvJ7OMTfTtZsF0/VrrvTz&#10;YmEqY30hsVjtP5PjORdhOssXm1C3EtpqLlgsOb8QbbrUZXP6vBSYbu4vlByeyjhfbptQ1nm+WH1u&#10;/3yj679YG89Ozq4b2d/2emKHa3aH6XI4abyYetJS6hm5qMcvFpZSHkw1v6e6NlvkikxfbDhtbjm1&#10;q9NGwHJup5tF/1nF/OE0LmarT840pmajw8+W4LLSx9XNqLfezFjVqSZjqcbqUtjLi4mp2uJmk5nL&#10;DdPN6ZnWzfmsn3NdU1dxfbD7kK3XnV6ne+/0GWB2uvVsxsJi2XBT6Sng8HkuuJn1lJW4j7MUtqf1&#10;c66MkcXS+1bl//R7fDDF9fnas9bPc7Vzbzb/GsDS+sBvxjaezodpbQsn/+XN1E7w/wAAAP//7NtL&#10;coMwEAVAV+X+d84iRcUmwoxiJKRR99Jmga3/8JjhgAewoqsfcvYSLcoxbxu31Lt4e2UblO49ywb8&#10;rOhXS5H+V69iV63WY2MkVx/GN6P/7pJR+2Mrq/zedw9oNvti3ij3P/NcNNuD9ZZK//VMe7zHY+wx&#10;3tvMc0pErxAa84r2kZp9RiQIWjpbrtynVtnHrU7d7NUdfbXVebkltemxRdbRaL87C31ZO+9TM3dc&#10;uWc6+q53u9unXK/lf3r0WWv6yV8tz+NHn60m2u9azM3apEwNs53sNcxLzHDAAwAAAD7z7kFblpcc&#10;gPa2uaT0QtEzcwqriNbX99fVjBHjCYCsntfHo/3l/poz1s1x/WffFG1P7Q5QryYvFp2b9+u5+Zk7&#10;Rfr4sn306+4bAAAAAJorhUK9RAp8Yj+vCJ/Dj+hYMF4A4FVpf/nM2rkebQ7QV6SGXJqb1YQYmf5Z&#10;4OEQAAAAAAAAAAAAQHICowAAAAAAAAAAAADJCYwCAAAAAAAAAAAAJCcwCgAAAAAAAAAAAJCcwCgA&#10;AAAAAAAAAABAcgKjAAAAAAAAAAAAAMkJjAIAAAAAAAAAAAAkJzAKAAAAAAAAAAAAkJzAKAAAAAAA&#10;AAAAAEByAqMAAAAAAAAAAAAAyQmMAgAAAAAAAAAAACQnMAoAAAAAAAAAAACQnMAoAAAAAAAAAAAA&#10;QHICowAAAAAAAAAAAADJCYwCAAAAAAAAAAAAJCcwCgAAAAAAAAAAAJCcwCgAAAAAAAAAAABAcgKj&#10;AAAAAAAAAAAAAMkJjAIAAAAAAAAAAAAkJzAKAAAAAAAAAAAAkJzAKAAAAAAAAAAAAEBy3wAAAP//&#10;7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEw&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAXAAAA///s2oEMAAAAwCB/63t8xZEwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJ&#10;owAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAA&#10;AAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABz&#10;wigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAA&#10;AAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;XAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwFwAA&#10;AP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCc&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8&#10;xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJ&#10;owAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAA&#10;AAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABz&#10;wigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAA&#10;AAAAAADAnDAKAAAAAAAAAAAAMBcAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCc&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAA&#10;wCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAXAAAA///s2oEMAAAAwCB/&#10;63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCc&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s&#10;2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAXAAAA///s2oEM&#10;AAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCc&#10;MAoAAAAAAAAAAAAwFwAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA&#10;///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/re3zF&#10;kTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMBcAAAD//+zagQwAAADAIH/re3zFkTAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJ&#10;owAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAA&#10;AAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAA&#10;AMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAA&#10;AAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAX&#10;AAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAA&#10;ADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwAAADAIH/r&#10;e3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJ&#10;owAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAA&#10;AAAAAAAAAMCcMAoAAAAAAAAAAAAwFwAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAA&#10;AAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+zagQwA&#10;AADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAA&#10;AAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMBcAAAD//+zagQwAAADA&#10;IH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;nDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAA&#10;AMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPC&#10;KAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAA&#10;AAAAAAAAADAXAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJww&#10;CgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwAAAD//+za&#10;gQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAA&#10;AAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;nDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAA&#10;AAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWRMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAA&#10;AAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwFwAAAP//7NqBDAAAAMAgf+t7fMWRMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAA&#10;AHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwFwA&#10;AAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABz&#10;wigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAA&#10;AAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADA&#10;nDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAA&#10;AAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAA&#10;MCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMBcAAAD/&#10;/+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeM&#10;AgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAgf+t7fMWR&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAA&#10;AAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIA&#10;AAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAA&#10;AADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMA&#10;AAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAA&#10;AAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8Io&#10;AAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAA&#10;AAAAwJwwCgAAAAAAAAAAADAXAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAA&#10;wFwAAAD//+zagQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAXAAAAP//7NqBDAAAAMAg&#10;f+t7fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCc&#10;MAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAA&#10;AAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAw&#10;J4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAA&#10;AAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAA&#10;zAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwFwAAAP//7NqBDAAAAMAgf+t7&#10;fMWRMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoA&#10;AAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAA&#10;AAAwJ4wCAAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wC&#10;AAAAAAAAAAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAA&#10;AAAAzAmjAAAAAAAAAAAAAHPCKAAAAAAAAAAAAMCcMAoAAAAAAAAAAAAwJ4wCAAAAAAAAAAAAzAmj&#10;AAAAAAAAAAAAAHPCKAAAAAAAAAAAAMBcAAAA///s2oEMAAAAwCB/63t8xZEwCgAAAAAAAAAAADAn&#10;jAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAA&#10;AAAAAADMCaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADM&#10;CaMAAAAAAAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAA&#10;AAAAAAAAc8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAA&#10;c8IoAAAAAAAAAAAAwJwwCgAAAAAAAAAAADAnjAIAAAAAAAAAAADMCaMAAAAAAAAAAAAAc8IoAAAA&#10;AAAAAAAAwFwAAAD//+3agQwAAADAIH/re3zFkTAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAA&#10;AAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAA&#10;AABzwigAAAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigA&#10;AAAAAAAAAADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAA&#10;AADAnDAKAAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAK&#10;AAAAAAAAAAAAMCeMAgAAAAAAAAAAAMwJowAAAAAAAAAAAABzwigAAAAAAAAAAADAnDAKAAAAAAAA&#10;AAAAMBc+WEfjdUSuMgAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAFHRUSt0AAAAGAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2WE3uputBaJ2YhI25MUqoXS25odk2B2NmTXJP77Tnup&#10;l4HHe7z5XrYeXSN67ELtSUMyVSCQCm9rKjV8Hl4flyBCNGRN4wk1XDHAOr+/y0xq/UAf2O9jKbiE&#10;Qmo0VDG2qZShqNCZMPUtEnsn3zkTWXaltJ0ZuNw1cqbUs3SmJv5QmRa3FRbn/cVpeBvMsJknL/3u&#10;fNpevw+L969dglo/TMbNCkTEMf6H4Ref0SFnpqO/kA2i0cBD4t9lb6bmLI8cWiyfFMg8k7f4+Q8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwu&#10;cmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+&#10;KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRI&#10;XJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4&#10;Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAI+KW41gDAADyBwAA&#10;DgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAloYMzTaIBAA2&#10;iAQAFAAAAAAAAAAAAAAAAAC+BQAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEA&#10;FHRUSt0AAAAGAQAADwAAAAAAAAAAAAAAAAAmjgQAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAMI8EAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHNQSwUGAAAAAAYABgB8AQAAI5AEAAAA&#10;">
+                <v:rect id="Rectangle 1858525003" o:spid="_x0000_s1027" alt="&quot;&quot;" style="position:absolute;width:12893;height:100584;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYCf1RywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8JA&#10;EIXvJvyHzZB4ky0VFCsLIQYNJF4sRD1OumO7sTvbdFeo/545mHh88958M2+5HnyrTtRHF9jAdJKB&#10;Iq6CdVwbOB6ebxagYkK22AYmA78UYb0aXS2xsOHMb3QqU60EwrFAA01KXaF1rBryGCehIxbvK/Qe&#10;k8i+1rbHs8B9q/Msu9MeHcuFBjt6aqj6Ln+8UF5m+uP19t3d897n2650n9tNacz1eNg8gko0pP/w&#10;3/bOyvv5w2w+zxZTaSGdZAB6dQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDYCf1RywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" fillcolor="#2f3d4c" stroked="f" strokeweight="2pt"/>
+                <v:shape id="Picture 1659190129" o:spid="_x0000_s1028" type="#_x0000_t75" alt="&quot;&quot;" style="position:absolute;left:-14467;top:73287;width:42152;height:5303;rotation:-90;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCEMIyqxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFHqru1GRmLpKWxC9NrEHb0N2TGKzsyG7NdGn7xYKHuf7n9VmtK24UO8bxxqSiQJBXDrT&#10;cKXhUGxfUhA+IBtsHZOGK3nYrB8fVpgZN/AnXfJQiRjCPkMNdQhdJqUva7LoJ64jjtzJ9RZDPPtK&#10;mh6HGG5bOVVqIS02HBtq7OijpvI7/7EatskxVTl+7Y5DcTu/U3U7hLbQ+vlpfHsFEWgMd/G/e2/i&#10;/OlcJcvZYraEv58iAHL9CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIQwjKrHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId12" o:title="" croptop="30318f" cropbottom="27936f" cropleft="7944f"/>
+                </v:shape>
+                <w10:wrap anchorx="page" anchory="page"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C5FEEC" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D161DA" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A3B1ED" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CEDA0BE" w14:textId="77777777" w:rsidR="0084759F" w:rsidRPr="00513946" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:sectPr w:rsidR="0084759F" w:rsidRPr="00513946" w:rsidSect="0084759F">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1152" w:left="1440" w:header="720" w:footer="432" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733C9C72" w14:textId="77777777" w:rsidR="0084759F" w:rsidRPr="00513946" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
       <w:pPr>
         <w:pStyle w:val="ReturnAddress"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:ind w:right="0"/>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="774AB254" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="00961F7B" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:pStyle w:val="ReturnAddress"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="center" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="6599"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="488B93CE" wp14:editId="2DB21290">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>682625</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>4749165</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5564505" cy="24130"/>
+                <wp:effectExtent l="0" t="0" r="36195" b="33020"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1034671413" name="Straight Connector 3">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5564505" cy="24130"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:srgbClr val="F1BA55"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="63FD9D0D" id="Straight Connector 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="53.75pt,373.95pt" to="491.9pt,375.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBb40e0sgEAAE8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ6mIz4hRbg+yl&#10;2Ap0+wBGlmxhukHUYufvRymXddtb0ReBIqlD8vBofTdbww4yovau48tFzZl0wvfaDR3/8X337gNn&#10;mMD1YLyTHT9K5Hebt2/WU2jlyo/e9DIyAnHYTqHjY0qhrSoUo7SACx+ko6Dy0UKiaxyqPsJE6NZU&#10;q7q+rSYf+xC9kIjk3Z6CfFPwlZIifVMKZWKm49RbKmcs5z6f1WYN7RAhjFqc24AXdGFBOyp6hdpC&#10;AvYr6v+grBbRo1dpIbytvFJayDIDTbOs/5nmaYQgyyxEDoYrTfh6sOLr4d49xty6mN1TePDiJxIp&#10;1RSwvQbzBcMpbVbR5nTqnc2FyOOVSDknJsjZNLc3Td1wJii2ulm+L0RX0F4eh4jpi/SWZaPjRrs8&#10;J7RweMCUy0N7Sclu53famLIr49hEQvtYN7ROASQZZSCRaUPfcXQDZ2AG0qJIsUCiN7rPzzMQxmF/&#10;byI7AOlht/z8qWmyBKjcX2m59hZwPOWV0DnNuAwji7LOrf4hJ1t73x8f44VB2lpBPyssy+L5nezn&#10;/2DzGwAA//8DAFBLAwQUAAYACAAAACEAv/8OP+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DMBCE70i8g7VIXFBrl/4kDXEqqOABCAT16MbbJKp/othtwtuznOA4s59mZ/LdZA274hA67yQs&#10;5gIYutrrzjUSPj/eZimwEJXTyniHEr4xwK64vclVpv3o3vFaxoZRiAuZktDG2Gech7pFq8Lc9+jo&#10;dvKDVZHk0HA9qJHCreGPQmy4VZ2jD63qcd9ifS4vVsLDammq17FK9y9fp8OZl15U/UHK+7vp+QlY&#10;xCn+wfBbn6pDQZ2O/uJ0YIa0SNaESkhWyRYYEdt0SWOO5KwXCfAi5/83FD8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAW+NHtLIBAABPAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAv/8OP+AAAAALAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="#f1ba55" strokeweight="1.5pt">
+                <o:lock v:ext="edit" shapetype="f"/>
+                <w10:wrap anchorx="margin" anchory="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0084759F" w:rsidRPr="00513946">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0084759F" w:rsidRPr="00513946">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A83688" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:pStyle w:val="ReturnAddress"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="1080" w:right="-450"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B40B62D" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:pStyle w:val="ReturnAddress"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1540BEBD" w14:textId="40A7FFA2" w:rsidR="009F4DF4" w:rsidRDefault="001A1F08" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-450"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001A1F08">
+        <w:t>Innovative Approaches: Diploma Pathways Course Sequence Application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1E7715" w14:textId="77777777" w:rsidR="00147F48" w:rsidRDefault="00147F48" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="-450"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:id w:val="-723756749"/>
         <w:placeholder>
-          <w:docPart w:val="1451BB70C29D48E9B7EEA6E1774F3A6A"/>
+          <w:docPart w:val="8EA0DB722D2746089686740056A9A8D5"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="70E62A30" w14:textId="465C9F4B" w:rsidR="00B91B8E" w:rsidRPr="00014D63" w:rsidRDefault="00E8482E" w:rsidP="00B91B8E">
+        <w:p w14:paraId="3008F468" w14:textId="4DA64F6F" w:rsidR="00F76A87" w:rsidRPr="00014D63" w:rsidRDefault="009D2AE5" w:rsidP="00F76A87">
           <w:pPr>
             <w:pStyle w:val="ReturnAddress"/>
             <w:keepLines w:val="0"/>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="9360"/>
             </w:tabs>
             <w:ind w:right="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Division of College and Career Readiness</w:t>
+            <w:t xml:space="preserve">                               </w:t>
+          </w:r>
+          <w:r w:rsidR="00F76A87">
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>Division of College, Career, and Military Readiness</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="48ED63D4" w14:textId="77777777" w:rsidR="00B91B8E" w:rsidRPr="00014D63" w:rsidRDefault="00B91B8E" w:rsidP="00B91B8E">
+    <w:p w14:paraId="44CF081D" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5577271C" w14:textId="77777777" w:rsidR="00426854" w:rsidRDefault="00426854" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="273373AA" w14:textId="5B579622" w:rsidR="0084759F" w:rsidRPr="001C34CF" w:rsidRDefault="00A544AA" w:rsidP="00CD4EF6">
       <w:pPr>
         <w:pStyle w:val="ReturnAddress"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:ind w:right="0"/>
+        <w:ind w:left="1080" w:right="-450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-        <w:ind w:right="0"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B60">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...83 lines deleted...]
-        </w:pBdr>
+        <w:t>-2027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE901F1" w14:textId="77777777" w:rsidR="0084759F" w:rsidRPr="001C34CF" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00502DDF">
-[...34 lines deleted...]
-    <w:p w14:paraId="534E2E72" w14:textId="77777777" w:rsidR="000561B5" w:rsidRDefault="000561B5" w:rsidP="00010D88">
+    </w:p>
+    <w:p w14:paraId="34FC7BCE" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55264E0C" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398D15C0" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74883619" w14:textId="77777777" w:rsidR="00364C34" w:rsidRPr="003E1FC3" w:rsidRDefault="00961F7B" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...6 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId11"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="237EF827" wp14:editId="5902C1D7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>682625</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>7560944</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5576570" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="645824687" name="Straight Connector 1">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks/>
+                      </wps:cNvCnPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5576570" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:srgbClr val="F1BA55"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="7FB5472C" id="Straight Connector 1" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="53.75pt,595.35pt" to="492.85pt,595.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSGglzrAEAAEsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD03tgp4HYz4hRbg/Sl&#10;2Aq0+wBGlmxhukFUY+fvRymXddvbsBeBIqlD8vBodT9bw/Yyovau48tFzZl0wvfaDR3//rq9/sgZ&#10;JnA9GO9kxw8S+f366sNqCq288aM3vYyMQBy2U+j4mFJoqwrFKC3gwgfpKKh8tJDoGoeqjzARujXV&#10;TV3fVpOPfYheSETybo5Bvi74SkmRvimFMjHTceotlTOWc5fPar2CdogQRi1ObcA/dGFBOyp6gdpA&#10;AvYW9V9QVovo0au0EN5WXiktZJmBplnWf0zzMkKQZRYiB8OFJvx/sOLr/sE9x9y6mN1LePLiBxIp&#10;1RSwvQTzBcMxbVbR5nTqnc2FyMOFSDknJsjZNHe3zR3xLc6xCtrzwxAxPUpvWTY6brTLM0IL+ydM&#10;uTS055Tsdn6rjSl7Mo5NJLJPdZOhgeSiDCQybeg7jm7gDMxAOhQpFkj0Rvf5eQbCOOweTGR7IC1s&#10;l18+N01eP5X7LS3X3gCOx7wSOqUZl2FkUdWp1V/EZGvn+8NzPLNHGyvoJ3VlSby/k/3+D6x/AgAA&#10;//8DAFBLAwQUAAYACAAAACEAv9kSJt4AAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXBC1C5SmIU4FFXxAA0E9usk2iWqvo9htwt+zHBDcZnZHs2+z9eSsOOMQOk8a5jMFAqny&#10;dUeNho/3t9sERIiGamM9oYYvDLDOLy8yk9Z+pC2ei9gILqGQGg1tjH0qZahadCbMfI/Eu4MfnIls&#10;h0bWgxm53Fl5p9SjdKYjvtCaHjctVsfi5DTcPNzb8nUsk83L52F3lIVXZb/T+vpqen4CEXGKf2H4&#10;wWd0yJlp709UB2HZq+WCoyzmK7UEwZFVsmCx/x3JPJP/v8i/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJIaCXOsAQAASwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAL/ZEibeAAAADQEAAA8AAAAAAAAAAAAAAAAABgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokecolor="#f1ba55" strokeweight="1.5pt">
+                <o:lock v:ext="edit" shapetype="f"/>
+                <w10:wrap anchorx="margin" anchory="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289044A2" w14:textId="77777777" w:rsidR="0084759F" w:rsidRDefault="0084759F" w:rsidP="00CD4EF6">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>South Carolina Department of Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A5D5E4" w14:textId="77777777" w:rsidR="00464347" w:rsidRPr="00EE2C46" w:rsidRDefault="00464347" w:rsidP="00464347">
+      <w:pPr>
+        <w:ind w:left="1080" w:right="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="120B59E8" w14:textId="77777777" w:rsidR="00464347" w:rsidRDefault="00464347" w:rsidP="00EE2C46">
+      <w:pPr>
+        <w:pStyle w:val="TableofContentsHeader"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00464347" w:rsidSect="0086744F">
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_Toc127256544" w:displacedByCustomXml="next"/>
-[...15 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5884D719" w14:textId="77777777" w:rsidR="00525365" w:rsidRPr="00182F47" w:rsidRDefault="00525365" w:rsidP="00EE2C46">
+      <w:pPr>
+        <w:pStyle w:val="TableofContentsHeader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00182F47">
+        <w:lastRenderedPageBreak/>
+        <w:t>Contents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C7DC9C" w14:textId="702ADB78" w:rsidR="00841B48" w:rsidRDefault="00525365">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A11D3">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="001A11D3">
+        <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="001A11D3">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc219272090" w:history="1">
+        <w:r w:rsidR="00841B48" w:rsidRPr="00F34CCE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Overview</w:t>
+        </w:r>
+        <w:r w:rsidR="00841B48">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00841B48">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00841B48">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219272090 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00841B48">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00841B48">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00841B48">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="00841B48">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6C673426" w14:textId="29204491" w:rsidR="00841B48" w:rsidRDefault="00841B48">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219272091" w:history="1">
+        <w:r w:rsidRPr="00F34CCE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Contact Information</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219272091 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4E4880BA" w14:textId="6BFEDD80" w:rsidR="00841B48" w:rsidRDefault="00841B48">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219272092" w:history="1">
+        <w:r w:rsidRPr="00F34CCE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Rationale for Diploma Pathway Course Sequence</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219272092 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4E7F4134" w14:textId="125BB873" w:rsidR="00841B48" w:rsidRDefault="00841B48">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219272093" w:history="1">
+        <w:r w:rsidRPr="00F34CCE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Content Area Course Pathways</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219272093 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="02F5355F" w14:textId="5228D94E" w:rsidR="00841B48" w:rsidRDefault="00841B48">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219272094" w:history="1">
+        <w:r w:rsidRPr="00F34CCE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Course Information</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219272094 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="140D29F2" w14:textId="2C2DCB94" w:rsidR="00841B48" w:rsidRDefault="00841B48">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219272095" w:history="1">
+        <w:r w:rsidRPr="00F34CCE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Certification Requirements for the Locally Designed Courses</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219272095 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="580EF7BD" w14:textId="1945CD53" w:rsidR="00841B48" w:rsidRDefault="00841B48">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219272096" w:history="1">
+        <w:r w:rsidRPr="00F34CCE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Required Signatures</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219272096 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="64A5B9DB" w14:textId="514301CC" w:rsidR="00464347" w:rsidRDefault="00525365" w:rsidP="00525365">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
         </w:rPr>
-      </w:sdtEndPr>
-[...602 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="00464347" w:rsidSect="00464347">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A11D3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="32"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="315E51DD" w14:textId="371FB436" w:rsidR="007A2B3F" w:rsidRDefault="00E8482E" w:rsidP="00934A1B">
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4211DA" w14:textId="11949E76" w:rsidR="0009492E" w:rsidRDefault="0009492E" w:rsidP="0009492E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="0" w:after="0"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc127256545"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc219272090"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>OVERVIEW</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="58B10A02" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00144D76" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+        <w:t>Overview</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="635B633B" w14:textId="3A77D87D" w:rsidR="0009492E" w:rsidRPr="0009492E" w:rsidRDefault="0009492E" w:rsidP="0009492E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0009492E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(Core Graduation Credit)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD83C14" w14:textId="77777777" w:rsidR="0009492E" w:rsidRPr="0009492E" w:rsidRDefault="0009492E" w:rsidP="0009492E"/>
+    <w:p w14:paraId="5AD7067E" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRPr="00144D76" w:rsidRDefault="000E54BC" w:rsidP="000E54BC">
       <w:r w:rsidRPr="00144D76">
         <w:t>On May 19, 2017, the South Carolina Governor signed legislation allowing for personalized pathways to a South Carolina high school diploma. South Carolina Code Ann., § 59-39-100, was amended to read the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD9CA11" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00144D76" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-    <w:p w14:paraId="3029B1C3" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00144D76" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="06210377" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRPr="00144D76" w:rsidRDefault="000E54BC" w:rsidP="000E54BC"/>
+    <w:p w14:paraId="3B8EB117" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRPr="00144D76" w:rsidRDefault="000E54BC" w:rsidP="000E54BC">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00144D76">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>To support the Profile of the South Carolina Graduate, for students entering ninth grade beginning with the 2018–2019 School Year, the twenty-four units required are as prescribed in this section and in regulation by the State Board of Education. (1) Students will continue to be required to earn the units of credit as prescribed in regulation and, when applicable, be offered national industry certifications and credential. (2) Coursework must be aligned with a student's personalized diploma pathway. The State Board of Education shall promulgate regulations that outline the process and procedures for approval of courses to personalize pathways based on students' postsecondary plans and include an annually updated course activity coding manual listing approved courses. The individualized graduation planning process must plan each student's personalized pathway based on his postsecondary plans</w:t>
       </w:r>
       <w:r w:rsidRPr="00144D76">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A955989" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00144D76" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-    <w:p w14:paraId="5E98B27C" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="6C2C966B" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRPr="00144D76" w:rsidRDefault="000E54BC" w:rsidP="000E54BC"/>
+    <w:p w14:paraId="059389A0" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRDefault="000E54BC" w:rsidP="000E54BC">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00144D76">
         <w:t>To facilitate the requirements of this statute, the South Carolina Department of Education (SCDE), through the State Board of Education (SBE), with approval from the South Carolina General Assembly, updated SBE Regulation 43-234 (B) on May 25, 2018. As part of that regulation, the SBE provides these supporting guidelines on the process and procedures for approval of courses to personalize pathways that both the SCDE and each applicable school districts will use.</w:t>
       </w:r>
       <w:r w:rsidRPr="00144D76">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23043775" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="08137141" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRDefault="000E54BC" w:rsidP="000E54BC">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D0595E" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00144D76" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="6CEC91F1" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRPr="00144D76" w:rsidRDefault="000E54BC" w:rsidP="000E54BC">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00144D76">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Email the completed Diploma Pathways Course Sequence Application to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00C21187">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>innovativecourseapp@ed.sc.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00144D76">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> For questions or concerns, please </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">send an email to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00052364">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>innovativecourseapp@ed.sc.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00144D76">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00144D76">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Please allow 30 days from date of submission for SCDE processing to be completed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B01717F" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-    <w:p w14:paraId="517B8C37" w14:textId="77777777" w:rsidR="00552A32" w:rsidRDefault="00E8482E" w:rsidP="00552A32">
+    <w:p w14:paraId="4AA7C7C1" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRDefault="000E54BC" w:rsidP="000E54BC"/>
+    <w:p w14:paraId="21A72509" w14:textId="77777777" w:rsidR="000E54BC" w:rsidRDefault="000E54BC" w:rsidP="000E54BC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A4610">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>An approved application is valid for three years unless new standards are written in the subject area. In such a case, another application must be completed and submitted to the SCDE</w:t>
       </w:r>
-      <w:r w:rsidR="00552A32">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38296AA0" w14:textId="77777777" w:rsidR="00552A32" w:rsidRDefault="00552A32" w:rsidP="00552A32">
+    <w:p w14:paraId="35985AAB" w14:textId="23B09E73" w:rsidR="00E7239B" w:rsidRDefault="00E7239B" w:rsidP="000E54BC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...108 lines deleted...]
-      </w:pPr>
+        <w:br/>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BB7579" w14:textId="77777777" w:rsidR="00E7239B" w:rsidRDefault="00E7239B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0177DCD6" w14:textId="32F57564" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="3D05C799" w14:textId="175D0854" w:rsidR="00EA1954" w:rsidRDefault="00D82AB9" w:rsidP="00B376AD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc127256546"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc219272091"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>CONTACT INFORMATION</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1954">
+        <w:t xml:space="preserve"> Information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9450" w:type="dxa"/>
         <w:tblInd w:w="-90" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="SCDE Policy and procedures template establishes a format to name and describe an SCDE policy or procedure in detail. Two columns: section and description."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4255"/>
         <w:gridCol w:w="5195"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00171C7A" w14:paraId="32C882C1" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00E537C6" w:rsidRPr="00171C7A" w14:paraId="6666A288" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="549BA2E6" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="2B66FBA4" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00171C7A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Date Submitted:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71C52279" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75"/>
+          <w:p w14:paraId="28D09EBE" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00171C7A" w14:paraId="4764AC23" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00E537C6" w:rsidRPr="00171C7A" w14:paraId="79ED237D" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="514CF743" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="0A762E80" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00171C7A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>District:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10B69451" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75"/>
+          <w:p w14:paraId="72E297F9" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00171C7A" w14:paraId="4B1DC8D3" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00E537C6" w:rsidRPr="00171C7A" w14:paraId="5F47AB73" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2C83D7" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="19777251" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00171C7A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Application Prepared</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52CADA19" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="1669434D" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00171C7A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>and Submitted By:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00171C7A" w14:paraId="0875CC89" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00E537C6" w:rsidRPr="00171C7A" w14:paraId="51DA2818" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50AE1507" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="5B8949BF" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00171C7A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4169873B" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75"/>
+          <w:p w14:paraId="3CDEFE9A" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00171C7A" w14:paraId="3CF294F8" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00E537C6" w:rsidRPr="00171C7A" w14:paraId="000F66E6" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A345F0A" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="39410BDE" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00171C7A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Position:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="362ED01C" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75"/>
+          <w:p w14:paraId="0F7113C0" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00171C7A" w14:paraId="15402C9A" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00E537C6" w:rsidRPr="00171C7A" w14:paraId="06FD5C6C" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4149BCEB" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="69EB373B" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00171C7A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Phone Number, including area code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44E16082" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75"/>
+          <w:p w14:paraId="7FB2BCAE" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00171C7A" w14:paraId="7E372604" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00E537C6" w:rsidRPr="00171C7A" w14:paraId="7262CA73" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59FBCD76" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="40CF3C6E" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00171C7A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>E-mail address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C060694" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00171C7A" w:rsidRDefault="00E8482E" w:rsidP="00F93E75"/>
+          <w:p w14:paraId="694E0D58" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRPr="00171C7A" w:rsidRDefault="00E537C6" w:rsidP="00440E02"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DA55B5E" w14:textId="553730C0" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5ABF76C3" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRDefault="00E537C6" w:rsidP="00E537C6"/>
+    <w:p w14:paraId="1766AC5E" w14:textId="5D768A4A" w:rsidR="00E537C6" w:rsidRDefault="00E537C6" w:rsidP="00585716">
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A40DEE" w14:textId="77777777" w:rsidR="00E537C6" w:rsidRDefault="00E537C6">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="355388EB" w14:textId="5B38CA17" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="58831C5F" w14:textId="77777777" w:rsidR="00EE4694" w:rsidRDefault="00EE4694" w:rsidP="00233E24">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E8482E">
+        <w:sectPr w:rsidR="00EE4694" w:rsidSect="00464347">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B8776B0" w14:textId="77777777" w:rsidR="00062C12" w:rsidRDefault="00062C12" w:rsidP="003101CE">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc219272092"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>RATIONALE FOR DIPLOMA PATHWAY COURSE SEQUENCE</w:t>
-[...4 lines deleted...]
-    <w:p w14:paraId="36B5E474" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+        <w:t>Rationale for Diploma Pathway Course Sequence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="164588DA" w14:textId="77777777" w:rsidR="003101CE" w:rsidRDefault="003101CE" w:rsidP="003101CE"/>
+    <w:p w14:paraId="41B6F582" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Reflection 1: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:b/>
           <w:iCs/>
         </w:rPr>
         <w:t>Explain how the needs assessment conducted at the local level substantiates the need for the proposed course sequence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B09F959" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="22F55A0A" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48AFC8E9" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="398BF4FE" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>What student-driven needs for success in high school does this course sequence address (student strengths/areas for growth)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABB7CF8" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="4942996D" w14:textId="78AF82A5" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>What student-driven needs for post-secondary plans does this course sequence address (2-year technical schools, 2-year certification programs, military, direct entry into the work-force, direct certifications earned within high school)?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25B60645" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+        <w:t xml:space="preserve">What student-driven needs for post-secondary plans does this course sequence address (2-year technical schools, 2-year certification programs, military, direct entry into the </w:t>
+      </w:r>
+      <w:r w:rsidR="00626EAB" w:rsidRPr="00F76290">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>workforce</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F76290">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, direct certifications earned within high school)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B04CCAE" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="531B462E" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="222D0023" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Reflection 2: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:b/>
           <w:iCs/>
         </w:rPr>
         <w:t>Based on student needs identified in Reflection 1, provide a description of the proposed sequence of courses that comprise the innovative pathway.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586026A1" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="336AF8C9" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BB6D91C" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="29D70818" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>What courses already exist, and what courses will your district need to develop to build the pathway?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B3F338" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="395E48BA" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How does the sequence include prerequisite skills and academic language that are necessary for students to succeed in the course sequence?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0286827D" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="7118D066" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>How does the course sequence scaffold students to the intended post-secondary outcome?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D48B266" w14:textId="43ADDFF0" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="5FFFC82C" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>What current scheduling framework (AB/4X4/Traditional/Hybrid) does your district use</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="68F0EDB6" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+        <w:t>What current scheduling framework (AB/4X4/Traditional/Hybrid) does your district use? How does this provide students with the opportunity to access the courses in the proposed pathway?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AF2835" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DDC5D38" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="44A66C7E" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Reflection 3:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:b/>
           <w:iCs/>
         </w:rPr>
         <w:t>Based on student needs identified in Reflection 1 and the proposed sequence of courses detailed in Reflection 2, list and explain the criteria for selecting students for the course sequence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F12216" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="3F9D05B3" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02B55979" w14:textId="132626E3" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="05F07B66" w14:textId="06CE0885" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">What quantitative measures will be used to identify students for this course?  (e.g., </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00552A32" w:rsidRPr="00F76290">
+        <w:t>What quantitative measures will be used to identify students for this course</w:t>
+      </w:r>
+      <w:r w:rsidR="00626EAB" w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>SC R</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00552A32">
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
+        <w:t>(e.g., SC R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">EADY </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>data, district benchmark data, class averages) What are the established cut scores, and how do they inform recommendation for the prescribed pathway?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02362245" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="75BAA396" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>What qualitative measures will be used to identify students for this course? (e.g., Observed classroom performance, anecdotal record/notes, work ethic)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71CD6418" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="14229FCA" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRPr="00F76290" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76290">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>What research informs the proposed selection criteria?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C251C26" w14:textId="7987C425" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="545DAA30" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRDefault="005F5E89" w:rsidP="003101CE">
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2510CE56" w14:textId="77777777" w:rsidR="005F5E89" w:rsidRDefault="005F5E89">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2E672C" w14:textId="48C710DA" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="496F18D4" w14:textId="77777777" w:rsidR="000F24BA" w:rsidRDefault="005F5E89" w:rsidP="005F5E89">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc127256548"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219272093"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>CONTENT AREA COURSE PATHWAYS</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="246747E7" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+        <w:t>Content Area Course Pathways</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="1EBA9E45" w14:textId="77777777" w:rsidR="000F24BA" w:rsidRDefault="000F24BA" w:rsidP="000F24BA">
       <w:r>
         <w:t>Use the grid below to show how courses will be provided to support students as they progress through their prospective learning pathways.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293E3E90" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
+    <w:p w14:paraId="785692B5" w14:textId="77777777" w:rsidR="000F24BA" w:rsidRPr="00F76290" w:rsidRDefault="000F24BA" w:rsidP="000F24BA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Content Area Course Pathways"/>
         <w:tblDescription w:val="The courses will be provided to support students as they progress through their prospective learning pathways."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2337"/>
         <w:gridCol w:w="2337"/>
         <w:gridCol w:w="2338"/>
         <w:gridCol w:w="2338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00F76290" w14:paraId="108397D9" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="000F24BA" w:rsidRPr="00F76290" w14:paraId="0642076F" w14:textId="77777777" w:rsidTr="00440E02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F2E564" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="2C471B32" w14:textId="77777777" w:rsidR="000F24BA" w:rsidRPr="00F76290" w:rsidRDefault="000F24BA" w:rsidP="00440E02">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>TH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28570752" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="3EEB274E" w14:textId="77777777" w:rsidR="000F24BA" w:rsidRPr="00F76290" w:rsidRDefault="000F24BA" w:rsidP="00440E02">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>TH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC08E09" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="5E4FA284" w14:textId="77777777" w:rsidR="000F24BA" w:rsidRPr="00F76290" w:rsidRDefault="000F24BA" w:rsidP="00440E02">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>TH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F15C06B" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00F76290" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="301A9139" w14:textId="77777777" w:rsidR="000F24BA" w:rsidRPr="00F76290" w:rsidRDefault="000F24BA" w:rsidP="00440E02">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>TH</w:t>
             </w:r>
             <w:r w:rsidRPr="00F76290">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00F76290" w14:paraId="04F55F84" w14:textId="77777777" w:rsidTr="00F93E75">
-[...233 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F48118D" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
-[...4 lines deleted...]
-    <w:p w14:paraId="17DE515E" w14:textId="478B931A" w:rsidR="00E8482E" w:rsidRPr="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="15CBB480" w14:textId="2605D9B6" w:rsidR="000F24BA" w:rsidRDefault="000F24BA" w:rsidP="000563B6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc127256549"/>
       <w:r>
-        <w:t>COURSE INFORMATION</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+        <w:br/>
+      </w:r>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00161B0A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00161B0A">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Toc219272094"/>
+      <w:r w:rsidR="00A86FF2">
+        <w:t xml:space="preserve">Course </w:t>
+      </w:r>
+      <w:r w:rsidR="00A86FF2" w:rsidRPr="000563B6">
+        <w:t>Information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00A86FF2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="110285B2" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="6A5C1C5E" w14:textId="2B75EE3A" w:rsidR="00C94196" w:rsidRDefault="00C94196" w:rsidP="00C94196">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00820526">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>*Submit a separate application for each locally designed course that is being submitted for approval.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="28CFBD5B" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+        <w:t>*Submit a separate application for each locally designed course</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the pathway</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820526">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is being submitted for approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB93769" w14:textId="77777777" w:rsidR="00C94196" w:rsidRDefault="00C94196" w:rsidP="00C94196">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9450" w:type="dxa"/>
         <w:tblInd w:w="-90" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="SCDE Policy and procedures template establishes a format to name and describe an SCDE policy or procedure in detail. Two columns: section and description."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4255"/>
         <w:gridCol w:w="5195"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="2EE2E25B" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="2E4A19C1" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A00EAB" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="5E8F9B3F" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>LOCALLY DESIGNED SUBJECT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5FA251" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="4643B380" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>AREA COURSE FOR CORE CREDIT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="7DF2EDEF" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="1CC00C7D" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51128A3C" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="6BCADC4C" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Name of Course:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4DFD15" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="607251FC" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="3D3744B1" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="7DFC8D35" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9EEBD3" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="0EABC605" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Subject Area:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC9DD30" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="6ED8608A" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="4F19B0E9" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="2962E844" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C53145E" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="5CC22CDA" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Length of Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A411A5C" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00000000" w:rsidP="00F93E75">
+          <w:p w14:paraId="203F981D" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00000000" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="742457977"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E8482E" w:rsidRPr="00820526">
+                <w:r w:rsidR="00C94196" w:rsidRPr="00820526">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E8482E" w:rsidRPr="00820526">
+            <w:r w:rsidR="00C94196" w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  Semester</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E9D2ECF" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00000000" w:rsidP="00F93E75">
+          <w:p w14:paraId="42BB601C" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00000000" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1833821907"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E8482E" w:rsidRPr="00820526">
+                <w:r w:rsidR="00C94196" w:rsidRPr="00820526">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E8482E" w:rsidRPr="00820526">
+            <w:r w:rsidR="00C94196" w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="783F8039" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="730F8585" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27A4C232" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="5275473A" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Grade Level(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76BAD30D" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="783A63B1" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="6EC6CF8C" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="6A4FB077" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3726F721" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="358221D9" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Course Beginning Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE38088" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="5C595646" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="659DB66E" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="076DC78E" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C152EA9" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="0E31BACC" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Course Ending Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33ABEC87" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="24D7D75D" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="2EADCBF4" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="4041EA27" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6C8D6C" w14:textId="054E9DB7" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="198D51FA" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Course Credit </w:t>
             </w:r>
-            <w:r w:rsidR="00CC6EBD">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00412B8D">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>e Awarded:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="557A64EA" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00000000" w:rsidP="00F93E75">
+          <w:p w14:paraId="5D8EB0EC" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00000000" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-657382124"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E8482E" w:rsidRPr="00820526">
+                <w:r w:rsidR="00C94196" w:rsidRPr="00820526">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E8482E" w:rsidRPr="00820526">
+            <w:r w:rsidR="00C94196" w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  one unit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="537E4870" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00000000" w:rsidP="00F93E75">
+          <w:p w14:paraId="4626240D" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00000000" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-996113693"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E8482E" w:rsidRPr="00820526">
+                <w:r w:rsidR="00C94196" w:rsidRPr="00820526">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E8482E" w:rsidRPr="00820526">
+            <w:r w:rsidR="00C94196" w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">  one-half unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00820526" w14:paraId="05BA9C18" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00C94196" w:rsidRPr="00820526" w14:paraId="0BBF385F" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C760C42" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="3BC0B56E" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00820526">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>School(s) Where Course Will Be Implemented</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5195" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37C117CB" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00820526" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="6AFD1FF0" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00820526" w:rsidRDefault="00C94196" w:rsidP="00440E02">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6302F3EC" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="41E2437E" w14:textId="05856F31" w:rsidR="00C94196" w:rsidRDefault="00FD0006" w:rsidP="00C94196">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="_Toc127256550"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...210 lines deleted...]
-    <w:p w14:paraId="6AA8C79D" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00DC4C43" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B14596" w14:textId="77777777" w:rsidR="0093028E" w:rsidRPr="00DC4C43" w:rsidRDefault="0093028E" w:rsidP="0093028E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC4C43">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Describe the research-based methodologies and instructional practices that will be used and how they will meet identified student needs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FEC845" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00DC4C43" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="3FC7463C" w14:textId="77777777" w:rsidR="0093028E" w:rsidRPr="00DC4C43" w:rsidRDefault="0093028E" w:rsidP="0093028E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3455FC7F" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00DC4C43" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="5ADE5538" w14:textId="77777777" w:rsidR="0093028E" w:rsidRPr="00DC4C43" w:rsidRDefault="0093028E" w:rsidP="0093028E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61C47086" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00DC4C43" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="1E7834FD" w14:textId="77777777" w:rsidR="0093028E" w:rsidRPr="00DC4C43" w:rsidRDefault="0093028E" w:rsidP="0093028E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC4C43">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Identify the curriculum, textbooks, and materials that will be used in the course and how they directly support identified methodologies and instructional practices tied to student needs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481D9D18" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00DC4C43" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="04959A1E" w14:textId="77777777" w:rsidR="0093028E" w:rsidRPr="00DC4C43" w:rsidRDefault="0093028E" w:rsidP="0093028E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33208872" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00DC4C43" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="7A4619F5" w14:textId="77777777" w:rsidR="0093028E" w:rsidRPr="00DC4C43" w:rsidRDefault="0093028E" w:rsidP="0093028E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="021F5862" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00DC4C43" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="6E5EBA85" w14:textId="77777777" w:rsidR="0093028E" w:rsidRPr="00DC4C43" w:rsidRDefault="0093028E" w:rsidP="0093028E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC4C43">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Demonstrate the alignment of the proposed course with SC Academic Standards using the chart below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078E4859" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00DC4C43" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="43267D86" w14:textId="77777777" w:rsidR="0093028E" w:rsidRPr="00DC4C43" w:rsidRDefault="0093028E" w:rsidP="0093028E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C7EF9A0" w14:textId="7260C74B" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="36AA453D" w14:textId="77777777" w:rsidR="0093028E" w:rsidRDefault="0093028E" w:rsidP="0093028E"/>
+    <w:p w14:paraId="4FC2419E" w14:textId="77777777" w:rsidR="00C94196" w:rsidRPr="00C94196" w:rsidRDefault="00C94196" w:rsidP="00C94196"/>
+    <w:p w14:paraId="1FFB38E8" w14:textId="77777777" w:rsidR="00FD0006" w:rsidRDefault="00FD0006">
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651346DA" w14:textId="77777777" w:rsidR="00FD0006" w:rsidRDefault="00FD0006">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBF75E7" w14:textId="77777777" w:rsidR="00552A32" w:rsidRDefault="00552A32" w:rsidP="00E8482E">
-[...3 lines deleted...]
-          <w:type w:val="continuous"/>
+    <w:p w14:paraId="31D45CF8" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRDefault="00D4047B" w:rsidP="00D4047B">
+      <w:pPr>
+        <w:sectPr w:rsidR="00D4047B" w:rsidSect="00D4047B">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AA1D944" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="59D712E5" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRDefault="00D4047B" w:rsidP="00D4047B">
       <w:r w:rsidRPr="00E021FC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide evidence via the correlation table below </w:t>
       </w:r>
       <w:r>
         <w:t>for each course submitted. This page</w:t>
       </w:r>
       <w:r w:rsidRPr="00E021FC">
         <w:t xml:space="preserve"> must be completed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E18E949" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00E021FC" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="2AFCB542" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRPr="00E021FC" w:rsidRDefault="00D4047B" w:rsidP="00D4047B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13404" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Unit Title, Innovation Course Standard, SC Academic Standard, and Notes"/>
         <w:tblDescription w:val="Evidence the the locally designed subject area couse(s) for high school credit is aligned with state academic standards."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2334"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3690"/>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00D31775" w14:paraId="3A4E22FB" w14:textId="77777777" w:rsidTr="00F93E75">
+      <w:tr w:rsidR="00D4047B" w:rsidRPr="00D31775" w14:paraId="09B785D6" w14:textId="77777777" w:rsidTr="00440E02">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBA585B" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00D31775" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="3BC26531" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRPr="00D31775" w:rsidRDefault="00D4047B" w:rsidP="00440E02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31775">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Unit Title</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> and Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73DC75CB" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00D31775" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="2BB0D5D4" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRPr="00D31775" w:rsidRDefault="00D4047B" w:rsidP="00440E02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Learning</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31775">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Outcomes</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31775">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B9FEBAC" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00D31775" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="3A07F55E" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRPr="00D31775" w:rsidRDefault="00D4047B" w:rsidP="00440E02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71211A4B" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00D31775" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="5E5CD856" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRPr="00D31775" w:rsidRDefault="00D4047B" w:rsidP="00440E02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31775">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>South Carolina Academic Standard</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DFAB658" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00D31775" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="2AE43622" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRPr="00D31775" w:rsidRDefault="00D4047B" w:rsidP="00440E02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>(</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:vertAlign w:val="subscript"/>
                 </w:rPr>
                 <w:t>South Carolina Academic Standards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D31775">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="363214A1" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="00D31775" w:rsidRDefault="00E8482E" w:rsidP="00F93E75">
+          <w:p w14:paraId="0FFD767E" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRPr="00D31775" w:rsidRDefault="00D4047B" w:rsidP="00440E02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31775">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Additional Notes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0015708D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(optional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8482E" w:rsidRPr="00D31775" w14:paraId="44DBF3EB" w14:textId="77777777" w:rsidTr="00F93E75">
-[...1058 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A87E764" w14:textId="3B743FA7" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-[...14 lines deleted...]
-          <w:type w:val="continuous"/>
+    <w:p w14:paraId="3AFF5628" w14:textId="77777777" w:rsidR="00D4047B" w:rsidRDefault="00D4047B">
+      <w:pPr>
+        <w:sectPr w:rsidR="00D4047B" w:rsidSect="00D4047B">
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B025A4B" w14:textId="0283A6D3" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="1E424158" w14:textId="0A8258E3" w:rsidR="00A32B3F" w:rsidRDefault="00A32B3F" w:rsidP="00780BEC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc127256551"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc219272095"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>REQUIRED SIGNATURES</w:t>
-[...4 lines deleted...]
-    <w:p w14:paraId="13FBF5A7" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+        <w:t>Certification Requirements for the Locally Designed Courses</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="6F59268C" w14:textId="78DB7A8D" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4C43">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>List all area</w:t>
+      </w:r>
+      <w:r w:rsidR="00626EAB">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4C43">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of certification/endorsement that should appear on the certification:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A28ADA3" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159A2BE5" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5692B653" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55696897" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3613086E" w14:textId="77777777" w:rsidR="000864FE" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13373530" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4C43">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>List any specific experience(s) or training(s) that teacher may have in this area of study:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48002204" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4825DA68" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F389149" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="682A7EA0" w14:textId="77777777" w:rsidR="000864FE" w:rsidRPr="00DC4C43" w:rsidRDefault="000864FE" w:rsidP="000864FE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278796A5" w14:textId="26657B91" w:rsidR="003101CE" w:rsidRPr="003101CE" w:rsidRDefault="005F5E89" w:rsidP="000864FE">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="left"/>
+        <w:sectPr w:rsidR="003101CE" w:rsidRPr="003101CE" w:rsidSect="00D4047B">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416919B4" w14:textId="56C339E5" w:rsidR="00881E06" w:rsidRPr="00C90283" w:rsidRDefault="00881E06" w:rsidP="00C67721">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc219272096"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Required Signatures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="2DDFED73" w14:textId="77777777" w:rsidR="00C57156" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:r w:rsidRPr="005245C0">
         <w:t>I certify that this locally designed Diploma Pathways Course Sequence will be taught by a properly certified teacher, is aligned with the state-adopted academic standards, is consistent with the South Carolina Uniform Grading Policy, and was approved by the local board of trustees.*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440BB287" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-    <w:p w14:paraId="0FCCBAFD" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="02A51811" w14:textId="77777777" w:rsidR="00C57156" w:rsidRDefault="00C57156" w:rsidP="00C57156"/>
+    <w:p w14:paraId="1298FC00" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C2E3C80" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="12084BD8" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date_____________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D3C401" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="63525EA8" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Teacher Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B133B78" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="6A062DEB" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BDD5405" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="0A1C76E0" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44ED0D19" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="01093570" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Print Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551C4448" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="5953B6CB" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="387473F2" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="7B9870EC" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6690D311" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="2230F79C" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date_____________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CFE304E" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="4B97E879" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Teacher Signature, if applicable</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E900737" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="1DBE4AC4" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16718B85" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="28470EC1" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D022C2F" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="490DDBE1" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Print Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7765C9C2" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="33B91171" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16FA0AA5" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="5DDEF98F" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11771677" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="4E18D72A" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date_____________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A58163" w14:textId="75B5D048" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="2A033589" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Principal/Director Signature (</w:t>
       </w:r>
-      <w:r w:rsidR="00E320FD">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>chool where the course will be offered)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0861889D" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="582982FD" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20C293C1" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="4B9302EB" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AB06BD" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="61E3D77F" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Print Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332E6045" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="7CCF1314" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15300837" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E"/>
-    <w:p w14:paraId="6EB7F4F4" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="2F1BCE58" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156"/>
+    <w:p w14:paraId="58C7C4FB" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date_____________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223D1FB7" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="02DCC82C" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>District Superintendent or Designee Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF678B0" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="6AF8048B" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1380BD2D" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="47D32A0E" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE61487" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="0B0138AD" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Print Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AE6D30" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="48E7F34E" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B9FA4BB" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="056DC27E" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="067F48B1" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="5ECB165E" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date_____________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C146EF6" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="3025EFA3" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>District Board of Trustees, Chairperson Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F1CA35" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="3A6711BD" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54E709E0" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="1F204B1E" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E72C02D" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="34EE6E01" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Print Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5343441B" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="39FEE75E" w14:textId="77777777" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56989DC5" w14:textId="77777777" w:rsidR="00E8482E" w:rsidRPr="005245C0" w:rsidRDefault="00E8482E" w:rsidP="00E8482E">
+    <w:p w14:paraId="02FED42C" w14:textId="067F6D79" w:rsidR="00C57156" w:rsidRPr="005245C0" w:rsidRDefault="00C57156" w:rsidP="00C57156">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005245C0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>*Use additional signature sheets, if necessary, and attach it to this application.</w:t>
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00E8482E" w:rsidRPr="00E8482E" w:rsidSect="001319FD">
+        <w:t xml:space="preserve">*Use additional signature sheets, if necessary, and attach </w:t>
+      </w:r>
+      <w:r w:rsidR="00626EAB" w:rsidRPr="005245C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005245C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to this application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BC17B3" w14:textId="780BF4E4" w:rsidR="00210E95" w:rsidRDefault="00210E95" w:rsidP="00210E95"/>
+    <w:sectPr w:rsidR="00210E95" w:rsidSect="00D42D74">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="206F1E38" w14:textId="77777777" w:rsidR="00677482" w:rsidRDefault="00677482" w:rsidP="007A2B3F">
+    <w:p w14:paraId="4CB77CD3" w14:textId="77777777" w:rsidR="00A55F37" w:rsidRDefault="00A55F37" w:rsidP="007A2B3F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7772FE23" w14:textId="77777777" w:rsidR="00677482" w:rsidRDefault="00677482" w:rsidP="007A2B3F">
+    <w:p w14:paraId="4C5FF42D" w14:textId="77777777" w:rsidR="00A55F37" w:rsidRDefault="00A55F37" w:rsidP="007A2B3F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4F0BA2C2" w14:textId="77777777" w:rsidR="005207B2" w:rsidRDefault="0091381F" w:rsidP="007A2B3F">
+  <w:p w14:paraId="111D9A88" w14:textId="68B01D9F" w:rsidR="00807D00" w:rsidRDefault="00C67721" w:rsidP="00BC5A88">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:spacing w:before="240"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:t>[Report name]</w:t>
+      <w:t>Innovative Courses</w:t>
     </w:r>
-  </w:p>
-[...4 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="004C0B25">
+      <w:t xml:space="preserve"> Course Application</w:t>
+    </w:r>
+    <w:r w:rsidR="001365C7">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="001365C7" w:rsidRPr="001365C7">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00764CB4">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="001365C7">
+      <w:t xml:space="preserve">Page </w:t>
+    </w:r>
+    <w:r w:rsidR="001365C7">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
-      <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
+    <w:r w:rsidR="001365C7">
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001365C7">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C257B3">
+    <w:r w:rsidR="001365C7">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="001365C7">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>February 6, 2025</w:t>
-[...1 lines deleted...]
-    <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="39B884D6" w14:textId="77777777" w:rsidR="0091381F" w:rsidRPr="0091381F" w:rsidRDefault="0091381F" w:rsidP="007A2B3F">
+  <w:p w14:paraId="37BE0649" w14:textId="1E8BBB8D" w:rsidR="0091381F" w:rsidRPr="00464347" w:rsidRDefault="00665AF5" w:rsidP="00464347">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">Page </w:t>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>2026-</w:t>
     </w:r>
-    <w:r>
-[...147 lines deleted...]
-      <w:t>6</w:t>
+    <w:r w:rsidR="006D2B60">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>2027</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75DBC932" w14:textId="77777777" w:rsidR="00677482" w:rsidRDefault="00677482" w:rsidP="007A2B3F">
+    <w:p w14:paraId="1A9D1E17" w14:textId="77777777" w:rsidR="00A55F37" w:rsidRDefault="00A55F37" w:rsidP="007A2B3F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FC38412" w14:textId="77777777" w:rsidR="00677482" w:rsidRDefault="00677482" w:rsidP="007A2B3F">
+    <w:p w14:paraId="205D6A43" w14:textId="77777777" w:rsidR="00A55F37" w:rsidRDefault="00A55F37" w:rsidP="007A2B3F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72718E5E" w14:textId="77777777" w:rsidR="005207B2" w:rsidRDefault="005207B2" w:rsidP="007A2B3F">
-[...4 lines deleted...]
-  <w:p w14:paraId="096FA47D" w14:textId="77777777" w:rsidR="003905BF" w:rsidRPr="0091381F" w:rsidRDefault="003905BF" w:rsidP="007A2B3F">
+  <w:p w14:paraId="627687E7" w14:textId="77777777" w:rsidR="003905BF" w:rsidRPr="00824790" w:rsidRDefault="003905BF" w:rsidP="00824790">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:1in;height:69pt" o:bullet="t">
+      <v:shape id="Picture 2045608745" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:1in;height:68.9pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04F904A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8088839A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="092E4B22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F641E56"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BBF579B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19C294A6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EAF1200"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9998EBD4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10676419"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAAA2A0C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6041,51 +5152,1887 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="107B0391"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E45E9B58"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14997385"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FDAE87BC"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17F553BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A350C196"/>
+    <w:lvl w:ilvl="0" w:tplc="807A3EC0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A777792"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3DEE350"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C5F0DDE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5DD055DC"/>
+    <w:lvl w:ilvl="0" w:tplc="B3CA024A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DD23D07"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9DB0E50C"/>
+    <w:lvl w:ilvl="0" w:tplc="933AC630">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F6C38DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2F8AC24"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B146701"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D3E8F5FC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C207300"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="11CAF2B8"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C980067"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="633ED3A0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CBA078D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E45E9B58"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FC375DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="62027D56"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C683503"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="690A15B2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F363ACE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E138A906"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42254126"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2F8AC24"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42E04250"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6146459A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="457C5E14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB5844B2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46E91A1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6144D064"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48CC6B4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D728DA0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6154,51 +7101,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AB95690"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E686996"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6294,51 +7241,229 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="544A663A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B778E498"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57495972"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB186E84"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F480DC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8B8BB94"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6380,51 +7505,891 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F866266"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="26B2C272"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="609D2C0E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7BBC77E0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63B26F1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A02E8EC4"/>
+    <w:lvl w:ilvl="0" w:tplc="807A3EC0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C4A1E3B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="62027D56"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CDA462A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4686FB2A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D342CDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6FE64658"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E160CB7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="66A2F1C2"/>
+    <w:lvl w:ilvl="0" w:tplc="683C3776">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E562611"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="391680AA"/>
+    <w:lvl w:ilvl="0" w:tplc="F9443EF2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="16F2A562">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1848" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3A204552">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2756" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C8F29D6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3664" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="608E955E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A802FDB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="30E09004">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6F56AE8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7296" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="310E4130">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8204" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79713EA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C469FB4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6493,51 +8458,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79A45B55"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4022B2DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AD05162"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF4825DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FE96D74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C22E61C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6607,466 +8798,1522 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1410421854">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="802188883">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="28342293">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1467233997">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="247544047">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1943295403">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="33624319">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1038166772">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="493767664">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="174729562">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1471442055">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2054228055">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1243947195">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="201095836">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1384907914">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="682047598">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1835679181">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2092965029">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1144661927">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="194657449">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="51268872">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1412120960">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1387684814">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="97333925">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="929967409">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1144464487">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="505098945">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="659817809">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1703434060">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="903106752">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="252057947">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1644774609">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1140071383">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1681469202">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="918297161">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="802188883">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="36" w16cid:durableId="1825967729">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="38823677">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="37" w16cid:durableId="38823677">
+    <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1283001118">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="38" w16cid:durableId="1283001118">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="575744920">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="39" w16cid:durableId="575744920">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="77292097">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="40" w16cid:durableId="77292097">
+    <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
+  <w:zoom w:percent="162"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00051425"/>
+    <w:rsidRoot w:val="005D6FE1"/>
+    <w:rsid w:val="0000051C"/>
+    <w:rsid w:val="00001296"/>
+    <w:rsid w:val="00002CE2"/>
+    <w:rsid w:val="0000373A"/>
+    <w:rsid w:val="00004C30"/>
+    <w:rsid w:val="000064FB"/>
+    <w:rsid w:val="000105CC"/>
     <w:rsid w:val="00010D88"/>
+    <w:rsid w:val="00010F6A"/>
+    <w:rsid w:val="000120A4"/>
+    <w:rsid w:val="00012447"/>
+    <w:rsid w:val="0001313C"/>
+    <w:rsid w:val="00013896"/>
     <w:rsid w:val="00013CF0"/>
     <w:rsid w:val="00013DDB"/>
+    <w:rsid w:val="0001481F"/>
     <w:rsid w:val="00014D63"/>
+    <w:rsid w:val="00021FFF"/>
     <w:rsid w:val="0002226B"/>
     <w:rsid w:val="000247C8"/>
+    <w:rsid w:val="00025CC8"/>
     <w:rsid w:val="0003171C"/>
-    <w:rsid w:val="00051425"/>
+    <w:rsid w:val="00032FF3"/>
+    <w:rsid w:val="000332DA"/>
+    <w:rsid w:val="00034239"/>
+    <w:rsid w:val="0003760D"/>
+    <w:rsid w:val="00037F49"/>
+    <w:rsid w:val="00040279"/>
+    <w:rsid w:val="00040ACC"/>
+    <w:rsid w:val="000512C6"/>
     <w:rsid w:val="00051548"/>
+    <w:rsid w:val="00052F71"/>
+    <w:rsid w:val="0005345F"/>
+    <w:rsid w:val="00054BA0"/>
     <w:rsid w:val="00054F71"/>
     <w:rsid w:val="000561B5"/>
+    <w:rsid w:val="000563B6"/>
+    <w:rsid w:val="00057E92"/>
+    <w:rsid w:val="00062C12"/>
     <w:rsid w:val="00064811"/>
-    <w:rsid w:val="00072432"/>
+    <w:rsid w:val="000665B2"/>
+    <w:rsid w:val="00067699"/>
     <w:rsid w:val="000742C3"/>
+    <w:rsid w:val="0007580A"/>
+    <w:rsid w:val="0007693B"/>
+    <w:rsid w:val="000800A4"/>
+    <w:rsid w:val="0008623F"/>
+    <w:rsid w:val="000864FE"/>
+    <w:rsid w:val="00087D60"/>
+    <w:rsid w:val="00093219"/>
+    <w:rsid w:val="000936EC"/>
+    <w:rsid w:val="0009492E"/>
+    <w:rsid w:val="000965C6"/>
     <w:rsid w:val="000969B4"/>
     <w:rsid w:val="000970CD"/>
+    <w:rsid w:val="00097A08"/>
+    <w:rsid w:val="000A0BBA"/>
     <w:rsid w:val="000A2906"/>
+    <w:rsid w:val="000A3FF6"/>
+    <w:rsid w:val="000A49F5"/>
+    <w:rsid w:val="000B06A9"/>
+    <w:rsid w:val="000B1F8E"/>
+    <w:rsid w:val="000B27DF"/>
+    <w:rsid w:val="000B62FC"/>
+    <w:rsid w:val="000C1BB5"/>
     <w:rsid w:val="000C46EA"/>
+    <w:rsid w:val="000C6D54"/>
+    <w:rsid w:val="000C74B6"/>
+    <w:rsid w:val="000D10B8"/>
+    <w:rsid w:val="000D457B"/>
+    <w:rsid w:val="000D4C96"/>
+    <w:rsid w:val="000D7F52"/>
     <w:rsid w:val="000E1143"/>
+    <w:rsid w:val="000E2F07"/>
+    <w:rsid w:val="000E54BC"/>
+    <w:rsid w:val="000E58C1"/>
+    <w:rsid w:val="000E6B56"/>
+    <w:rsid w:val="000E7E7A"/>
+    <w:rsid w:val="000F24BA"/>
+    <w:rsid w:val="000F2DD0"/>
+    <w:rsid w:val="000F3530"/>
+    <w:rsid w:val="000F53F8"/>
     <w:rsid w:val="000F6295"/>
+    <w:rsid w:val="000F69D4"/>
+    <w:rsid w:val="00100B5E"/>
+    <w:rsid w:val="00100BCB"/>
+    <w:rsid w:val="001012EC"/>
+    <w:rsid w:val="00104137"/>
     <w:rsid w:val="001062F8"/>
+    <w:rsid w:val="00111491"/>
+    <w:rsid w:val="0011165E"/>
+    <w:rsid w:val="00111B4B"/>
+    <w:rsid w:val="00112388"/>
+    <w:rsid w:val="00114316"/>
+    <w:rsid w:val="00117F1A"/>
+    <w:rsid w:val="00121BDB"/>
+    <w:rsid w:val="00121C71"/>
     <w:rsid w:val="00121F18"/>
-    <w:rsid w:val="001319FD"/>
+    <w:rsid w:val="00125827"/>
+    <w:rsid w:val="0012684A"/>
     <w:rsid w:val="00133B73"/>
+    <w:rsid w:val="001345AC"/>
+    <w:rsid w:val="001347A7"/>
+    <w:rsid w:val="001365C7"/>
+    <w:rsid w:val="00137DE2"/>
+    <w:rsid w:val="00141A5C"/>
     <w:rsid w:val="001434E3"/>
-    <w:rsid w:val="001712B2"/>
+    <w:rsid w:val="0014359A"/>
+    <w:rsid w:val="001464DF"/>
+    <w:rsid w:val="00147F48"/>
+    <w:rsid w:val="0015019A"/>
+    <w:rsid w:val="001516E6"/>
+    <w:rsid w:val="00151DE2"/>
+    <w:rsid w:val="00154B2A"/>
+    <w:rsid w:val="00160C6C"/>
+    <w:rsid w:val="00161156"/>
+    <w:rsid w:val="0016175E"/>
+    <w:rsid w:val="00161B0A"/>
+    <w:rsid w:val="00163A7B"/>
+    <w:rsid w:val="00163ABD"/>
+    <w:rsid w:val="00163D24"/>
+    <w:rsid w:val="001663F4"/>
+    <w:rsid w:val="00167984"/>
+    <w:rsid w:val="001702F0"/>
     <w:rsid w:val="001732FD"/>
+    <w:rsid w:val="00173C7B"/>
+    <w:rsid w:val="00180BBF"/>
+    <w:rsid w:val="00180F57"/>
+    <w:rsid w:val="001810AD"/>
+    <w:rsid w:val="00182458"/>
+    <w:rsid w:val="001829B0"/>
+    <w:rsid w:val="00182F47"/>
     <w:rsid w:val="00187AC8"/>
+    <w:rsid w:val="00187BC2"/>
+    <w:rsid w:val="0019305A"/>
+    <w:rsid w:val="00195DF6"/>
+    <w:rsid w:val="00196C6A"/>
+    <w:rsid w:val="001A064D"/>
+    <w:rsid w:val="001A11D3"/>
+    <w:rsid w:val="001A1F08"/>
+    <w:rsid w:val="001A576A"/>
+    <w:rsid w:val="001A5E81"/>
     <w:rsid w:val="001A791F"/>
+    <w:rsid w:val="001B0CEF"/>
+    <w:rsid w:val="001B3347"/>
     <w:rsid w:val="001B5426"/>
+    <w:rsid w:val="001B7F33"/>
+    <w:rsid w:val="001C15B6"/>
+    <w:rsid w:val="001C18D3"/>
     <w:rsid w:val="001D1D06"/>
+    <w:rsid w:val="001D301D"/>
+    <w:rsid w:val="001D3E2D"/>
     <w:rsid w:val="001D4F3E"/>
+    <w:rsid w:val="001D5F9A"/>
+    <w:rsid w:val="001D6F2C"/>
     <w:rsid w:val="001E0154"/>
+    <w:rsid w:val="001E087A"/>
+    <w:rsid w:val="001E1254"/>
+    <w:rsid w:val="001E39F3"/>
     <w:rsid w:val="001E41FB"/>
+    <w:rsid w:val="001E61EE"/>
+    <w:rsid w:val="001E6C83"/>
+    <w:rsid w:val="001E6DF4"/>
+    <w:rsid w:val="001F032B"/>
+    <w:rsid w:val="001F4B56"/>
     <w:rsid w:val="001F4FCD"/>
     <w:rsid w:val="001F5DF1"/>
+    <w:rsid w:val="001F7681"/>
+    <w:rsid w:val="002015C4"/>
+    <w:rsid w:val="00204628"/>
+    <w:rsid w:val="00205499"/>
+    <w:rsid w:val="00205812"/>
+    <w:rsid w:val="0020627E"/>
+    <w:rsid w:val="002065A8"/>
+    <w:rsid w:val="00210E5D"/>
+    <w:rsid w:val="00210E95"/>
+    <w:rsid w:val="00211475"/>
+    <w:rsid w:val="0021319B"/>
+    <w:rsid w:val="00214DD4"/>
+    <w:rsid w:val="002152D8"/>
+    <w:rsid w:val="00216DBE"/>
     <w:rsid w:val="002172CE"/>
+    <w:rsid w:val="00217629"/>
+    <w:rsid w:val="002215F6"/>
+    <w:rsid w:val="0022351F"/>
+    <w:rsid w:val="0022387A"/>
+    <w:rsid w:val="00224218"/>
+    <w:rsid w:val="00225373"/>
+    <w:rsid w:val="002254F2"/>
+    <w:rsid w:val="00226F26"/>
     <w:rsid w:val="00227B25"/>
+    <w:rsid w:val="002311F5"/>
+    <w:rsid w:val="00233E24"/>
+    <w:rsid w:val="0023508F"/>
+    <w:rsid w:val="00243DF8"/>
+    <w:rsid w:val="00250313"/>
+    <w:rsid w:val="00255123"/>
+    <w:rsid w:val="00263CDE"/>
+    <w:rsid w:val="00266A34"/>
+    <w:rsid w:val="002674C8"/>
+    <w:rsid w:val="0027044A"/>
     <w:rsid w:val="002712EE"/>
     <w:rsid w:val="00271E15"/>
+    <w:rsid w:val="002721E2"/>
+    <w:rsid w:val="00272838"/>
+    <w:rsid w:val="00272BEA"/>
+    <w:rsid w:val="00272D04"/>
+    <w:rsid w:val="00272D5C"/>
+    <w:rsid w:val="00273365"/>
     <w:rsid w:val="00275AAD"/>
     <w:rsid w:val="00276445"/>
     <w:rsid w:val="00280803"/>
+    <w:rsid w:val="00283C9D"/>
+    <w:rsid w:val="00290154"/>
+    <w:rsid w:val="00290286"/>
+    <w:rsid w:val="00291413"/>
+    <w:rsid w:val="00292270"/>
+    <w:rsid w:val="002928D3"/>
+    <w:rsid w:val="002A176E"/>
+    <w:rsid w:val="002A2EE6"/>
+    <w:rsid w:val="002A7166"/>
+    <w:rsid w:val="002B024D"/>
+    <w:rsid w:val="002B0EA6"/>
+    <w:rsid w:val="002B300C"/>
+    <w:rsid w:val="002B3F89"/>
+    <w:rsid w:val="002B3FBA"/>
+    <w:rsid w:val="002B5952"/>
+    <w:rsid w:val="002B6728"/>
+    <w:rsid w:val="002B7954"/>
+    <w:rsid w:val="002B7DBC"/>
+    <w:rsid w:val="002C0601"/>
     <w:rsid w:val="002C1224"/>
     <w:rsid w:val="002C1E6F"/>
+    <w:rsid w:val="002C617F"/>
+    <w:rsid w:val="002C743D"/>
+    <w:rsid w:val="002C7B29"/>
+    <w:rsid w:val="002D0A4F"/>
     <w:rsid w:val="002D127B"/>
+    <w:rsid w:val="002D2C34"/>
+    <w:rsid w:val="002D2DC4"/>
     <w:rsid w:val="002D3258"/>
     <w:rsid w:val="002D3D47"/>
+    <w:rsid w:val="002D477D"/>
+    <w:rsid w:val="002D5BBD"/>
+    <w:rsid w:val="002E5275"/>
+    <w:rsid w:val="002E545D"/>
+    <w:rsid w:val="002E7BBB"/>
+    <w:rsid w:val="002E7C12"/>
+    <w:rsid w:val="002F0729"/>
+    <w:rsid w:val="002F1291"/>
+    <w:rsid w:val="00300D13"/>
+    <w:rsid w:val="00302EB4"/>
+    <w:rsid w:val="00304695"/>
+    <w:rsid w:val="0030690F"/>
+    <w:rsid w:val="003101CE"/>
     <w:rsid w:val="003133E9"/>
+    <w:rsid w:val="003212DA"/>
+    <w:rsid w:val="003216DF"/>
+    <w:rsid w:val="0032183A"/>
+    <w:rsid w:val="00322693"/>
+    <w:rsid w:val="003245FA"/>
+    <w:rsid w:val="00324902"/>
+    <w:rsid w:val="00326AFE"/>
+    <w:rsid w:val="003272EA"/>
     <w:rsid w:val="00327F6A"/>
+    <w:rsid w:val="0033081A"/>
     <w:rsid w:val="00334C1A"/>
     <w:rsid w:val="00337429"/>
+    <w:rsid w:val="00340C9D"/>
+    <w:rsid w:val="00342D51"/>
+    <w:rsid w:val="0034353E"/>
+    <w:rsid w:val="00350825"/>
+    <w:rsid w:val="00360ED8"/>
+    <w:rsid w:val="00361F3B"/>
     <w:rsid w:val="00363DDD"/>
+    <w:rsid w:val="00364C34"/>
+    <w:rsid w:val="0036651D"/>
+    <w:rsid w:val="00367461"/>
+    <w:rsid w:val="0036793C"/>
+    <w:rsid w:val="00371FE1"/>
+    <w:rsid w:val="00373412"/>
+    <w:rsid w:val="00375063"/>
+    <w:rsid w:val="003770E1"/>
     <w:rsid w:val="00384530"/>
+    <w:rsid w:val="003846DE"/>
+    <w:rsid w:val="00385941"/>
+    <w:rsid w:val="00387E9F"/>
     <w:rsid w:val="003905BF"/>
+    <w:rsid w:val="003941E0"/>
+    <w:rsid w:val="00394A62"/>
     <w:rsid w:val="00396C95"/>
+    <w:rsid w:val="003A1223"/>
     <w:rsid w:val="003A449C"/>
+    <w:rsid w:val="003A4EDA"/>
+    <w:rsid w:val="003A5BEC"/>
+    <w:rsid w:val="003A6FE9"/>
+    <w:rsid w:val="003B04B4"/>
+    <w:rsid w:val="003B22DC"/>
+    <w:rsid w:val="003B276F"/>
+    <w:rsid w:val="003B3DE5"/>
+    <w:rsid w:val="003B70CE"/>
+    <w:rsid w:val="003C2089"/>
+    <w:rsid w:val="003C46FB"/>
+    <w:rsid w:val="003C7FA6"/>
+    <w:rsid w:val="003D2E33"/>
+    <w:rsid w:val="003D4FB6"/>
+    <w:rsid w:val="003D719D"/>
+    <w:rsid w:val="003D7FB3"/>
+    <w:rsid w:val="003E3617"/>
+    <w:rsid w:val="003E444F"/>
+    <w:rsid w:val="003F02FC"/>
+    <w:rsid w:val="003F2731"/>
+    <w:rsid w:val="003F340E"/>
+    <w:rsid w:val="003F3ED6"/>
+    <w:rsid w:val="003F53C2"/>
     <w:rsid w:val="003F575A"/>
     <w:rsid w:val="003F5BBD"/>
-    <w:rsid w:val="0040528C"/>
-    <w:rsid w:val="00412B8D"/>
+    <w:rsid w:val="003F733D"/>
+    <w:rsid w:val="00402975"/>
+    <w:rsid w:val="00404DE2"/>
+    <w:rsid w:val="00404F7C"/>
+    <w:rsid w:val="0041018C"/>
+    <w:rsid w:val="004104B3"/>
+    <w:rsid w:val="00411EA6"/>
     <w:rsid w:val="004146F3"/>
+    <w:rsid w:val="00414EAC"/>
+    <w:rsid w:val="0041505D"/>
+    <w:rsid w:val="00415585"/>
+    <w:rsid w:val="0041743D"/>
+    <w:rsid w:val="0041780F"/>
     <w:rsid w:val="00417B1D"/>
     <w:rsid w:val="00422963"/>
+    <w:rsid w:val="00423414"/>
+    <w:rsid w:val="00424E2B"/>
+    <w:rsid w:val="00426854"/>
+    <w:rsid w:val="0043064A"/>
+    <w:rsid w:val="0043414C"/>
+    <w:rsid w:val="00435C5E"/>
+    <w:rsid w:val="00441877"/>
+    <w:rsid w:val="00442BD3"/>
     <w:rsid w:val="00444E3A"/>
+    <w:rsid w:val="00450D48"/>
+    <w:rsid w:val="00451BDF"/>
+    <w:rsid w:val="004566A0"/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rsid w:val="0046320D"/>
+    <w:rsid w:val="0046395A"/>
+    <w:rsid w:val="00464347"/>
+    <w:rsid w:val="004644A6"/>
+    <w:rsid w:val="0046798D"/>
+    <w:rsid w:val="00470814"/>
+    <w:rsid w:val="00471617"/>
+    <w:rsid w:val="00471F72"/>
+    <w:rsid w:val="0047293A"/>
     <w:rsid w:val="0047469F"/>
+    <w:rsid w:val="00480BBF"/>
     <w:rsid w:val="00481EA2"/>
+    <w:rsid w:val="00485A8D"/>
+    <w:rsid w:val="00487C32"/>
     <w:rsid w:val="00490835"/>
+    <w:rsid w:val="00494EED"/>
+    <w:rsid w:val="004958BD"/>
     <w:rsid w:val="004977E9"/>
     <w:rsid w:val="004A0482"/>
+    <w:rsid w:val="004A1088"/>
+    <w:rsid w:val="004A1858"/>
+    <w:rsid w:val="004A2E10"/>
+    <w:rsid w:val="004A4CC1"/>
+    <w:rsid w:val="004A6371"/>
+    <w:rsid w:val="004B0B40"/>
+    <w:rsid w:val="004B1D18"/>
+    <w:rsid w:val="004B5459"/>
+    <w:rsid w:val="004B5550"/>
+    <w:rsid w:val="004C0B25"/>
+    <w:rsid w:val="004C1C3A"/>
+    <w:rsid w:val="004C5759"/>
+    <w:rsid w:val="004C62CE"/>
+    <w:rsid w:val="004D0050"/>
+    <w:rsid w:val="004D1929"/>
+    <w:rsid w:val="004D22C9"/>
     <w:rsid w:val="004D2D37"/>
+    <w:rsid w:val="004D31EE"/>
+    <w:rsid w:val="004D44BB"/>
     <w:rsid w:val="004D47E9"/>
+    <w:rsid w:val="004D48C3"/>
+    <w:rsid w:val="004D74F2"/>
+    <w:rsid w:val="004E2117"/>
+    <w:rsid w:val="004F2E09"/>
+    <w:rsid w:val="004F3A76"/>
+    <w:rsid w:val="004F3C82"/>
     <w:rsid w:val="004F51AA"/>
     <w:rsid w:val="004F5348"/>
+    <w:rsid w:val="004F6256"/>
     <w:rsid w:val="004F656A"/>
+    <w:rsid w:val="004F6ED4"/>
+    <w:rsid w:val="004F7CB5"/>
+    <w:rsid w:val="00500EEB"/>
+    <w:rsid w:val="005023B3"/>
+    <w:rsid w:val="00502BA2"/>
+    <w:rsid w:val="0050398D"/>
+    <w:rsid w:val="0050461C"/>
+    <w:rsid w:val="00505C4F"/>
     <w:rsid w:val="0050750C"/>
-    <w:rsid w:val="005207B2"/>
+    <w:rsid w:val="00507D49"/>
+    <w:rsid w:val="00512AAF"/>
+    <w:rsid w:val="00516A8F"/>
+    <w:rsid w:val="00520959"/>
     <w:rsid w:val="00520A66"/>
-    <w:rsid w:val="00525B3A"/>
+    <w:rsid w:val="00520B3D"/>
+    <w:rsid w:val="00523D37"/>
+    <w:rsid w:val="00525365"/>
+    <w:rsid w:val="005255BE"/>
     <w:rsid w:val="005262FD"/>
+    <w:rsid w:val="00527CE4"/>
     <w:rsid w:val="0053045C"/>
     <w:rsid w:val="00531654"/>
+    <w:rsid w:val="00531F76"/>
+    <w:rsid w:val="00533576"/>
+    <w:rsid w:val="005339C3"/>
     <w:rsid w:val="00533E88"/>
+    <w:rsid w:val="005344D9"/>
+    <w:rsid w:val="005348EC"/>
+    <w:rsid w:val="00537B49"/>
+    <w:rsid w:val="005439B6"/>
+    <w:rsid w:val="00543BB7"/>
+    <w:rsid w:val="00547548"/>
     <w:rsid w:val="0055102C"/>
+    <w:rsid w:val="0055125A"/>
+    <w:rsid w:val="005517F3"/>
     <w:rsid w:val="00552515"/>
-    <w:rsid w:val="00552A32"/>
+    <w:rsid w:val="00552E5B"/>
     <w:rsid w:val="0055427D"/>
+    <w:rsid w:val="005567DA"/>
+    <w:rsid w:val="005569C5"/>
+    <w:rsid w:val="00557597"/>
     <w:rsid w:val="00563700"/>
+    <w:rsid w:val="005711C0"/>
+    <w:rsid w:val="00572384"/>
+    <w:rsid w:val="00573B43"/>
     <w:rsid w:val="00576AFA"/>
+    <w:rsid w:val="0058074C"/>
+    <w:rsid w:val="00582F26"/>
     <w:rsid w:val="00582FF4"/>
-    <w:rsid w:val="00590C71"/>
+    <w:rsid w:val="00583280"/>
+    <w:rsid w:val="00585716"/>
+    <w:rsid w:val="00585F90"/>
+    <w:rsid w:val="005872E1"/>
+    <w:rsid w:val="005874C0"/>
+    <w:rsid w:val="00590CCD"/>
+    <w:rsid w:val="00593323"/>
+    <w:rsid w:val="0059360B"/>
+    <w:rsid w:val="00593C20"/>
+    <w:rsid w:val="005944D7"/>
+    <w:rsid w:val="0059467D"/>
+    <w:rsid w:val="00595DD1"/>
+    <w:rsid w:val="005A58A4"/>
     <w:rsid w:val="005A760F"/>
+    <w:rsid w:val="005A7A5D"/>
+    <w:rsid w:val="005B173B"/>
+    <w:rsid w:val="005B667C"/>
+    <w:rsid w:val="005B7BB8"/>
+    <w:rsid w:val="005C37E4"/>
+    <w:rsid w:val="005C5185"/>
+    <w:rsid w:val="005C62F1"/>
+    <w:rsid w:val="005D2077"/>
+    <w:rsid w:val="005D3727"/>
+    <w:rsid w:val="005D4597"/>
+    <w:rsid w:val="005D624F"/>
+    <w:rsid w:val="005D6FE1"/>
+    <w:rsid w:val="005E2D32"/>
+    <w:rsid w:val="005E4E7D"/>
+    <w:rsid w:val="005E54D7"/>
+    <w:rsid w:val="005E6D80"/>
+    <w:rsid w:val="005F32B7"/>
+    <w:rsid w:val="005F510B"/>
+    <w:rsid w:val="005F5E89"/>
+    <w:rsid w:val="005F7C6B"/>
+    <w:rsid w:val="00602837"/>
     <w:rsid w:val="00602B10"/>
+    <w:rsid w:val="0060496D"/>
+    <w:rsid w:val="006117DA"/>
+    <w:rsid w:val="006131CA"/>
     <w:rsid w:val="00614BC8"/>
     <w:rsid w:val="00622FDA"/>
+    <w:rsid w:val="006269E0"/>
     <w:rsid w:val="00626B95"/>
+    <w:rsid w:val="00626EAB"/>
+    <w:rsid w:val="00630D8C"/>
     <w:rsid w:val="00637CEF"/>
+    <w:rsid w:val="00643A39"/>
+    <w:rsid w:val="00646199"/>
+    <w:rsid w:val="006467A1"/>
+    <w:rsid w:val="00646E8A"/>
+    <w:rsid w:val="00646FE5"/>
+    <w:rsid w:val="0065365D"/>
+    <w:rsid w:val="00654C44"/>
+    <w:rsid w:val="00660453"/>
+    <w:rsid w:val="0066058F"/>
     <w:rsid w:val="00662036"/>
+    <w:rsid w:val="0066336D"/>
     <w:rsid w:val="00663609"/>
+    <w:rsid w:val="00664C2E"/>
     <w:rsid w:val="006650E8"/>
-    <w:rsid w:val="00677482"/>
+    <w:rsid w:val="00665AF5"/>
+    <w:rsid w:val="00666A47"/>
+    <w:rsid w:val="00670758"/>
+    <w:rsid w:val="00674224"/>
+    <w:rsid w:val="00676E72"/>
+    <w:rsid w:val="00677A6E"/>
+    <w:rsid w:val="00677E21"/>
+    <w:rsid w:val="0068194F"/>
+    <w:rsid w:val="00682291"/>
+    <w:rsid w:val="0069150D"/>
+    <w:rsid w:val="00692AE2"/>
     <w:rsid w:val="00693216"/>
+    <w:rsid w:val="00693416"/>
+    <w:rsid w:val="00693F70"/>
+    <w:rsid w:val="006946C4"/>
+    <w:rsid w:val="006961BC"/>
+    <w:rsid w:val="0069627D"/>
+    <w:rsid w:val="006A1AA8"/>
+    <w:rsid w:val="006A7A48"/>
+    <w:rsid w:val="006B0178"/>
+    <w:rsid w:val="006B0FA2"/>
+    <w:rsid w:val="006B1CEF"/>
+    <w:rsid w:val="006B294E"/>
+    <w:rsid w:val="006B2EAE"/>
+    <w:rsid w:val="006B7B9E"/>
+    <w:rsid w:val="006C1E74"/>
+    <w:rsid w:val="006C464F"/>
+    <w:rsid w:val="006C57B0"/>
+    <w:rsid w:val="006D09D5"/>
+    <w:rsid w:val="006D120F"/>
+    <w:rsid w:val="006D271E"/>
+    <w:rsid w:val="006D2B60"/>
+    <w:rsid w:val="006D5930"/>
+    <w:rsid w:val="006D5BFD"/>
+    <w:rsid w:val="006D5EFF"/>
     <w:rsid w:val="006E22CD"/>
+    <w:rsid w:val="006E4ECC"/>
     <w:rsid w:val="006E5287"/>
+    <w:rsid w:val="006E5F62"/>
+    <w:rsid w:val="006F0836"/>
+    <w:rsid w:val="006F0886"/>
+    <w:rsid w:val="006F1FA0"/>
+    <w:rsid w:val="006F24A0"/>
+    <w:rsid w:val="006F3378"/>
+    <w:rsid w:val="006F353F"/>
+    <w:rsid w:val="00701FFF"/>
+    <w:rsid w:val="0070519F"/>
+    <w:rsid w:val="00714423"/>
     <w:rsid w:val="00714804"/>
+    <w:rsid w:val="00715715"/>
+    <w:rsid w:val="00715F72"/>
+    <w:rsid w:val="00716496"/>
     <w:rsid w:val="007167C8"/>
+    <w:rsid w:val="00716887"/>
+    <w:rsid w:val="00723043"/>
+    <w:rsid w:val="00723976"/>
+    <w:rsid w:val="00723F47"/>
+    <w:rsid w:val="00724019"/>
     <w:rsid w:val="007258E1"/>
+    <w:rsid w:val="00726972"/>
     <w:rsid w:val="007320E3"/>
+    <w:rsid w:val="0073518A"/>
+    <w:rsid w:val="00736F9D"/>
+    <w:rsid w:val="00737989"/>
+    <w:rsid w:val="0074092F"/>
     <w:rsid w:val="00741814"/>
+    <w:rsid w:val="007418FC"/>
+    <w:rsid w:val="00750477"/>
+    <w:rsid w:val="00752172"/>
     <w:rsid w:val="0075372E"/>
+    <w:rsid w:val="00755405"/>
+    <w:rsid w:val="00756053"/>
+    <w:rsid w:val="00761407"/>
+    <w:rsid w:val="00761ACC"/>
+    <w:rsid w:val="00761BFE"/>
+    <w:rsid w:val="007623E7"/>
     <w:rsid w:val="00763186"/>
+    <w:rsid w:val="00763774"/>
+    <w:rsid w:val="00764B0A"/>
+    <w:rsid w:val="00764CB4"/>
     <w:rsid w:val="00770A1E"/>
+    <w:rsid w:val="007710D5"/>
     <w:rsid w:val="00772A57"/>
     <w:rsid w:val="007753E6"/>
+    <w:rsid w:val="00780BEC"/>
+    <w:rsid w:val="00783033"/>
     <w:rsid w:val="00785000"/>
+    <w:rsid w:val="007872EA"/>
+    <w:rsid w:val="00787558"/>
+    <w:rsid w:val="00790AEB"/>
+    <w:rsid w:val="00791985"/>
     <w:rsid w:val="00794A86"/>
     <w:rsid w:val="00796C00"/>
     <w:rsid w:val="007A2B3F"/>
+    <w:rsid w:val="007A3F19"/>
+    <w:rsid w:val="007A7259"/>
+    <w:rsid w:val="007B0874"/>
+    <w:rsid w:val="007B3BED"/>
+    <w:rsid w:val="007B51C2"/>
     <w:rsid w:val="007B6757"/>
+    <w:rsid w:val="007B6B2E"/>
     <w:rsid w:val="007B7DCB"/>
+    <w:rsid w:val="007C018A"/>
+    <w:rsid w:val="007C1FDA"/>
+    <w:rsid w:val="007C26CE"/>
+    <w:rsid w:val="007C394C"/>
+    <w:rsid w:val="007C468D"/>
+    <w:rsid w:val="007C4772"/>
+    <w:rsid w:val="007C5FFC"/>
+    <w:rsid w:val="007C6408"/>
+    <w:rsid w:val="007D4B28"/>
+    <w:rsid w:val="007E1253"/>
     <w:rsid w:val="007E1737"/>
     <w:rsid w:val="007E33E8"/>
+    <w:rsid w:val="007F12EB"/>
     <w:rsid w:val="007F2100"/>
+    <w:rsid w:val="007F2271"/>
+    <w:rsid w:val="007F272F"/>
+    <w:rsid w:val="007F571E"/>
     <w:rsid w:val="007F74F0"/>
+    <w:rsid w:val="007F7B9A"/>
+    <w:rsid w:val="008012DE"/>
+    <w:rsid w:val="008023B5"/>
+    <w:rsid w:val="00803E9D"/>
+    <w:rsid w:val="00805511"/>
+    <w:rsid w:val="0080605A"/>
+    <w:rsid w:val="00807D00"/>
+    <w:rsid w:val="00810DE5"/>
     <w:rsid w:val="00811663"/>
     <w:rsid w:val="00814E9A"/>
+    <w:rsid w:val="0081723E"/>
+    <w:rsid w:val="00820325"/>
+    <w:rsid w:val="00824790"/>
     <w:rsid w:val="008255BE"/>
+    <w:rsid w:val="008353D5"/>
+    <w:rsid w:val="00841B48"/>
+    <w:rsid w:val="00842726"/>
+    <w:rsid w:val="008438BC"/>
+    <w:rsid w:val="00843DE6"/>
+    <w:rsid w:val="00844449"/>
+    <w:rsid w:val="0084759F"/>
+    <w:rsid w:val="00850D8E"/>
+    <w:rsid w:val="0085189B"/>
+    <w:rsid w:val="00855E97"/>
+    <w:rsid w:val="00857FBD"/>
+    <w:rsid w:val="00861178"/>
+    <w:rsid w:val="008611D9"/>
+    <w:rsid w:val="008619D7"/>
     <w:rsid w:val="008658F6"/>
+    <w:rsid w:val="00865D8C"/>
+    <w:rsid w:val="0086643A"/>
+    <w:rsid w:val="0086744F"/>
     <w:rsid w:val="008705AC"/>
+    <w:rsid w:val="00870B5D"/>
+    <w:rsid w:val="00873AE4"/>
+    <w:rsid w:val="00881E06"/>
+    <w:rsid w:val="00883449"/>
+    <w:rsid w:val="00884A39"/>
+    <w:rsid w:val="00884D2A"/>
     <w:rsid w:val="00890306"/>
     <w:rsid w:val="008908D3"/>
     <w:rsid w:val="008917A4"/>
+    <w:rsid w:val="00891AD3"/>
+    <w:rsid w:val="00893E0F"/>
+    <w:rsid w:val="008948B1"/>
+    <w:rsid w:val="00896D38"/>
+    <w:rsid w:val="008A06C3"/>
+    <w:rsid w:val="008A4034"/>
+    <w:rsid w:val="008A6B97"/>
     <w:rsid w:val="008A6BF6"/>
+    <w:rsid w:val="008B03BA"/>
+    <w:rsid w:val="008B12C6"/>
+    <w:rsid w:val="008B7253"/>
+    <w:rsid w:val="008B7E99"/>
     <w:rsid w:val="008C0820"/>
+    <w:rsid w:val="008C09E1"/>
+    <w:rsid w:val="008C27BB"/>
+    <w:rsid w:val="008C2ECC"/>
     <w:rsid w:val="008C3974"/>
+    <w:rsid w:val="008C55D2"/>
     <w:rsid w:val="008D1B61"/>
+    <w:rsid w:val="008D32BF"/>
+    <w:rsid w:val="008D3678"/>
     <w:rsid w:val="008D3E3E"/>
+    <w:rsid w:val="008D4EAA"/>
+    <w:rsid w:val="008D64B7"/>
     <w:rsid w:val="008D75BD"/>
+    <w:rsid w:val="008D7769"/>
+    <w:rsid w:val="008E3FBE"/>
+    <w:rsid w:val="008E528F"/>
+    <w:rsid w:val="008E7525"/>
+    <w:rsid w:val="008E7E35"/>
+    <w:rsid w:val="008F0276"/>
+    <w:rsid w:val="008F0E37"/>
+    <w:rsid w:val="008F355A"/>
+    <w:rsid w:val="008F4EF6"/>
     <w:rsid w:val="008F6518"/>
+    <w:rsid w:val="008F67CC"/>
+    <w:rsid w:val="00901A97"/>
+    <w:rsid w:val="009032A6"/>
+    <w:rsid w:val="00906DBC"/>
+    <w:rsid w:val="00911B47"/>
+    <w:rsid w:val="00913467"/>
     <w:rsid w:val="0091381F"/>
     <w:rsid w:val="0091726B"/>
+    <w:rsid w:val="0091781E"/>
     <w:rsid w:val="00917F3B"/>
+    <w:rsid w:val="00920F0E"/>
+    <w:rsid w:val="00923B02"/>
+    <w:rsid w:val="00924780"/>
+    <w:rsid w:val="00924E0D"/>
     <w:rsid w:val="00924E3A"/>
+    <w:rsid w:val="00926BA7"/>
+    <w:rsid w:val="0093028E"/>
+    <w:rsid w:val="00931647"/>
+    <w:rsid w:val="00931C82"/>
     <w:rsid w:val="00932C4C"/>
     <w:rsid w:val="00933DD8"/>
+    <w:rsid w:val="00934577"/>
     <w:rsid w:val="00934A1B"/>
-    <w:rsid w:val="009353F3"/>
+    <w:rsid w:val="009352B2"/>
     <w:rsid w:val="00945A41"/>
+    <w:rsid w:val="00945FB6"/>
+    <w:rsid w:val="009505BC"/>
+    <w:rsid w:val="0095141B"/>
+    <w:rsid w:val="00951946"/>
     <w:rsid w:val="00952A78"/>
+    <w:rsid w:val="00961F7B"/>
+    <w:rsid w:val="00962378"/>
     <w:rsid w:val="009700B7"/>
+    <w:rsid w:val="00970175"/>
+    <w:rsid w:val="00970181"/>
     <w:rsid w:val="00971A58"/>
-    <w:rsid w:val="00981B69"/>
+    <w:rsid w:val="009732F2"/>
+    <w:rsid w:val="00973441"/>
+    <w:rsid w:val="00977428"/>
+    <w:rsid w:val="00977BDF"/>
+    <w:rsid w:val="00982AC3"/>
+    <w:rsid w:val="00984C64"/>
+    <w:rsid w:val="00992199"/>
+    <w:rsid w:val="009A5AC0"/>
+    <w:rsid w:val="009A68B5"/>
     <w:rsid w:val="009B3E6F"/>
     <w:rsid w:val="009B7E5F"/>
+    <w:rsid w:val="009C2D1B"/>
     <w:rsid w:val="009C4244"/>
+    <w:rsid w:val="009C46AC"/>
+    <w:rsid w:val="009C474A"/>
+    <w:rsid w:val="009D0EA6"/>
+    <w:rsid w:val="009D2AE5"/>
+    <w:rsid w:val="009D3D1D"/>
+    <w:rsid w:val="009D6305"/>
+    <w:rsid w:val="009D6649"/>
+    <w:rsid w:val="009E5006"/>
     <w:rsid w:val="009E59E4"/>
+    <w:rsid w:val="009E601C"/>
+    <w:rsid w:val="009E7866"/>
     <w:rsid w:val="009E7C03"/>
+    <w:rsid w:val="009F1302"/>
+    <w:rsid w:val="009F4DF4"/>
+    <w:rsid w:val="009F772C"/>
+    <w:rsid w:val="009F7ADE"/>
+    <w:rsid w:val="00A04DB1"/>
+    <w:rsid w:val="00A1051C"/>
+    <w:rsid w:val="00A11C61"/>
+    <w:rsid w:val="00A14ED9"/>
+    <w:rsid w:val="00A15C7C"/>
+    <w:rsid w:val="00A22BEA"/>
+    <w:rsid w:val="00A22C14"/>
+    <w:rsid w:val="00A24CDF"/>
+    <w:rsid w:val="00A30AE2"/>
+    <w:rsid w:val="00A32B3F"/>
+    <w:rsid w:val="00A3322A"/>
     <w:rsid w:val="00A3392D"/>
+    <w:rsid w:val="00A33EA9"/>
+    <w:rsid w:val="00A35ADB"/>
+    <w:rsid w:val="00A4249D"/>
+    <w:rsid w:val="00A42794"/>
+    <w:rsid w:val="00A441B7"/>
+    <w:rsid w:val="00A45AEC"/>
     <w:rsid w:val="00A46CB2"/>
+    <w:rsid w:val="00A544AA"/>
+    <w:rsid w:val="00A54654"/>
     <w:rsid w:val="00A54D25"/>
+    <w:rsid w:val="00A55445"/>
+    <w:rsid w:val="00A55F37"/>
+    <w:rsid w:val="00A56D88"/>
+    <w:rsid w:val="00A6076D"/>
+    <w:rsid w:val="00A63670"/>
+    <w:rsid w:val="00A648D9"/>
+    <w:rsid w:val="00A66014"/>
+    <w:rsid w:val="00A67890"/>
+    <w:rsid w:val="00A701F0"/>
+    <w:rsid w:val="00A70462"/>
     <w:rsid w:val="00A70A24"/>
-    <w:rsid w:val="00A80DC8"/>
+    <w:rsid w:val="00A75ABE"/>
+    <w:rsid w:val="00A76507"/>
+    <w:rsid w:val="00A86F1F"/>
+    <w:rsid w:val="00A86FF2"/>
     <w:rsid w:val="00A874B4"/>
+    <w:rsid w:val="00A90F58"/>
     <w:rsid w:val="00A922D6"/>
-    <w:rsid w:val="00AD284D"/>
+    <w:rsid w:val="00A950FE"/>
+    <w:rsid w:val="00AA4D68"/>
+    <w:rsid w:val="00AB06D7"/>
+    <w:rsid w:val="00AB2DB3"/>
+    <w:rsid w:val="00AB4932"/>
+    <w:rsid w:val="00AB4E22"/>
+    <w:rsid w:val="00AB75FA"/>
+    <w:rsid w:val="00AC44E5"/>
+    <w:rsid w:val="00AC5FC4"/>
+    <w:rsid w:val="00AD004E"/>
+    <w:rsid w:val="00AD1CC4"/>
+    <w:rsid w:val="00AE59B6"/>
     <w:rsid w:val="00AE7516"/>
+    <w:rsid w:val="00AF0B08"/>
+    <w:rsid w:val="00AF0E35"/>
+    <w:rsid w:val="00AF11D7"/>
+    <w:rsid w:val="00AF3FA2"/>
+    <w:rsid w:val="00AF4673"/>
+    <w:rsid w:val="00AF5687"/>
+    <w:rsid w:val="00B0177A"/>
+    <w:rsid w:val="00B04323"/>
+    <w:rsid w:val="00B04D86"/>
+    <w:rsid w:val="00B072AB"/>
+    <w:rsid w:val="00B07DE7"/>
     <w:rsid w:val="00B10B17"/>
+    <w:rsid w:val="00B1229C"/>
+    <w:rsid w:val="00B174EA"/>
     <w:rsid w:val="00B17822"/>
+    <w:rsid w:val="00B206E8"/>
+    <w:rsid w:val="00B213C9"/>
     <w:rsid w:val="00B23A3E"/>
+    <w:rsid w:val="00B23EE6"/>
+    <w:rsid w:val="00B24C06"/>
+    <w:rsid w:val="00B2573C"/>
+    <w:rsid w:val="00B2601D"/>
+    <w:rsid w:val="00B317FC"/>
+    <w:rsid w:val="00B3197D"/>
     <w:rsid w:val="00B36930"/>
+    <w:rsid w:val="00B376AD"/>
+    <w:rsid w:val="00B3796B"/>
+    <w:rsid w:val="00B40EEC"/>
+    <w:rsid w:val="00B4191D"/>
+    <w:rsid w:val="00B42FFA"/>
+    <w:rsid w:val="00B439A9"/>
+    <w:rsid w:val="00B4439D"/>
+    <w:rsid w:val="00B45473"/>
+    <w:rsid w:val="00B568FA"/>
+    <w:rsid w:val="00B57590"/>
     <w:rsid w:val="00B64D29"/>
+    <w:rsid w:val="00B67E14"/>
+    <w:rsid w:val="00B7169E"/>
+    <w:rsid w:val="00B7183B"/>
+    <w:rsid w:val="00B71E5D"/>
+    <w:rsid w:val="00B751CD"/>
+    <w:rsid w:val="00B75D37"/>
+    <w:rsid w:val="00B774D7"/>
+    <w:rsid w:val="00B832A3"/>
+    <w:rsid w:val="00B86E58"/>
     <w:rsid w:val="00B86E6F"/>
-    <w:rsid w:val="00B8742C"/>
+    <w:rsid w:val="00B87316"/>
     <w:rsid w:val="00B91B8E"/>
+    <w:rsid w:val="00B91FEA"/>
+    <w:rsid w:val="00B92C1D"/>
+    <w:rsid w:val="00B92E6B"/>
+    <w:rsid w:val="00B935CF"/>
+    <w:rsid w:val="00B94AEF"/>
     <w:rsid w:val="00B9500C"/>
+    <w:rsid w:val="00B953AD"/>
+    <w:rsid w:val="00BA04FB"/>
+    <w:rsid w:val="00BA2F9F"/>
+    <w:rsid w:val="00BB1EA3"/>
+    <w:rsid w:val="00BB37AB"/>
     <w:rsid w:val="00BB64F5"/>
+    <w:rsid w:val="00BB6817"/>
+    <w:rsid w:val="00BC0CB1"/>
+    <w:rsid w:val="00BC286C"/>
+    <w:rsid w:val="00BC29F1"/>
+    <w:rsid w:val="00BC3027"/>
+    <w:rsid w:val="00BC35D1"/>
+    <w:rsid w:val="00BC437F"/>
+    <w:rsid w:val="00BC4A2A"/>
     <w:rsid w:val="00BC5573"/>
+    <w:rsid w:val="00BC5A88"/>
+    <w:rsid w:val="00BC640B"/>
+    <w:rsid w:val="00BC661C"/>
+    <w:rsid w:val="00BC72B0"/>
+    <w:rsid w:val="00BD4C02"/>
+    <w:rsid w:val="00BD5A4C"/>
+    <w:rsid w:val="00BE0581"/>
+    <w:rsid w:val="00BE1F3D"/>
+    <w:rsid w:val="00BE6B73"/>
+    <w:rsid w:val="00BE7971"/>
+    <w:rsid w:val="00BF09DD"/>
+    <w:rsid w:val="00BF3D47"/>
+    <w:rsid w:val="00BF562E"/>
+    <w:rsid w:val="00BF7456"/>
+    <w:rsid w:val="00C02623"/>
+    <w:rsid w:val="00C02ED3"/>
+    <w:rsid w:val="00C137F3"/>
     <w:rsid w:val="00C14C9D"/>
-    <w:rsid w:val="00C257B3"/>
+    <w:rsid w:val="00C217BF"/>
+    <w:rsid w:val="00C2727B"/>
+    <w:rsid w:val="00C30DF1"/>
+    <w:rsid w:val="00C319BE"/>
+    <w:rsid w:val="00C3459B"/>
+    <w:rsid w:val="00C36B72"/>
+    <w:rsid w:val="00C373CA"/>
+    <w:rsid w:val="00C417CB"/>
+    <w:rsid w:val="00C423CD"/>
+    <w:rsid w:val="00C468C8"/>
+    <w:rsid w:val="00C50326"/>
+    <w:rsid w:val="00C52756"/>
+    <w:rsid w:val="00C52FB9"/>
     <w:rsid w:val="00C53873"/>
-    <w:rsid w:val="00C72541"/>
+    <w:rsid w:val="00C53A71"/>
+    <w:rsid w:val="00C54010"/>
+    <w:rsid w:val="00C54FAB"/>
+    <w:rsid w:val="00C57156"/>
+    <w:rsid w:val="00C61597"/>
+    <w:rsid w:val="00C64AFD"/>
+    <w:rsid w:val="00C65840"/>
+    <w:rsid w:val="00C67721"/>
+    <w:rsid w:val="00C7018B"/>
+    <w:rsid w:val="00C736CA"/>
+    <w:rsid w:val="00C81374"/>
     <w:rsid w:val="00C81F1F"/>
+    <w:rsid w:val="00C823CC"/>
+    <w:rsid w:val="00C84B14"/>
+    <w:rsid w:val="00C8507B"/>
+    <w:rsid w:val="00C85F0C"/>
     <w:rsid w:val="00C86432"/>
+    <w:rsid w:val="00C90283"/>
+    <w:rsid w:val="00C93E22"/>
+    <w:rsid w:val="00C940CE"/>
+    <w:rsid w:val="00C94196"/>
+    <w:rsid w:val="00C9537A"/>
+    <w:rsid w:val="00C9748F"/>
+    <w:rsid w:val="00C97D79"/>
+    <w:rsid w:val="00CA055B"/>
+    <w:rsid w:val="00CA07D6"/>
+    <w:rsid w:val="00CB13CD"/>
     <w:rsid w:val="00CB2B24"/>
-    <w:rsid w:val="00CC6EBD"/>
+    <w:rsid w:val="00CB424E"/>
+    <w:rsid w:val="00CB569A"/>
+    <w:rsid w:val="00CB68DB"/>
+    <w:rsid w:val="00CB6AD5"/>
+    <w:rsid w:val="00CB74BE"/>
+    <w:rsid w:val="00CC1068"/>
+    <w:rsid w:val="00CC11D8"/>
+    <w:rsid w:val="00CC1220"/>
+    <w:rsid w:val="00CC53EC"/>
+    <w:rsid w:val="00CC6985"/>
     <w:rsid w:val="00CC7855"/>
+    <w:rsid w:val="00CD1618"/>
+    <w:rsid w:val="00CD2715"/>
+    <w:rsid w:val="00CD4083"/>
     <w:rsid w:val="00CD4925"/>
+    <w:rsid w:val="00CD4EF6"/>
     <w:rsid w:val="00CE0988"/>
+    <w:rsid w:val="00CE1635"/>
     <w:rsid w:val="00CE1D92"/>
     <w:rsid w:val="00CE2F20"/>
+    <w:rsid w:val="00CE30AC"/>
+    <w:rsid w:val="00CE7B39"/>
+    <w:rsid w:val="00CF02B3"/>
+    <w:rsid w:val="00CF242D"/>
+    <w:rsid w:val="00CF2B3D"/>
+    <w:rsid w:val="00CF2FE0"/>
+    <w:rsid w:val="00CF6157"/>
+    <w:rsid w:val="00D014A1"/>
+    <w:rsid w:val="00D02838"/>
     <w:rsid w:val="00D121A0"/>
+    <w:rsid w:val="00D12C62"/>
+    <w:rsid w:val="00D163B2"/>
+    <w:rsid w:val="00D2011B"/>
     <w:rsid w:val="00D2403F"/>
+    <w:rsid w:val="00D256B4"/>
     <w:rsid w:val="00D30C14"/>
     <w:rsid w:val="00D317C6"/>
+    <w:rsid w:val="00D32C0A"/>
+    <w:rsid w:val="00D3342B"/>
+    <w:rsid w:val="00D35209"/>
+    <w:rsid w:val="00D36B71"/>
+    <w:rsid w:val="00D37351"/>
+    <w:rsid w:val="00D4047B"/>
+    <w:rsid w:val="00D40961"/>
     <w:rsid w:val="00D40DC8"/>
+    <w:rsid w:val="00D42D74"/>
+    <w:rsid w:val="00D43772"/>
+    <w:rsid w:val="00D454A5"/>
+    <w:rsid w:val="00D4586B"/>
+    <w:rsid w:val="00D45C34"/>
+    <w:rsid w:val="00D469AD"/>
+    <w:rsid w:val="00D47BA7"/>
+    <w:rsid w:val="00D50943"/>
+    <w:rsid w:val="00D54DCE"/>
+    <w:rsid w:val="00D571E8"/>
     <w:rsid w:val="00D6132F"/>
+    <w:rsid w:val="00D62309"/>
+    <w:rsid w:val="00D644DB"/>
+    <w:rsid w:val="00D700FB"/>
+    <w:rsid w:val="00D73D80"/>
+    <w:rsid w:val="00D742AD"/>
+    <w:rsid w:val="00D749B5"/>
+    <w:rsid w:val="00D74ADF"/>
+    <w:rsid w:val="00D74C61"/>
     <w:rsid w:val="00D77C20"/>
+    <w:rsid w:val="00D826C4"/>
+    <w:rsid w:val="00D82AB9"/>
     <w:rsid w:val="00D86DF2"/>
+    <w:rsid w:val="00D90A27"/>
+    <w:rsid w:val="00D92A98"/>
+    <w:rsid w:val="00D92E82"/>
+    <w:rsid w:val="00D9402F"/>
+    <w:rsid w:val="00D94FBC"/>
+    <w:rsid w:val="00D97680"/>
+    <w:rsid w:val="00DA6888"/>
+    <w:rsid w:val="00DB0A7F"/>
+    <w:rsid w:val="00DB0AF3"/>
+    <w:rsid w:val="00DB125A"/>
+    <w:rsid w:val="00DB1743"/>
     <w:rsid w:val="00DB4DE6"/>
+    <w:rsid w:val="00DC3A3A"/>
+    <w:rsid w:val="00DC51A1"/>
+    <w:rsid w:val="00DC527E"/>
+    <w:rsid w:val="00DC60BA"/>
+    <w:rsid w:val="00DD04A8"/>
+    <w:rsid w:val="00DD0C5B"/>
+    <w:rsid w:val="00DD0DA6"/>
+    <w:rsid w:val="00DD759A"/>
+    <w:rsid w:val="00DD7FA6"/>
+    <w:rsid w:val="00DE0409"/>
+    <w:rsid w:val="00DE4543"/>
+    <w:rsid w:val="00DE6C88"/>
+    <w:rsid w:val="00DF1EE8"/>
+    <w:rsid w:val="00DF218B"/>
+    <w:rsid w:val="00DF3C2A"/>
+    <w:rsid w:val="00DF421F"/>
+    <w:rsid w:val="00DF566A"/>
+    <w:rsid w:val="00E005E6"/>
+    <w:rsid w:val="00E04262"/>
+    <w:rsid w:val="00E0429A"/>
+    <w:rsid w:val="00E046F2"/>
     <w:rsid w:val="00E06C01"/>
     <w:rsid w:val="00E12C91"/>
-    <w:rsid w:val="00E20494"/>
+    <w:rsid w:val="00E13261"/>
     <w:rsid w:val="00E24253"/>
-    <w:rsid w:val="00E320FD"/>
+    <w:rsid w:val="00E26E5A"/>
+    <w:rsid w:val="00E32C58"/>
     <w:rsid w:val="00E33409"/>
+    <w:rsid w:val="00E34592"/>
+    <w:rsid w:val="00E34A12"/>
+    <w:rsid w:val="00E35385"/>
     <w:rsid w:val="00E3588D"/>
+    <w:rsid w:val="00E37F8F"/>
+    <w:rsid w:val="00E42E24"/>
+    <w:rsid w:val="00E46551"/>
+    <w:rsid w:val="00E47A3E"/>
+    <w:rsid w:val="00E5069A"/>
+    <w:rsid w:val="00E50E13"/>
+    <w:rsid w:val="00E5292C"/>
+    <w:rsid w:val="00E537C6"/>
     <w:rsid w:val="00E56D60"/>
     <w:rsid w:val="00E604F4"/>
-    <w:rsid w:val="00E8482E"/>
+    <w:rsid w:val="00E66489"/>
+    <w:rsid w:val="00E6716E"/>
+    <w:rsid w:val="00E67F4C"/>
+    <w:rsid w:val="00E70FB2"/>
+    <w:rsid w:val="00E7239B"/>
+    <w:rsid w:val="00E80C71"/>
+    <w:rsid w:val="00E864B7"/>
+    <w:rsid w:val="00E8716A"/>
     <w:rsid w:val="00E91F4A"/>
+    <w:rsid w:val="00E94F5F"/>
+    <w:rsid w:val="00E95842"/>
+    <w:rsid w:val="00E96180"/>
+    <w:rsid w:val="00E9723C"/>
+    <w:rsid w:val="00E9762B"/>
+    <w:rsid w:val="00EA0AE1"/>
+    <w:rsid w:val="00EA1954"/>
+    <w:rsid w:val="00EA2B05"/>
+    <w:rsid w:val="00EA4B3F"/>
+    <w:rsid w:val="00EA50E0"/>
+    <w:rsid w:val="00EA5D76"/>
+    <w:rsid w:val="00EA5FC9"/>
+    <w:rsid w:val="00EA76C2"/>
+    <w:rsid w:val="00EC19B8"/>
+    <w:rsid w:val="00EC5885"/>
+    <w:rsid w:val="00ED029F"/>
+    <w:rsid w:val="00ED10BB"/>
     <w:rsid w:val="00ED26BD"/>
+    <w:rsid w:val="00ED35CD"/>
+    <w:rsid w:val="00ED4491"/>
+    <w:rsid w:val="00ED586B"/>
     <w:rsid w:val="00ED6A78"/>
+    <w:rsid w:val="00EE03A1"/>
+    <w:rsid w:val="00EE2C46"/>
+    <w:rsid w:val="00EE2F49"/>
+    <w:rsid w:val="00EE3B00"/>
+    <w:rsid w:val="00EE4694"/>
+    <w:rsid w:val="00EE551C"/>
+    <w:rsid w:val="00EE56C5"/>
+    <w:rsid w:val="00EE6AFB"/>
+    <w:rsid w:val="00EE7B12"/>
+    <w:rsid w:val="00EF25C1"/>
+    <w:rsid w:val="00EF5094"/>
+    <w:rsid w:val="00EF6E63"/>
+    <w:rsid w:val="00EF7C3A"/>
+    <w:rsid w:val="00F0063F"/>
+    <w:rsid w:val="00F00789"/>
+    <w:rsid w:val="00F01E15"/>
+    <w:rsid w:val="00F02D48"/>
+    <w:rsid w:val="00F04B5E"/>
+    <w:rsid w:val="00F13986"/>
+    <w:rsid w:val="00F140B4"/>
+    <w:rsid w:val="00F15B3F"/>
+    <w:rsid w:val="00F207F5"/>
+    <w:rsid w:val="00F21F6E"/>
     <w:rsid w:val="00F22693"/>
     <w:rsid w:val="00F22A68"/>
+    <w:rsid w:val="00F27E18"/>
     <w:rsid w:val="00F3035F"/>
     <w:rsid w:val="00F31AF0"/>
+    <w:rsid w:val="00F34367"/>
+    <w:rsid w:val="00F343EC"/>
     <w:rsid w:val="00F35210"/>
+    <w:rsid w:val="00F36B82"/>
+    <w:rsid w:val="00F3776B"/>
     <w:rsid w:val="00F37EAC"/>
     <w:rsid w:val="00F41696"/>
+    <w:rsid w:val="00F46406"/>
+    <w:rsid w:val="00F5019B"/>
+    <w:rsid w:val="00F50417"/>
+    <w:rsid w:val="00F50A86"/>
+    <w:rsid w:val="00F52C2D"/>
+    <w:rsid w:val="00F55FBA"/>
+    <w:rsid w:val="00F56537"/>
+    <w:rsid w:val="00F5654E"/>
+    <w:rsid w:val="00F575A9"/>
+    <w:rsid w:val="00F57AB4"/>
+    <w:rsid w:val="00F57CB8"/>
+    <w:rsid w:val="00F62848"/>
+    <w:rsid w:val="00F67906"/>
+    <w:rsid w:val="00F72F12"/>
     <w:rsid w:val="00F75C3C"/>
+    <w:rsid w:val="00F761D7"/>
+    <w:rsid w:val="00F76A87"/>
+    <w:rsid w:val="00F80009"/>
+    <w:rsid w:val="00F829BD"/>
+    <w:rsid w:val="00F87C8B"/>
+    <w:rsid w:val="00F943B0"/>
+    <w:rsid w:val="00F97217"/>
     <w:rsid w:val="00F97746"/>
     <w:rsid w:val="00FA284C"/>
+    <w:rsid w:val="00FA357B"/>
+    <w:rsid w:val="00FA39A9"/>
     <w:rsid w:val="00FB1382"/>
+    <w:rsid w:val="00FB2FD3"/>
     <w:rsid w:val="00FC06BA"/>
     <w:rsid w:val="00FC4D78"/>
+    <w:rsid w:val="00FC7B99"/>
+    <w:rsid w:val="00FD0006"/>
+    <w:rsid w:val="00FD15A3"/>
+    <w:rsid w:val="00FD24AD"/>
+    <w:rsid w:val="00FD2A4E"/>
+    <w:rsid w:val="00FD448A"/>
     <w:rsid w:val="00FD6657"/>
+    <w:rsid w:val="00FD6AF7"/>
+    <w:rsid w:val="00FD7CD9"/>
     <w:rsid w:val="00FE2DCB"/>
+    <w:rsid w:val="00FE3768"/>
+    <w:rsid w:val="00FE5FB4"/>
+    <w:rsid w:val="00FE67AF"/>
+    <w:rsid w:val="00FF09E6"/>
+    <w:rsid w:val="00FF2A63"/>
+    <w:rsid w:val="00FF3B6F"/>
+    <w:rsid w:val="00FF49CF"/>
+    <w:rsid w:val="00FF5168"/>
+    <w:rsid w:val="00FF54AF"/>
     <w:rsid w:val="00FF656C"/>
+    <w:rsid w:val="00FF7445"/>
     <w:rsid w:val="00FF7EBC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="22FF9E6F"/>
+  <w14:docId w14:val="55BD5314"/>
+  <w15:docId w15:val="{F4E5B85B-9086-4A7B-866B-2949AAE36B19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="2"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="footer" w:locked="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7091,75 +10338,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -7194,55 +10441,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="21" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="1" w:uiPriority="31" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="1" w:uiPriority="32" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -7314,734 +10561,1004 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007A2B3F"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002E7C12"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00934A1B"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:aliases w:val="Heading 2 (Flush Left,Bold,Title Case Heading (TNR 12)"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00934A1B"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepNext/>
+      <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
       <w:b/>
       <w:iCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="000E1143"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepNext/>
+      <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED6A78"/>
+    <w:uiPriority w:val="2"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:firstLine="360"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED6A78"/>
+    <w:uiPriority w:val="2"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="280" w:lineRule="exact"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED6A78"/>
+    <w:uiPriority w:val="2"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="360" w:lineRule="exact"/>
       <w:ind w:left="144"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED6A78"/>
+    <w:uiPriority w:val="2"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED6A78"/>
+    <w:uiPriority w:val="2"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00934A1B"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
-    <w:aliases w:val="Heading 2 (Flush Left Char,Bold Char,Title Case Heading (TNR 12) Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00934A1B"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
       <w:b/>
       <w:iCs/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000E1143"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F7949"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="002E7C12"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F7949"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="002E7C12"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:i/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:link w:val="Heading6"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F7949"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="002E7C12"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:link w:val="Heading7"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F7949"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="002E7C12"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:link w:val="Heading8"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F7949"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="002E7C12"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00ED6A78"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006F7949"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
-      <w:sz w:val="0"/>
-      <w:szCs w:val="0"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00ED6A78"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ReturnAddress">
+    <w:name w:val="Return Address"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00ED6A78"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:keepLines/>
+      <w:ind w:right="4320"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00ED6A78"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:rsid w:val="00B86E6F"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00B86E6F"/>
+    <w:rsid w:val="002E7C12"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B86E6F"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00B86E6F"/>
-[...53 lines deleted...]
-    <w:rsid w:val="002712EE"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="4"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00CC7855"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
+      <w:ind w:left="1080" w:right="-540"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
-      <w:caps/>
-      <w:szCs w:val="24"/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
-    <w:rsid w:val="00CC7855"/>
+    <w:uiPriority w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002E7C12"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
-      <w:caps/>
-      <w:szCs w:val="24"/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003A449C"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00010D88"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:color w:val="1A2F41"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00010D88"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
     </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00010D88"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00010D88"/>
+    <w:rsid w:val="00457A0F"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="citation1">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
-    <w:qFormat/>
+    <w:unhideWhenUsed/>
     <w:locked/>
-    <w:rsid w:val="00E06C01"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00934A1B"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00934A1B"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00934A1B"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00457A0F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00934A1B"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
-    <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00934A1B"/>
+    <w:rsid w:val="00457A0F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00210E95"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Subtitle"/>
+    <w:link w:val="CaptionChar"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00457A0F"/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="4"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00457A0F"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:right="-450"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="002E7C12"/>
+    <w:rPr>
+      <w:noProof/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E8482E"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00457A0F"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableofContentsHeader">
+    <w:name w:val="Table of Contents Header"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:link w:val="TableofContentsHeaderChar"/>
+    <w:uiPriority w:val="4"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EE2C46"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TableofContentsHeaderChar">
+    <w:name w:val="Table of Contents Header Char"/>
+    <w:link w:val="TableofContentsHeader"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="00EE2C46"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subtitle2">
+    <w:name w:val="Subtitle 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Subtitle2Char"/>
+    <w:uiPriority w:val="4"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:right="-450"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:noProof/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Subtitle2Char">
+    <w:name w:val="Subtitle 2 Char"/>
+    <w:link w:val="Subtitle2"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="002E7C12"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:noProof/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Warning">
+    <w:name w:val="Warning"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="WarningChar"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8482E"/>
+    <w:rsid w:val="00457A0F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="8" w:space="6" w:color="auto"/>
+        <w:left w:val="single" w:sz="8" w:space="4" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="8" w:space="6" w:color="auto"/>
+        <w:right w:val="single" w:sz="8" w:space="4" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFCCCC"/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WarningChar">
+    <w:name w:val="Warning Char"/>
+    <w:link w:val="Warning"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFCCCC"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Note">
+    <w:name w:val="Note"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NoteChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00457A0F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="8" w:space="6" w:color="auto"/>
+        <w:left w:val="single" w:sz="8" w:space="4" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="8" w:space="6" w:color="auto"/>
+        <w:right w:val="single" w:sz="8" w:space="4" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="BFE1FF"/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteChar">
+    <w:name w:val="Note Char"/>
+    <w:link w:val="Note"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="BFE1FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tip">
+    <w:name w:val="Tip"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TipChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00457A0F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="8" w:space="6" w:color="auto"/>
+        <w:left w:val="single" w:sz="8" w:space="4" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="8" w:space="6" w:color="auto"/>
+        <w:right w:val="single" w:sz="8" w:space="4" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TipChar">
+    <w:name w:val="Tip Char"/>
+    <w:link w:val="Tip"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCFFCC"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Example">
+    <w:name w:val="Example"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ExampleChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00457A0F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="8" w:space="6" w:color="FFFFFF"/>
+        <w:left w:val="single" w:sz="8" w:space="4" w:color="FFFFFF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="6" w:color="FFFFFF"/>
+        <w:right w:val="single" w:sz="8" w:space="4" w:color="FFFFFF"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E3E7ED"/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ExampleChar">
+    <w:name w:val="Example Char"/>
+    <w:link w:val="Example"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E3E7ED"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CaptionTitle">
+    <w:name w:val="Caption Title"/>
+    <w:basedOn w:val="Caption"/>
+    <w:link w:val="CaptionTitleChar"/>
+    <w:uiPriority w:val="2"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CaptionTitleChar">
+    <w:name w:val="Caption Title Char"/>
+    <w:link w:val="CaptionTitle"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="002E7C12"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00457A0F"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
+    <w:name w:val="Caption Char"/>
+    <w:link w:val="Caption"/>
+    <w:uiPriority w:val="35"/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00457A0F"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Code">
+    <w:name w:val="Code"/>
+    <w:link w:val="CodeChar"/>
+    <w:rsid w:val="00387E9F"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CodeChar">
+    <w:name w:val="Code Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Code"/>
+    <w:rsid w:val="00387E9F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1877230456">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2017339351">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="375"/>
@@ -8068,252 +11585,259 @@
                   <w:marLeft w:val="375"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="375"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innovativecourseapp@ed.sc.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innovativecourseapp@ed.sc.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ed.sc.gov/instruction/standards-learning/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OCR.DC@ed.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ed.sc.gov/instruction/standards-learning/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innovativecourseapp@ed.sc.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innovativecourseapp@ed.sc.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sammons\Downloads\SCDE%20Operating%20Manual%20Template%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1451BB70C29D48E9B7EEA6E1774F3A6A"/>
+        <w:name w:val="8EA0DB722D2746089686740056A9A8D5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C024C1B5-0059-4EEC-A148-34A069DA0135}"/>
+        <w:guid w:val="{F6F6FE77-8F87-4643-B25E-7760165A2520}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00856CA4" w:rsidRDefault="00436D91">
+        <w:p w:rsidR="006A43F2" w:rsidRDefault="009A27C0" w:rsidP="009A27C0">
           <w:pPr>
-            <w:pStyle w:val="1451BB70C29D48E9B7EEA6E1774F3A6A"/>
+            <w:pStyle w:val="8EA0DB722D2746089686740056A9A8D5"/>
           </w:pPr>
           <w:r w:rsidRPr="00A1393F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005B1912"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00EA339B"/>
+    <w:rsidRoot w:val="009A27C0"/>
+    <w:rsid w:val="0012194F"/>
+    <w:rsid w:val="005E6D80"/>
+    <w:rsid w:val="006A43F2"/>
+    <w:rsid w:val="00995F9D"/>
+    <w:rsid w:val="009A27C0"/>
+    <w:rsid w:val="00AB06D7"/>
+    <w:rsid w:val="00D703EC"/>
+    <w:rsid w:val="00E04262"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8687,100 +12211,102 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:rsid w:val="009A27C0"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1451BB70C29D48E9B7EEA6E1774F3A6A">
-    <w:name w:val="1451BB70C29D48E9B7EEA6E1774F3A6A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EA0DB722D2746089686740056A9A8D5">
+    <w:name w:val="8EA0DB722D2746089686740056A9A8D5"/>
+    <w:rsid w:val="009A27C0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="SCDE Brand Colors">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="2F3D4C"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="F0F8FF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="234058"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="F1BA55"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="43718B"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFEDCC"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="778BA5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="F0F8FF"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
@@ -8993,82 +12519,480 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100288DBD6602BF154AB00A056BD7F391A7" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c23afedb5bb6b66b82588ed0b3561588">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e5c9216f-aee1-4408-84fb-dc673a1143cb" xmlns:ns3="1f71e5bf-319b-433d-a3d3-409fbaf11891" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4946265ea2e78d7c42e53551ed5e9ab4" ns2:_="" ns3:_="">
+    <xsd:import namespace="e5c9216f-aee1-4408-84fb-dc673a1143cb"/>
+    <xsd:import namespace="1f71e5bf-319b-433d-a3d3-409fbaf11891"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:Contacts" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:l7557bf5d3464c64b5251d0a3ff5ed7b" minOccurs="0"/>
+                <xsd:element ref="ns2:ja2861ca84ba492895fedcd6a52430fd" minOccurs="0"/>
+                <xsd:element ref="ns2:Description2" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e5c9216f-aee1-4408-84fb-dc673a1143cb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Contacts" ma:index="3" nillable="true" ma:displayName="Contacts" ma:description="Main project owners and developers. " ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="Contacts" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:internalName="SharedWithUsers" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0e4daac4-fd0c-4c4b-a426-489ddec535ad" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:hidden="true" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="l7557bf5d3464c64b5251d0a3ff5ed7b" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="l7557bf5d3464c64b5251d0a3ff5ed7b" ma:taxonomyFieldName="Tag" ma:displayName="Program" ma:readOnly="false" ma:default="" ma:fieldId="{57557bf5-d346-4c64-b525-1d0a3ff5ed7b}" ma:sspId="0e4daac4-fd0c-4c4b-a426-489ddec535ad" ma:termSetId="4268e405-f7cf-4b95-a823-d9abf653f6d1" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="ja2861ca84ba492895fedcd6a52430fd" ma:index="25" nillable="true" ma:taxonomy="true" ma:internalName="ja2861ca84ba492895fedcd6a52430fd" ma:taxonomyFieldName="Tags" ma:displayName="Tags" ma:readOnly="false" ma:default="" ma:fieldId="{3a2861ca-84ba-4928-95fe-dcd6a52430fd}" ma:taxonomyMulti="true" ma:sspId="0e4daac4-fd0c-4c4b-a426-489ddec535ad" ma:termSetId="4268e405-f7cf-4b95-a823-d9abf653f6d1" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Description2" ma:index="27" nillable="true" ma:displayName="Description" ma:format="Dropdown" ma:internalName="Description2">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1f71e5bf-319b-433d-a3d3-409fbaf11891" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{089aa3ba-cfae-4fea-b2f5-0d4446970d45}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="1f71e5bf-319b-433d-a3d3-409fbaf11891">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5E8922B-6181-42E5-A342-5F2F260DC788}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1443A248-DA3A-42FF-91CD-A645E190F556}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e5c9216f-aee1-4408-84fb-dc673a1143cb"/>
+    <ds:schemaRef ds:uri="1f71e5bf-319b-433d-a3d3-409fbaf11891"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C6E6258-5F89-4361-BB65-63AD2D68008E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>C:\Users\sammons\Downloads\SCDE Operating Manual Template (1).dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>7524</Characters>
+  <Pages>10</Pages>
+  <Words>1092</Words>
+  <Characters>6983</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>349</Lines>
+  <Paragraphs>126</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Innovative Approaches: Diploma Pathways Course Sequence Application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8827</CharactersWithSpaces>
+  <CharactersWithSpaces>7949</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Diploma Pathways Course Sequence Application</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy/>
+  <dc:title>Innovative Approaches: Diploma Pathways Course Sequence Application</dc:title>
+  <dc:subject/>
+  <dc:creator>South Carolina Department of Education</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100288DBD6602BF154AB00A056BD7F391A7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:lpwstr>1700.00000000000</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_activity">
+    <vt:lpwstr>{"FileActivityType":"6","FileActivityTimeStamp":"2025-02-13T20:28:10.547Z","FileActivityUsersOnPage":[{"DisplayName":"Nguyen, Dean","Id":"dnguyen@ed.sc.gov"}],"FileActivityNavigationId":null}</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_80c9ab3b-3be9-4d87-8245-7c56b3fae5d6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_80c9ab3b-3be9-4d87-8245-7c56b3fae5d6_SetDate">
+    <vt:lpwstr>2025-02-19T18:03:54Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_80c9ab3b-3be9-4d87-8245-7c56b3fae5d6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_80c9ab3b-3be9-4d87-8245-7c56b3fae5d6_Name">
+    <vt:lpwstr>Internal Use Only Label</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_80c9ab3b-3be9-4d87-8245-7c56b3fae5d6_SiteId">
+    <vt:lpwstr>2704e2c5-29f5-4f7e-b91c-bd56f0685995</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_80c9ab3b-3be9-4d87-8245-7c56b3fae5d6_ActionId">
+    <vt:lpwstr>b8453e98-cbbf-403c-808c-ea1ba582af34</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_80c9ab3b-3be9-4d87-8245-7c56b3fae5d6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_80c9ab3b-3be9-4d87-8245-7c56b3fae5d6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Tag">
+    <vt:lpwstr>6;#DEIMS|4e6a450f-96b1-403a-9378-90fa870b2e35</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Tags">
+    <vt:lpwstr>7;#Manual|4b5580d2-de22-4dae-ae30-ca4ca8290803</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="TaxCatchAll">
+    <vt:lpwstr>7;#;#6;#</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="SharedWithUsers">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="l7557bf5d3464c64b5251d0a3ff5ed7b">
+    <vt:lpwstr>DEIMS|4e6a450f-96b1-403a-9378-90fa870b2e35</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="ja2861ca84ba492895fedcd6a52430fd">
+    <vt:lpwstr>Manual|4b5580d2-de22-4dae-ae30-ca4ca8290803</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Contacts">
+    <vt:lpwstr>554;#i:0#.f|membership|dnguyen@ed.sc.gov,#i:0#.f|membership|dnguyen@ed.sc.gov,#dnguyen@ed.sc.gov,#,#Nguyen, Dean,#,#Research &amp; Data Analysis,#Information Systems/Business Analyst II</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Description2">
+    <vt:lpwstr>Comprehensive DEIMS user manual for SCDE employees to retrieve contact information for district and school personnel.</vt:lpwstr>
+  </property>
+</Properties>
+</file>